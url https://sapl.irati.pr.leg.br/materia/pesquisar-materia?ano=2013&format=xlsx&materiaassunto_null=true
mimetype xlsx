--- v0 (2025-12-10)
+++ v1 (2026-03-26)
@@ -51,1864 +51,1864 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CARNAVAL EM IRATI 2013, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASI - ASSOCIAÇÃO SANTOS INOCENTES._x000D_
 </t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INSTITUI PISO SALARIAL MÍNIMO AOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS._x000D_
 </t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A REMISSÃO DE CRÉDITOS TRIBUTÁRIOS RELATIVOS AO IPTU, ISSQN E TAXA DE LICENÇA LANÇADOS ATÉ31 DE DEZEMBRO DE 2008, CUJOS VALORES ORIGINÁRIOS SEJAM IGUAIS OU INFERIORES A R$ 55,00 (CINQÜENTA E CINCO REAIS), E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO PROVOPAR MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.626.623,59 (DOIS MILHÕES, SEISCENTOS E VINTE E SEIS MIL SEISCENTOS E VINTE E TRÊS REAIS E CINQUENTA E NOVE CENTAVOS) ._x000D_
 </t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ L1.5L1.846,67 (ONZE MILHOES E QUINHENTOS E ONZE MIL E OITOCENTOS E QUARENTA E SEIS REAIS E SESSENTA E SETE CENTAVOS) ._x000D_
 </t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARTICIPAR DO CONSÓRCIO INTERMUNICIPAL PARA CONSERVAÇÃO E READEQUAÇÃO DAS ESTRADAS RURAIS, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ 306.250,00  (TREZENTOS E SEIS MIL, DUZENTOS E CINQUENTA REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A AUMENTAR A SUBVENÇÃO DO PROVOPAR MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASI - ASSOCIAÇÃO SANTOS INOCENTES, NO VALOR DE ATÉ R$ 42.100,00 (QUARENTA E DOIS MIL E CEM REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ R$ 80.000,00 (OITENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 71.800,00 (SETENTA E UM MIL E OITOCENTOS REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A INSTITUIÇÃO DA OUVIDORIA MUNICIPAL DO SUS, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À APAE._x000D_
 </t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO ASILO SANTA RITA._x000D_
 </t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA AQUICULTURA FAMILIAR, BEM COMO UTILIZAR RECURSOS NA PROMOÇÃO DE AÇÕES DE APOIO E INCENTIVO À_x000D_
 ATIVIDADE, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 16.086,67 (DEZESSEIS MIL E OITENTA E SEIS REAIS E SESSENTA E SETE CENTAVOS)._x000D_
 </t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INSTITUI PISO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO_x000D_
 PÚBLICO DA EDUCAÇÃO BÁSICA._x000D_
 </t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO S.O.S AMIGO BICHO, NO VALOR DE ATÉ R$ 32.000,00 (TRINTA E DOIS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO IRATIENSE DE FUTEBOL DE SALÃO - ASSIFUSA, NO VALOR DE ATÉ R$ 70.000,00 (SETENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO CORAJEM - COMISSÃO ORGANIZADORA DA ADOLESCÊNCIA E JUVENTUDE ECUMÊNICA MISSIONÁRIA, NO VALOR DE ATÉ R$ 3.231,00 (TRÊS MIL E DUZENTOS E TRINTA E UM REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO INSTITUTO EQUIPE DE EDUCADORES POPULARES, NO VALOR DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.864,97 (DOIS MIL, OITOCENTOS E SESSENTA E QUATRO REAIS E NOVENTA E SETE CENTAVOS)._x000D_
 </t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 258,70 (DUZENTOS E CINQUENTA E OITO REAIS E SETENTA CENTAVOS)._x000D_
 </t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREAS DE TERRENO CORRESPONDENTE A 286,11 M2, 185,90 M2 E 58,03 M2, PERTENCENTE AO SENHOR ANGELO ANTONIO BERALDO, PARA ABERTURA DE RUA._x000D_
 </t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 41.615,55 (QUARENTA E UM MIL, SEISCENTOS E QUINZE REAIS E CINQUENTA E CINCO CENTAVOS)._x000D_
 </t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 12.660,00 (DOZE MIL E SEISCENTOS E SESSENTA REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ANAPCI - ASSOCIAÇÃO DO NÚCLEO DE APOIO AO PORTADOR DE CÂNCER DE IRATI, NO VALOR DE ATÉ R$ 3.231,00 (TRÊS MIL E DUZENTOS E TRINTA E UM REAIS).</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À IEJM - INSTITUIÇÃO ESPÍRITA JESUS E MARIA, NO VALOR DE ATÉ R$ 3.231,00 (TRÊS MIL E DUZENTOS E TRINTA E UM REAIS).</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IRATI, NO VALOR DE ATÉ R$ 3.231,00 (TRÊS MIL E DUZENTOS E TRINTA E UM REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 35.025,39 (TRINTA E CINCO MIL, VINTE E CINCO REAIS E TRINTA E NOVE CENTAVOS) ._x000D_
 </t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA R$ IMPORTÂNCIA ATÉ 340.500,00 DE (TREZENTOS E QUARENTA MIL E QUINHENTOS REAIS),</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CONSÓRCIO INTERGESTORES PARANÁ SAÚDE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 118.000,00 (CENTO E DEZOITO MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDO JUDICIAL NOS AUTOS N O362/1997 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDO JUDICIAL NOS AUTOS NO 362/1997 COM OS SERVIDORES DO GRUPO OCUPACIONAL OPERACIONAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDO JUDICIAL NOS AUTOS NO362/1997 COM OS PROFESSORES DE ENSINO FUNDAMENTAL - 20 HORAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDO JUDICIAL NOS AUTOS N O362/1997 COM OS PROFESSORES DE EDUCAÇÃO INFANTIL, COM JORNADA DE TRABALHO DE 40 HORAS SEMANAIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS E CONCEDER ISENÇÕES FISCAIS RELATIVAS À CONSTRUÇÃO DE UNIDADES HABITACIONAIS VINCULADAS A PROGRAMAS HABITACIONAIS DE INTERESSE SOCIAL._x000D_
 </t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A RESPONSABILIDADE POR VALORES REFERENTES ÀS MULTAS DE TRÂNSITO DECORRENTES DE INFRAÇÕES COMETIDAS POR SERVIDOR PÚBLICO NA CONDUÇÃO DE VEÍCULO OFICIAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> REGULAMENTA AS FUNÇÕES GRATIFICADAS, PREVISTAS NO ARTIGO 128,1 DA LEI MUNICIPAL N° 1045/91 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.500.000,00 (UM MILHÃO E QUINHENTOS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1189/1189_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1189/1189_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 220.000,00 (DUZENTOS E VINTE MIL REAIS).</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO À CAIXA ECONÔMICA FEDERAL, OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 4.100.00,00 (QUATRO MILHÕES E CEM MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 574.000,00 (QUINHENTOS E SETENTA E QUATRO MIL REAIS)._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.750.000,00 (UM MILHÃO, SETECENTOS E CINQUENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO "1° IRA ROCK - FESTIVAL IRATIENSE DE ROCK", E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 500.000,00 (QUINHENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 15.944.900,00 (QUINZE MILHÕES, NOVECENTOS E QUARENTA E QUATRO MIL E NOVECENTOS REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1172/1172_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1172/1172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONCESSÃO DE DIÁRIAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 8.000,00 (OITO MIL REAIS).</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO  ADICIONAL ESPECIAL PARA PAGAMENTO DE DESPESAS DE EXERCÍCIOS ANTERIORES._x000D_
 </t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONVÊNIO E TOMAR PARTE NO CIS - CONSÓRCIO INTERMUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 100.000,00 (CEM MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1217/1217_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1217/1217_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE IRATI A CONCEDER CONTRIBUIÇÃO AO CENTRO DE ATENÇÃO PSICOSSOCIAL, MANTIDO PELO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO DA AMCESPAR.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 2.108.000,00 (DOIS MILHÕES E CENTO E OITO MIL REAIS)._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA_x000D_
 IMPORTÂNCIA DE ATÉ R$ 50.000,00 (CINQUENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA_x000D_
 IMPORTÂNCIA DE ATÉ R$ 120.000,00 (CENTO E VINTE MIL REAIS).</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 51.000,00 (CINQUENTA E UM MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> ALTERA O ART. 111 DA LEI 2163/2004, QUE TRATA DO CÓDIGO DE OBRAS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 210.000,00 (DUZENTOS E DEZ MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 40.000,00 (QUARENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.100.000,00 (UM MILHÃO E CEM MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LTERA O ART. 2° DA LEI 3679 DE 18 DE JUNHO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CONSELHO DE ACOMPANHAMENTO E CONTROLE SOCIAL DO PROGRAMA DE GARANTIA DE RENDA MÍNIMA DO BOLSA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INSTITUI O PROGRAMA IRATIENSE DE DESENVOLVIMENTO ECONÔMICO (PROGR[DE), E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA '. IMPORTÂNCIA DE ATÉ R$ 94.000,00 (NOVENTA E QUATRO MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 120.000,00 (CENTO E VINTE MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1315/1315_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1315/1315_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IRATI, PARA O EXERCÍCIO FINANCEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1377/1377_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1377/1377_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2014/2017.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1378/1378_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1378/1378_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALETERA A LEI DE DIRETRIZES ORÇAMENTARIA PARA O EXERCÍCIO FINANCEIRO DE 2014 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL NO 2176/2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 6.664,00 M2, PERTENCENTE AO SENHOR PAULO GIL E SUA ESPOSA LUCÉLIA MAIOR GIL, PARA ABERTURA DE RUA._x000D_
 </t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1243/1243_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1243/1243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O MUNICÍPIO DE IRATI A FIRMAR CONVÊNIO COM A SECRETARIA MUNICIPAL DE CIDADANIA E SEGURANÇA PÚBLICA DA CIDADE DE PONTA GROSSA - PR._x000D_
 </t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 4° DA LEI MUNICIPAL N O2732 DE 12 DE MARÇO DE 2008 E ART. 5° DA LEI MUNICIPAL N O3102 DE 14 DE SETEMBRO DE 2010._x000D_
 </t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1265/1265_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1265/1265_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A LOCAÇÃO DE IMÓVEIS PELA ADMINISTRAÇÃO PÚBLICA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1266/1266_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1266/1266_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA NO 03 DO LOTEAMENTO PABIS DE_x000D_
 RUA NATALINA TONIAL BOFF._x000D_
 </t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1302/1302_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1302/1302_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 300.000,00 (TREZENTOS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 34.800,00 (TRINTA E QUATRO MIL E OITOCENTOS REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1306/1306_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1306/1306_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 76.000,00 (SETENTA E SEIS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 34.800,00 (TRINTA E QUATRO MIL E OITOCENTOS REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1305/1305_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1305/1305_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 26.600,00 (VINTE E SEIS MIL E SEISCENTOS REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1304/1304_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1304/1304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 10.000,00 (DEZ MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1303/1303_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1303/1303_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 3.883,09 (TRÊS MIL, OITOCENTOS E OITENTA E TRÊS REAIS E NOVE CENTAVOS)._x000D_
 </t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1309/1309_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1309/1309_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA E PODER EXECUTIVO. MUNICIPAL A FIRMAR CONVÊNIO CEM A ASSOCIAÇÃO DOS FRUTICULTORES DA REGIÃO DE IRATI - ASFRUTLR, PARA REALIZAÇÃO DA 35A FESTA DE PÊSSEGO., 23A FESTA DE BERREGE NO. RELETE, 12A FEIRA DE SABERES E 12A SALÃO. DE NEGÓCIES,_x000D_
 </t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1244/1244_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1244/1244_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO &amp;#8220;III IRATI EM IMAGENS&amp;#8221; E O &amp;#8220;II CONCURSO FOTOGRÁFICO&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1308/1308_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1308/1308_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A TRANSFORMAR EM ESPAÇO CULTURAL E TURÍSTICO A TRAVESSA FREI JAIME, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1229/1229_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1229/1229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 10.000,00 (DEZ MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1225/1225_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1225/1225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 500.000,00 (QUINHENTOS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.250.000,00 (UM MILHÃO E DUZENTOS E CINQUENTA MH REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1245/1245_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1245/1245_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 4.800,00 (QUATRO MIL E OITOCENTOS REAIS).</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1307/1307_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1307/1307_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA E COMPLEMENTA A LEI N° 3704/2013, QUE DISPÕE SOBRE CONCESSÃO DE DIÁRIAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1312/1312_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1312/1312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O REGIME ESPECIAL DE TRABALHO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE IRATI - PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1311/1311_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1311/1311_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR LICITAÇÃO PARA TRANSPORTE DO DISTRITO DE ITAPARÁ ATÉ O MUNICÍPIO DE INÁCIO MARTINS, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1310/1310_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1310/1310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE BENEFÍCIOS EVENTUAIS NO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, DE CONFORMIDADE COM A LEI FEDERAL NO 8.742, DE 07 DE DEZEMBRO DE 1993 E ALTERAÇÕES CONSTANTES NA LEI FEDERAL N 12.435 DE 06 DE JULHO DE 2011._x000D_
 </t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1313/1313_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1313/1313_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> ALTERA O ART. 31 DA LEI 1156/92, ALTERADO PELA LEI NO1990/2003 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1298/1298_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1298/1298_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 588.000,00 (QUINHENTOS E OITENTA E OITO MIL REAIS)_x000D_
 </t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1316/1316_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1316/1316_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.000,00 (DOIS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 100,000,00 (CEM MIL REAIS). </t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1300/1300_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1300/1300_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 7.100,00 (SETE MIL E CEM REAIS)_x000D_
 </t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1301/1301_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ANEXO DA LEI 1.978/2003 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1295/1295_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1295/1295_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 128.000,00 (CENTO E VINTE E OITO MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1296/1296_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1296/1296_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL 2176/2004 QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA DO MUNICÍPIO DE IRATI - PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1297/1297_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1297/1297_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O COMITÊ MUNICIPAL DO TRANSPORTE ESCOLAR DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1288/1288_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1288/1288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA DE TERRA PARA A UNIVERSIDADE ESTADUAL DO CENTRO-OESTE - UNICENTRO, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1318/1318_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1318/1318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 51.000,00 (CINQUENTA E UM MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1290/1290_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1290/1290_texto_integral.pdf</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1291/1291_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1291/1291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À APAE. </t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1292/1292_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1292/1292_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO ASILO SANTA RITA.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1287/1287_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1287/1287_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO PROVOPAR MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1289/1289_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1289/1289_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 51.000,00 (CINQUENTA E UM MIL REAIS).</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1314/1314_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1314/1314_texto_integral.pdf</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À IRMANDADE DO HOSPITAL DE CARIDADE DE IRATI, NO VALOR DE ATÉ R$ 280.000,00 (DUZENTOS E OITENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MUDANÇA DE DENOMINAÇÃO DA ESCOLA RURAL MUNICIPAL DE PINHO DE BAIXO PARA ESCOLA RURAL MUNICIPAL ROSA ZARPELON.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>RAFAEL FELIPE LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A OBRIGATORIEDADE DAS CONCESSIONÁRIAS DE AUTOMÓVEIS DOAREM MUDAS DE ÁRVORES PARA MITIGAÇÃO DO EFEITO ESTUFA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>RAFAEL FELIPE LUCAS, AMILTON KOMNITSKI</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A COLETA DE MEDICAMENTOS VENCIDOS OU NÃO UTILIZADOS POR PONTOS DE VENDA DE MEDICAMENTOS INSTALADOS NO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INSTITUI A SEMANA MUNICIPAL DE COMBATE E PREVENÇÃO AO CÂNCER DE MAMA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OUTORGA E A GESTÃO DE CONCESSÃO VISANDO A CONFECÇÃO, INSTALAÇÃO E MANUTENÇÃO DE ABRIGOS DE PARADA DE TRANSPORTE PÚBLICO DE PASSAGEIROS E DE ESPAÇOS INDICATIVOS DE PARADA DE ÔNIBUS, COM EXPLORAÇÃO PUBLICITÁRIA._x000D_
 </t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISCIPLINA O USO DE APARELHOS SONOROS NO INTERIOR DE ÔNIBUS DE TRANSPORTE COLETIVO URBANO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>EMILIANO AUGUSTO ROCHA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO MUNICIPAL A REALIZAÇÃO DE PALESTRA SEMESTRAL EM TODAS AS ESCOLAS DE ENSINO FUNDAMENTAL E ENSINO MÉDIO DAS REDES MUNICIPAL, ESTADUAL E PARTICULAR DE ENSINO, ESCLARECENDO AOS ALUNOS OS PREJUÍZOS OCASIONADOS À SAÚDE DAQUELES QUE FAZEM USO DO FUMO, ÁLCOOL ETÓXICOS EM GERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>VILSON MENON</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1188/1188_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1188/1188_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA RECOMEÇAR A VIVER, DE APOIO AS PESSOAS PORTADORAS DE CÂNCER NO MUNICÍPIO DE IRATI._x000D_
 </t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>EMILIANO AUGUSTO ROCHA GOMES, WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE O RECEBIMENTO E DEPÓSITO DE SOBRAS DE MATERIAIS DE CONSTRUÇÃO PARA DOAÇÃO A PESSOAS CARENTES E ENTIDADES BENEFICENTES OU HABITACIONAIS._x000D_
 </t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>RAFAEL FELIPE LUCAS, HELIO DE MELLO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DA SEMANA DE INCENTIVO À DOAÇÃO DE MEDULA ÓSSEA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> TORNA OBRIGATÓRIA A SINALIZAÇÃO, POR MEIO DE PINTURA RETROREFLEXIVAS, NAS CAÇAMBAS ESTACIONÁRIAS PARA COLETA E REMOÇÃO DE ENTULHO, TERRAS E SOBRAS DE MATERIAIS DE CONSTRUÇÃO, SITUADAS EM LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE IRATI._x000D_
 </t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TORNA OBRIGATÓRIA A AFIXAÇÃO DE CARTAZES CONTENDO A INTEGRA DO ARTIGO 4° DO ESTATUTO DA CRIANÇA E DO ADOLESCENTE, LEI FEDERAL N° 8069/1990, EM HOSPITAIS, CLÍNICAS E POSTOS DE SAÚDE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>RAFAEL FELIPE LUCAS, ANTONIO CELSO DE SOUZA, HELIO DE MELLO, VILSON MENON</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A DIVULGAÇÃO DA RELAÇÃO DOS MEDICAMENTOS COLOCADOS À DISPOSIÇÃO DA POPULAÇÃO PELA REDE MUNICIPAL DA SAÚDE._x000D_
 </t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A INTRODUÇÃO DE TEXTO EXPLICATIVO NOS CARNÊS DE IPTU (IMPOSTO PREDIAL E TERRITORIAL URBANO) SOBRE O DIREITO A ISENÇÃO DESTE IMPOSTO NOS CASOS PREVISTOS EM LEI E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DE PREVIA AVALIAÇÃO E DE AUTORIZAÇÃO LEGISLATIVA PARA OS CONTRATOS DE LOCAÇÃO DE IMÓVEIS PELA ADMINISTRAÇÃO PÚBLICA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INSTITUI OS TÍTULOS EMPRESA AMIGA DA CRIANÇA E BENEMÉRITO AMIGO DA CRIANÇA NO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>HELIO DE MELLO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1228/1228_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1228/1228_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A REALIZAÇÃO DE MELHORIAS NAS ENTRADAS DAS PROPRIEDADES DOS AGRICULTORES DO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1230/1230_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1230/1230_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O INCISO I DO ARTIGO 1O DA LEI N° 1719, 22 DE JUNHO DE 2001._x000D_
 </t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1227/1227_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1227/1227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> FICA DECLARADA A OBRIGATORIEDADE DE PUBLICAÇÃO DA LISTA DE MUNÍCIPES INSCRITOS EM PROGRAMAS MUNICIPAIS DE HABITAÇÃO POR PARTE DA PREFEITURA MUNICIPAL DE IRATI._x000D_
 </t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1226/1226_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1226/1226_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AQUISIÇÃO DE LIVROS POR PARTE DO PODER EXECUTIVO PARA O ABASTECIMENTO DAS BIBLIOTECAS PÚBLICAS MUNICIPAIS QUE DEVERÁ OBSERVAR, OBRIGATORIAMENTE, O MONTANTE DE 5% DE LIVROS EM FORMATOS ACESSÍVEIS, PARA BENEFÍCIO DE PESSOAS COM DEFICIÊNCIA VISUAL._x000D_
 </t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>ALCEU HRECIUK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1294/1294_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1294/1294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR JORGE JOSÉ BURGATH._x000D_
 </t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1246/1246_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1246/1246_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A SEMANA DO IDOSO NO MUNICÍPIO DE IRATI._x000D_
 </t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 12.660,00 (DOZE MIL E SEISCENTOS E SESSENTA REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1286/1286_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1286/1286_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> OBRIGA A EXECUÇÃO DE LIMPEZA E DESINFECÇÃO PERIÓDICA DE CAIXA D'ÁGUA,_x000D_
 </t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1285/1285_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1285/1285_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRIGA OS SUPERMERCADOS DO MUNICLPLO DELRATI A DISPOR DE PASSAGEM ADEQUADA, EM SEUS CAIXAS DE PAGAMENTO, PARA USUÁRIOS DE CADEIRAS DE RODAS.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1293/1293_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1293/1293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A APOSIÇÃO DA ADVERTÊNCIA &amp;#8220;NOSSA CIDADE MERECE RESPEITO! SE BEBER, NÃO DIRIJA&amp;#8221; EM CARDÁPIOS E OUTRAS PEÇAS DE PROPAGANDA DE BARES E SIMILARES NO ÂMBITO DO MUNICÍPIO DE IRATI._x000D_
 </t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1317/1317_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1317/1317_texto_integral.pdf</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1247/1247_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1247/1247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 2.108.000,00 (DOIS MILHÕES E CENTO E OITO MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1299/1299_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> ALTERA O INCISO III DO ARTIGO 42 DA LEI MUNICIPAL N° 2321/2005, QUE TRATA DO CUSTEIO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE IRATI - PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2216,67 +2216,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1299/1299_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2013/1299/1299_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>