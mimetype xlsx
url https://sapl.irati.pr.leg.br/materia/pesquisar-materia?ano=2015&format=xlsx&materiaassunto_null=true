--- v0 (2025-12-09)
+++ v1 (2026-03-22)
@@ -54,1918 +54,1918 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>HELIO DE MELLO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGISTRA E CONCEDE MOÇÃO DE APLAUSOS PARA OS MÚSICOS: ALFREDO PABIS NETO (NETO PABIS), JOÃO LUCAS SCHEMBERK, ALEXANDRE OCONOSKI._x000D_
 </t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RAFAEL FELIPE LUCAS, HELIO DE MELLO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGISTRA E CONCEDE MOÇÃO DE APLAUSOS PARA A SENHORA EMPRESÁRIA NAIR NOVAK SPAK._x000D_
 </t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGISTRA E CONCEDE, MOÇÃO DE APLAUSOS AOS PARTICIPANTES DAS CAVALGADAS REALIZADAS EM HOMENAGEM AO ANIVERSÁRIO DO MUNICÍPIO DE IRATI E AO TROPEIRISMO DA REGIÃO.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ATLETA: HENRIQUE STRASSMANN LASKOSKI E SEU PROFESSOR: LEANDRO BUGAY.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>EMILIANO AUGUSTO ROCHA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS MÚSICOS DA BANDA RÁDIO RADAR:_x000D_
 DANIEL TREVISAN (BATERISTA)_x000D_
 DIEGO GUTIERREZ (GUITARRISTA)_x000D_
 KLEBER MATTOS (BAIXISTA)_x000D_
 VITOR MARTIM (VOCALISTA)</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS AO MÚSICO: PAULO PEZAK_x000D_
 </t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ANTONIO CELSO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS PARA OS ATLETAS:_x000D_
 ALEX MATEUS DOS SANTOS                        _x000D_
 ALYSSON GUILHERME MOA CORDEIRO                _x000D_
 CLEITON STEFANECHEN                           _x000D_
 DAVID VALDINEI DA ROCHA NASCIMENTO            _x000D_
 GABRIEL SIONA                                 _x000D_
 GABRIEL SOARES DA FONSECA                     _x000D_
 GEOVANE HENRIQUE SILVA                        _x000D_
 GUILHERME JOSE CROVADOR                       _x000D_
 HEVERTON STEFANECHEN                          _x000D_
 JUAN CARLOS DO BONFIM                         _x000D_
 LEONARDO FELIPE RIGONI                        _x000D_
 LUCAS VINICIUS VIDAL                          _x000D_
 LUIS MATHEUS LEMOS DE ANDRADE                 _x000D_
 MATHEUS LUIS DE OLIVEIRA                      _x000D_
 MAURICIO NOVAK RAFAEL RODRIGUES ROGAL                        _x000D_
 MICHEL FELIPE PIOLI CAETANO                       _x000D_
 OSMARI JOSE LOPES JUNIOR                      _x000D_
 RONALDO ROBERTO DOTTES                        _x000D_
 SAVIO GABRIEL BATISTA NUNES                   _x000D_
 WAGNER ASSIS DOS SANTOS                       _x000D_
 E, AOS PROFESSORES E EQUIPE TÉCNICA:_x000D_
 CRISTIANO FIORI, HIORANN NICOLLAI CASSOL E JOSÉ LUIS OKONOSKI _x000D_
 </t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS PARA OS ATLETAS:_x000D_
 ALAKIS REI BILE CORDEIRO                       _x000D_
 ALEX ANDRE DINO                                _x000D_
 ALEXANDRE NAARDELLY COSTA GOMES                _x000D_
 CLADEMIR MARQUES DA SILVA                      _x000D_
 DANIEL PEREIRA DA LUZ                          _x000D_
 DIEGO DO PRADO MOREIRA                         _x000D_
 EDUARDO DE ANDRADE E SOUZA                     _x000D_
 JEAN CARLOS RIBEIRO                            _x000D_
 LEANDRO GOMES SENCHECHEM                       _x000D_
 LUAN HENRIQUE PATRZYK                          _x000D_
 MAICON DA SILVA GAIEWSKI                       _x000D_
 MURILO PACHECO                                 _x000D_
 RAFAEL JUNIOR KOGLIN                           _x000D_
 VAGNER JOSE ROCHA                              _x000D_
 E, AOS PROFESSORES E EQUIPE TÉCNICA:_x000D_
 ANDRE DEMCZUK E MARCIO JOSÉ BASTOS_x000D_
 </t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS À EMPRESA: ENGEPRÓCONS PRÉ-FABRICADOS._x000D_
 </t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>HELIO DE MELLO, ANTONIO CELSO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS AO ATLETA:_x000D_
 HÉVERTON GIL_x000D_
 E AOS PROFESSORES:_x000D_
 ÈLITON CÂNDIDO_x000D_
 EMERSON ZALESKI_x000D_
 GERSON DOS SANTOS FREITAS_x000D_
 </t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O SR. PREFEITO MUNICIPAL ODILON ROGÉRIO BURGATH A AUSENTAR-SE DO PAÍS NO PERÍODO DE 06 A 10 DE JULHO DE 2015.</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMISSÃO DE CRÉDITOS TRIBUTÁRIOS RELATIVOS AO IPTU, ISSQN E TAXAS LANÇADOS NO EXERCÍCIO DE 2010, CUJOS VALORES ORIGINÁRIOS SEJAM IGUAIS OU INFERIORES A R$ 220,00 (DUZENTOS E VINTE REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS).</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CARNAVAL EM IRATI 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 360.000,00(TREZENTOS E SESSENTA MIL REAIS).</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 33.977.600,00 (TRINTA E TRÊS MILHÕES, NOVECENTOS E SETENTA E SETE MIL E_x000D_
 SEISCENTOS REAIS).</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 6.000,00 (SEIS MIL REAIS).</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 297.000,00 (DUZENTOS E NOVENTA E SETE MIL REAIS).</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 100,00 (CEM REAIS).</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 90.000,00 (NOVENTA MIL REAIS)</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO ASILO SANTA RITA, NO VALOR DE ATÉ R$ 47.628,00 (QUARENTA E SETE MIL, SEISCENTOS E VINTE E OITO REAIS).</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASI &amp;#8211; ASSOCIAÇÃO SANTOS INOCENTES &amp;#8211; CIDADE DA CRIANÇA, NO VALOR DE ATÉ R$ 110.000,00 (CENTO E DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO SOS AMIGO BICHO, NO VALOR DE ATÉ R$ 37.500,00 (TRINTA E SETE MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 95.000,00 (NOVENTA E CINCO MIL REAIS.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 3.000.000,00 (TRÊS MILHÕES_x000D_
 DE REAIS).</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 38.300,00 (TRINTA E OITO MIL E TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 955.000,00(NOVECENTOS E CINQUENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE IRATI A PROCEDER, MEDIANTE SOLICITAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, DESCONTO EM FOLHA DE PAGAMENTO PARA REPASSE À EMPRESA DE PLANO DE SAÚDE CONTRATADA DE SUA LIVRE ESCOLHA.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR ACORDO JUDICIAL E EXTRAJUDICIAL PARA INDENIZAÇÃO DE DANOS MATERIAIS CAUSADOS PELO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A AUMENTAR SUBVENÇÃO À ASI &amp;#8211; ASSOCIAÇÃO SANTOS INOCENTES &amp;#8211; CIDADE DA CRIANÇA, NO VALOR DE ATÉ R$ 35.000,00 (TRINTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ R$ 25.000,00 (VINTE E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À INSTITUIÇÃO ESPÍRITA JESUS E MARIA, NO VALOR DE ATÉ R$ 2.000,00 (DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO IRATIENSE DE FUTEBOL DE SALÃO - ASSIFUSA, NO VALOR DE ATÉ R$ 75.000,00 (SETENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 397.035,00 (TREZENTOS E NOVENTA E SETE MIL E TRINTA E CINCO REAIS)</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO PROVOPAR MUNICIPAL DE IRATI.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 27.480,00 (VINTE E SETE MIL QUATROCENTOS E OITENTA REAIS).</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 22.000,00 (VINTE DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IRATI, NO VALOR DE ATÉ R$ 40.000,00 (QUARENTA MIL REAIS).</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  CRÉDITO  ADICIONAL SUPLEMENTAR  NA   IMPORTÂNCIA DE ATÉ R$ 49.000,00  (QUARENTA E NOVE MIL REAIS).</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  CRÉDITO  ADICIONAL  ESPECIAL   NA   IMPORTÂNCIA DE ATÉ R$ 102.400,00  (CENTO E DOIS MIL E QUATROCENTOS REAIS)</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA   CRÉDITO   ADICIONAL    ESPECIAL   NA   IMPORTÂNCIA DE  ATÉ  R$  18.900,00 (DEZOITO MIL E NOVECENTOS REAIS).</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 7.200,00 (SETE MIL E DUZENTOS REAIS). </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO À CRIANÇA E AO ADOLESCENTE DO MUNICÍPIO DE IRATI, CONFERÊNCIA MUNICIPAL, CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE CARGO, ALTERA O ANEXO II DA LEI 1978/2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE TESOUREIRO NA TABELA DE VENCIMENTO DA LEI 1.978/2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 45.000,00 (QUARENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE IRATI PARA O EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 120.000,00 (CENTO E VINTE MIL REAIS).</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO DOS GRUPOS DE AGRICULTURA ECOLÓGICA SÃO FRANCISCO DE ASSIS, NO VALOR DE ATÉ R$ 52.200,00.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 79.000,00.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 67.000,00.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 50.000,00.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 7.700,00</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 15.162.000,00</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A GRATIFICAÇÃO DE PRODUTIVIDADE FISCAL - GPF, INSTITUÍDA PELO ART. 40 DA LEI MUNICIPAL 1978 DE 1º DE JULHO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 300.000,00 (TREZENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 65.000,00 (SESSENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE CARGO, ALTERA O ANEXO II DA LEI 1978/2003 E DA LEI 2098/2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A AUMENTAR SUBVENÇÃO À GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ R$ 20.000,00</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 700.000,00.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 162.000,00.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 13.145.000,00 (TREZE MILHÕES, CENTO E QUARENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 5.030,00 M², PERTENCENTE AO SENHOR JOÃO CARLOS SZEREDA E JOÃO CARLOS OPATA, PARA ABERTURA DE RUA.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 150.000,00.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ELEIÇÕES PARA DIRETORES DAS ESCOLAS MUNICIPAIS DE IRATI-PR.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR PARCERIA PARA A 14ª JORNADA DE AGROECOLOGIA.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AOS PARTICIPANTES DO &amp;#8220;I ENCONTRO DE SALÕES DE BELEZA, MANICURE E PEDICURE DE IRATI&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.000,00 (HUM MIL REAIS).</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CONCURSO MUSICAL &amp;#8220;IRA ROCK 2015&amp;#8221; - 3ª EDIÇÃO E ABRIR CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A DATA DA REALIZAÇÃO DO EVENTO CONSTANTE NO ART. 1º DA LEI Nº 3990 DE 10 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O PISO SALARIAL MÍNIMO DOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUZ OS VALORES DAS FUNÇÕES GRATIFICADAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 152.000,00 (CENTO E CINQUENTA E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 51.000,00 (CINQUENTA E UM MIL REAIS)</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL &amp;#8211; REFIS, NO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI 1978/2003 E DA LEI 2098/2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE DIRETOR FINANCEIRO NA TABELA DE VENCIMENTO DA LEI 1978/2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTANCIA DE ATÉ R$ 30,00.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL, A CONFERENCIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDENCIAS.  </t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCESSÃO DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 6.500,00.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 8.000,00.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 330.000,00.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 800.000,00.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 647.000,00.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.400.000,00 (UM MILHÃO E QUATROCENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 5.250,00 (CINCO MIL, DUZENTOS E CINQUENTA REAIS).</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 63.000,00 (SESSENTA E TRÊS MIL REAIS).</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O INCENTIVO VARIÁVEL PMAQ AOS SERVIDORES DAS UNIDADES DE SAÚDE DA REDE MUNICIPAL DE ATENÇÃO BÁSICA À SAÚDE PARTICIPANTES DO PROGRAMA NACIONAL DE MELHORIA DO ACESSO E DA QUALIDADE DA ATENÇÃO BÁSICA - PMAQ, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL POR DESAPROPRIAÇÃO COM A ÁREA DE 8.100M², PERTENCENTE A UNIÃO AGRÍCOLA E RECREATIVA GONÇALVES JÚNIOR PARA CONSTRUÇÃO DE UMA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA EMPREGO PÚBLICO PARA O DESENVOLVIMENTO DAS ATIVIDADES DE &amp;#8220;AGENTE DE COMBATE ÀS ENDEMIAS&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTA NÚMERO DE VAGAS JÁ EXISTENTES DA LEI 2027/2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 13.000.000,00 (TREZE MILHÕES DE REAIS).</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/440/440_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 14 DA LEI MUNICIPAL 2176/2004, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA DO MUNICÍPIO DE IRATI &amp;#8211; PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUTIVO AO PROJETO DE LEI Nº 088/2015_x000D_
 SÚMULA: ALTERA A LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUTIVO AO PROJETO DE LEI Nº 089/2015_x000D_
 SÚMULA: FAZ ADEQUAÇÕES NO PLANO PLURIANUAL, APROVADO PELA LEI Nº 3751/2013, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUTIVO AO PROJETO DE LEI Nº 090/2015_x000D_
 SÚMULA: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/444/444_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º E ART. 3º DA LEI Nº 3822/2014.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/445/445_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 16.000,00 (DEZESSEIS MIL REAIS).</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/446/446_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$_x000D_
 120.000,00 (CENTO E VINTE MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO 5º CONCURSO &amp;#8220;IRATI EM IMAGENS &amp;#8211; FOTOS &amp;#8211; 2015&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR_x000D_
 CRÉDITO	ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ	R$_x000D_
 6.000,00 (SEIS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 2829/2009, A LEI 2176/2004, E ALTERAÇÕES POSTERIORES, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA DO MUNICÍPIO DE IRATI &amp;#8211; PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR_x000D_
 CRÉDITO	ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ	R$_x000D_
 160.000,00 (CENTO E SESSENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DE FORMA LINEAR.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 19.214,72 M², PERTENCENTE A EMPRESA VICKY EMPREENDIMENTOS E PARTICIPAÇÕES LTDA.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR CRÉDITO	ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 8.442.500,00	(OITO MILHÕES QUATROCENTOS E QUARENTA E DOIS MIL QUINHENTOS REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O	EXECUTIVO	MUNICIPAL	A	ABRIR CRÉDITO	ADICIONAL  ESPECIAL NA IMPORTÂNCIA DE ATÉ	R$ 1.345.000,00 (UM MILHÃO TREZENTOS E QUARENTA E CINCO MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR CRÉDITO	ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 190.000,00 (CENTO E NOVENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR CRÉDITO	ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ	R$ 19.000,00 (DEZENOVE MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 19.214,72 M², PERTENCENTE A EMPRESA TAKY EMPREENDIMENTOS E PARTICIPAÇÕES LTDA.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DE FORMA LINEAR. </t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CONCURSO DA &amp;#8220;RAINHA DA FESTA DO PÊSSEGO 2015&amp;#8221; E ABRIR CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 25.500,00.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.000,00.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA EMPREGO PÚBLICO PARA O DESENVOLVIMENTO DAS ATIVIDADES DE &amp;#8220;EDUCADOR SOCIAL&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA EMPREGO PÚBLICO PARA O DESENVOLVIMENTO DAS ATIVIDADES DE &amp;#8220;MÃE SOCIAL&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR_x000D_
 CRÉDITO	ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE_x000D_
 ATÉ R$ 700.000,00 (SETECENTOS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMISSÃO DE CRÉDITOS TRIBUTÁRIOS RELATIVOS AO IPTU, ISSQN E TAXAS LANÇADOS NOS EXERCÍCIOS DE 2011 E 2012, CUJOS VALORES ORIGINÁRIOS SEJAM IGUAIS OU INFERIORES A R$ 300,00 (TREZENTOS REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA &amp;#8220;SELO SOCIAL&amp;#8221;, NO ÂMBITO DO MUNICÍPIO DE IRATI-PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER, EM REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO MUNICIPAL, O REGIME JURÍDICO TRIBUTÁRIO DIFERENCIADO, FAVORECIDO E SIMPLIFICADO CONCEDIDO AO MICROEMPRESÁRIO INDIVIDUAL (MEI) ÀS MICROEMPRESAS E ÀS EMPRESAS DE PEQUENO PORTE, NA CONFORMIDADE DAS NORMAS GERAIS PREVISTAS NO ESTATUTO NACIONAL DA MICROEMPRESA E DA EMPRESA DE PEQUENO PORTE INSTITUÍDO PELA LEI COMPLEMENTAR (FEDERAL) Nº 123, DE 14 DE DEZEMBRO DE 2006 E SUAS ATUALIZAÇÕES E PELA LEI N° 128, DE 19 DE DEZEMBRO DE 2008.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA &amp;#8220;ALUGUEL SOCIAL&amp;#8221; NO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>AILTON LAROCA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA Nº 07 DO LOTEAMENTO SÃO FRANCISCO I, DE RUA JUSTINA STANCZYK DE CASTRO. _x000D_
 </t>
   </si>
   <si>
     <t>RAFAEL FELIPE LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A &amp;#8220;CAMPANHA PERMANENTE DE INFORMAÇÃO, PREVENÇÃO E COMBATE À DEPRESSÃO&amp;#8221; NO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A ASSOCIAÇÃO CORAL IRATIENSE - ACI.</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INAUGURAÇÃO DE OBRAS PÚBLICAS INCOMPLETAS OU QUE NÃO ATENDAM AO FIM QUE SE DESTINAM, NO ÂMBITO DO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTITUIÇÃO DE CAMPANHA EDUCATIVA PARA CONSCIENTIZAÇÃO DA POPULAÇÃO SOBRE O TEMA &amp;#8220;MAIO AMARELO&amp;#8221; PARA EVITAR E BAIXAR OS ALTOS ÍNDICES DE MORTES E ACIDENTES NO TRÂNSITO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCENTIVOS À VIABILIZAÇÃO E O DESENVOLVIMENTO DE PROGRAMAS QUE VISEM O CONTROLE REPRODUTIVO DE CÃES E GATOS E À PROMOÇÃO DE MEDIDAS PROTETIVAS E DE CAMPANHAS EDUCACIONAIS PARA A CONSCIENTIZAÇÃO PÚBLICA DA RELEVÂNCIA DE TAIS ATIVIDADES.</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE EXISTÊNCIA DE UMA CADEIRA DE RODAS EM CADA AGÊNCIA BANCÁRIA DO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A &amp;#8220;SEMANA MUNICIPAL DE INCENTIVO AO USO RACIONAL E SUSTENTÁVEL DA ÁGUA&amp;#8221;, NO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DOS HOSPITAIS PÚBLICOS E PRIVADOS E INSTITUIÇÕES CONGÊNERES A NOTIFICAREM OCORRÊNCIAS DE USO DE BEBIDA ALCOÓLICA E/OU ENTORPECENTES POR CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DO CRONOGRAMA DE OBRAS NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;E&amp;#8221; DO LOTEAMENTO SÃO JOSÉ, NO BAIRRO RIO BONITO, DE RUA JOSÉ KRICHAK.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>ALCEU HRECIUK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A ASSOCIAÇÃO DE DESENVOLVIMENTO ECONÔMICO REGIONAL ECOLÓGICO - ADERE.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;E&amp;#8221;, NO ALTO DA GLÓRIA, DE RUA BOYOMIR SÉKULA._x000D_
 </t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;D&amp;#8221;, NO ALTO DA GLÓRIA, DE RUA EUGÊNIO DE OLIVEIRA BORGES.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE 10% DAS PROPAGANDAS TRASEIRAS EXTERNAS DOS ÔNIBUS, SEREM DE MENSAGENS ANTIDROGAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE IRATI, O PROGRAMA DE PREVENÇÃO E TRATAMENTO DO HPV (PAPILOMA VÍRUS HUMANO) E DO CÂNCER DO COLO DO ÚTERO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MUDANÇA DE DENOMINAÇÃO DA ESCOLA RURAL MUNICIPAL DE PIRAPÓ PARA ESCOLA RURAL MUNICIPAL ATALINO BORGES DE LIMA.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>VILSON MENON, ALCEU HRECIUK, AMILTON KOMNITSKI, ANTONIO CELSO DE SOUZA, EMILIANO AUGUSTO ROCHA GOMES, HELIO DE MELLO, NATO KFFURI, NEI CABRAL, RAFAEL FELIPE LUCAS, WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR O OBSERVATÓRIO SOCIAL DE IRATI.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR BENEDITO ELIAS TEIXEIRA.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI DIRETRIZES PARA A POLÍTICA MUNICIPAL DE PREVENÇÃO ÀS DOENÇAS OCUPACIONAIS DO EDUCADOR DA REDE PÚBLICA DE ENSINO.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROÍBE O USO DO NARGUILE EM LOCAL PÚBLICO NO MUNICÍPIO DE IRATI, BEM COMO A COMERCIALIZAÇÃO AOS MENORES DE 18 ANOS DE IDADE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>EMILIANO AUGUSTO ROCHA GOMES, ANTONIO CELSO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO E PREVENÇÃO CONTRA DESASTRES NATURAIS E OCUPAÇÃO URBANA, NO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO ANIMAL DO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>NEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DA CAMPANHA EDUCATIVA DE CONSCIENTIZAÇÃO DENOMINADA "ÁLCOOL TAMBÉM É DROGA E MATA&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;F&amp;#8221;, NO ALTO DA GLÓRIA, DE RUA SEBASTIÃO ROSSA. </t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>VILSON MENON, ALCEU HRECIUK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR IRACINY CAPELINI. </t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>VILSON MENON</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA AS RUAS &amp;#8220;G&amp;#8221; E &amp;#8220;I&amp;#8221;, NO ALTO DA GLÓRIA, DE RUA ANTONIO KLOSSOWSKI FILHO. </t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;H&amp;#8221;, NO ALTO DA GLÓRIA, DE RUA JOÃO DE DEUS ALVES DE SOUZA. </t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;D&amp;#8221;, NO BAIRRO LAGOA, DE RUA RITA MARIA DE JESUS. </t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;E&amp;#8221;, NO BAIRRO LAGOA, DE RUA PONCIANO ANTÔNIO RIBAS. </t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>VILSON MENON, AMILTON KOMNITSKI, ANTONIO CELSO DE SOUZA, NEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR DA CÂMARA MUNICIPAL DE IRATI &amp;#8211; PR._x000D_
 </t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO AOS VEREADORES DA CÂMARA MUNICIPAL DE IRATI &amp;#8211; PR.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE IRATI &amp;#8211; PR.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS NO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Propostas de Emendas</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROPOSTA DE EMENDA À LEI ORGÂNICA DO MUNICÍPIO Nº 001/2015_x000D_
 SÚMULA: ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE IRATI-PR._x000D_
 </t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUERENDO QUE SEJA DETERMINADA À SECRETARIA COMPETENTE, A REALIZAÇÃO DE REFORMA URGENTE E TROCA DE VIGAS DA PONTE QUE LIGA A COMUNIDADE DO PIRAPÓ À BOA VISTA. ESTAS BENFEITORIAS VISAM TRAZER MAIS SEGURANÇA AOS CIDADÃOS, QUE UTILIZAM DIARIAMENTE A REFERIDA PONTE.</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUERENDO QUE SEJA DETERMINADA À SECRETARIA COMPETENTE, A REALIZAÇÃO DE SERVIÇOS DE SERVIÇOS DE CASCALHAMENTO E PATROLAMENTO NAS ESTRADAS PRINCIPAIS DAS COMUNIDADES DO PIRAPÓ, CAMPINA DE GUAMIRIM E MONJOLO. TAL MEDIDA SE FAZ URGENTE E NECESSÁRIA, DEVIDO À PRECARIEDADE DAS REFERIDAS VIAS.</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJAM TOMADAS AS MEDIDAS NECESSÁRIAS PARA REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA, COM A FINALIDADE DE DISCUTIR AS QUESTÕES RELACIONADAS AOS ALAGAMENTOS E ENCHENTES QUE VEM OCORRENDO EM NOSSO MUNICÍPIO. DIANTE DA ATUAL PREOCUPAÇÃO COM O MEIO AMBIENTE, COM OS RIOS E COM A POPULAÇÃO, O OBJETIVO É BUSCAR, EM PARCERIA COM OS ÓRGÃOS E ENTIDADES COMPETENTES, MELHORIAS E SOLUÇÕES PARA O PROBLEMA QUE AFETA TODA A CIDADE, ATRAVÉS DE AÇÕES CONJUNTAS QUE IDENTIFIQUEM A CAUSA E APONTEM SOLUÇÕES CONCRETAS.</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUERENDO QUE O SR. PREFEITO RESPONDA O OFÍCIO PROTOCOLADO, JUNTO DE UM ABAIXOASSINADO COM MAIS DE 700 ASSINATURAS, NO DIA 18 DE SETEMBRO DE 2014, PELA ASSOCIAÇÃO DOS MORADORES DA BACIA DO RIO DAS ANTAS. COMO VEREADOR E PRINCIPALMENTE CIDADÃO, SOLICITO ENCARECIDAMENTE AO SENHOR PREFEITO, QUE ESTE PEDIDO SEJA ATENDIDO COM URGÊNCIA E QUE A ADMINISTRAÇÃO OFEREÇA TOTAL SUPORTE A ESTA ENTIDADE, QUE FOI CRIADA EXCLUSIVAMENTE PARA PREVENIR, COMBATER E GERAR SOLUÇÕES EFICAZES E RÁPIDAS, RELACIONADAS AOS PROBLEMAS COM AS FORTES CHUVAS, QUE VÊM TRAZENDO INÚMEROS PREJUÍZOS AOS IRATIENSES. OS MEMBROS DA REFERIDA ASSOCIAÇÃO, ESTÃO À DISPOSIÇÃO PARA PARTICIPAR ATIVAMENTE DE CAMPANHAS EM PROL DA GESTÃO DE MELHORIAS DOS NOSSOS RIOS E DO MELHOR USO DOS RECURSOS PÚBLICOS. MAIS UMA VEZ, REFORÇO O PEDIDO QUE DEVE SER TRATADO COMO PRIORIDADE. SEGUE EM ANEXO O OFICIO JÁ PROTOCOLADO NO ANO ANTERIOR.</t>
   </si>
   <si>
@@ -4719,68 +4719,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H592"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="179.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>