--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -54,2574 +54,2574 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>VILSON MENON</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS AO JORNALISTA:_x000D_
 LEONARDO SCHENATO BARROSO_x000D_
 </t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ANTONIO CELSO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL COM FUNDAMENTO NO ART. 124 DO REGIMENTO INTERNO REGISTRA E CONCEDE MOÇÃO DE APLAUSOS AO GRUPO DE TEATRO SÃO FRANCISCO DE ASSIS PELO RETORNO DO GRUPO TEATRAL COM APRESENTAÇÃO DA ENCENAÇÃO DA &amp;#8220;PAIXÃO DE CRISTO&amp;#8221;, EM SUA 21ª EDIÇÃO, ESTENDENDO TAMBÉM RECONHECIMENTO A TODOS OS ENVOLVIDOS.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>RAFAEL FELIPE LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI COM FUNDAMENTO NO ART. 124 DO REGIMENTO INTERNO, REGISTRA E CONCEDE MOÇÃO DE APLAUSOS À ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE IRATI &amp;#8211; ACIAI.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI REGISTRA E CONCEDE MOÇÃO DE APLAUSOS AO SERVIÇO SOCIAL DA INDÚSTRIA (SESI) DO PARANÁ.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE IRATI-PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2008.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PODER EXECUTIVO MUNICÍPIO DE IRATI/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2009.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PODER EXECUTIVO MUNICÍPIO DE IRATI/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2010.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PODER EXECUTIVO MUNICÍPIO DE IRATI/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2011.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PODER EXECUTIVO MUNICÍPIO DE IRATI/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2012.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1252/1252_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1252/1252_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O SR. PREFEITO MUNICIPAL ODILON ROGÉRIO BURGATH A LICENCIAR-SE DE SEU CARGO NO PERÍODO DE 04 DE NOVEMBRO A 04 DE DEZEMBRO DE 2016.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR ÁREA DE TERRA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR CRÉDITO	ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ	R$ 2.729.000,00	(DOIS	MILHÕES	SETECENTOS	E	VINTE	E	NOVE	MIL REAIS._x000D_
 </t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO PROVOPAR MUNICIPAL DE IRATI.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO ASILO SANTA RITA, NO VALOR DE ATÉ R$ 54.400,00 (CINQUENTA E QUATRO MIL E QUATROCENTOS REAIS).</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ R$ 20.000,00 (VINTE MIL REAIS).</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO SOS AMIGO BICHO, NO VALOR DE ATÉ R$ 37.500,00 (TRINTA E SETE MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IRATI, NO VALOR DE ATÉ R$ 98.180,00 (NOVENTA E OITO MIL CENTO E OITENTA REAIS).</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASI &amp;#8211; ASSOCIAÇÃO SANTOS INOCENTES &amp;#8211; CIDADE DA CRIANÇA, NO VALOR DE ATÉ R$ 110.000,00 (CENTO E DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR_x000D_
 CRÉDITO	ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ	R$_x000D_
 905.000,00 (NOVECENTOS E CINCO MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA	O	EXECUTIVO	MUNICIPAL	A	ABRIR_x000D_
 CRÉDITO	ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ	R$_x000D_
 1.362.000,00	(UM	MILHÃO	TREZENTOS	E	SESSENTA	E	DOIS	MIL_x000D_
 REAIS)_x000D_
 </t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 858.000,00.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 120.000,00. </t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 200.000,00.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 140.500,00.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 30.200,00.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O PISO SALARIAL MÍNIMO DOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A LEI DE FOMENTO À ECONOMIA SOLIDÁRIA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 527.500,00.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.122.500,00.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 342.500,00.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A AUMENTAR SUBVENÇÃO SOCIAL E A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR A ASI &amp;#8211; ASSOCIAÇÃO SANTOS INOCENTES &amp;#8211; CIDADE DA CRIANÇA, NO VALOR DE ATE R$ 15.000,00.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 25.000,00.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 3.766.150,00. </t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 930.410,00.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 41.500,00.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 213.000,00.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 160.000,00.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 664.500,00.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 61.500,00.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.784.980,00.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 8.233.810,00.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CONCURSO MUSICAL &amp;#8220;IRA ROCK 2016&amp;#8221; &amp;#8211; 4ª EDIÇÃO.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 30.500,00.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 245.000,00.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 180.000,00.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 500.000,00.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 243.000,00.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO IRATIENSE DE FUTEBOL DE SALÃO &amp;#8211; ASSIFUSA, NO VALOR DE ATE R$ 82.610,00 E ABRIR CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A AUMENTAR E A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR PARA SUBVENÇÃO SOCIAL À GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ R$ 20.000,00.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CONSELHO MUNICIPAL DE POLÍTICAS PARA MULHERES, A CONFERÊNCIA MUNICIPAL DE POLÍTICAS PARA MULHERES E O FUNDO MUNICIPAL DE POLÍTICAS PARA MULHERES E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 260.000,00 (DUZENTOS E SESSENTA MIL REAIS).</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 86.000,00 (OITENTA E SEIS MIL REAIS).</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO V DA LEI 1978/2003, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 (PROJETO DEVOLVIDO A PEDIDO DO EXECUTIVO)</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 160.000,00.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 115.000,00.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 65.000,00.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 3.000,00.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 102.150,00.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/743/743_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 54.500,00.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A AUMENTAR A SUBVENÇÃO SOCIAL E ABRIR CRÉDITO ADICIONAL SUPLEMENTAR À GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ 13.000,00._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER, EM REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 14.637,500.00.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE IRATI PARA O EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FAZ ADEQUAÇÕES NO PLANO PLURIANUAL, APROVADO PELA LEI Nº 3751/2013, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 72.000,00.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.080.000,00.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 400,00 (QUATROCENTOS REAIS).</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 3.300,00 (TRÊS MIL E TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 201.800,00 (DUZENTOS E UM MIL E OITOCENTOS REAIS).</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 4.194.000,00 (QUATRO MILHÕES, CENTO E NOVENTA E QUATRO MIL REAIS).</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO DE SERVIDORES TEMPORÁRIOS PARA A SECRETARIA DE ASSISTÊNCIA SOCIAL PARA EXECUÇÃO DE PROGRAMAS E PROJETOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2321/2015 COM RELAÇÃO AOS BENEFÍCIOS DE PENSÕES, DISCIPLINANDO A CONCESSÃO DA PENSÃO POR MORTE COM FUNDAMENTO NO ART. 30, I E II DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 100.000,00.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 400.000,00.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 69.500,00.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2473/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 890.400,00.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 60.000,00.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 505.000,00.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 80.000,00.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 90.000,00.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL POR DESAPROPRIAÇÃO COM A ÁREA DE 4.842,32 M², PERTENCENTE AOS HERDEIROS DA SENHORA ALICE THOMAZ LISBOA PARA CONSTRUÇÃO DE UMA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O 1º DO ART.62 DA LEI Nº 3959 DE 15 DE ABRIL DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO SUBSTITUTIVO - CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DE FORMA LINEAR.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO SUBSTITUTIVO - REAJUSTA O PISO SALARIAL MÍNIMO DOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 57.000,00.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 240.00,00.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 78.000,00.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 490.000,00.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR PARCERIA COM O CTG ESTÂNCIA JACUMASSO PARA A REALIZAÇÃO DO 28º RODEIO CRIOULO CULTURAL DE INTEGRAÇÃO EM COMEMORAÇÃO AOS 109 ANOS DA CIDADE DE IRATI-PR.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 140.000,00.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 6º, 7º E 9º DA LEI MUNICIPAL Nº 3061/2010, QUE DISPÕE SOBRE AS COMPETÊNCIAS, COMPOSIÇÃO E REGULAMENTO DO CONSELHO DA CIDADE DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL  SUPLEMENTAR  NA IMPORTÂNCIA  DE  ATÉ  R$  867.000,00   (OITOCENTOS  E  SESSENTA  E  SETE MIL REAIS)</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 152.000,00 (CENTO E CINQUENTA E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO  ADICIONAL  SUPLEMENTAR  NA IMPORTÂNCIA DE ATÉ R$ 675.000,00 (SEISCENTOS E   SETENTA   E CINCO MIL REAIS)</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 175.300,00 (CENTO E SETENTA E CINCO MIL E TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 100.000,00 (CEM MIL REAIS).</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 335.000,00 (TREZENTOS E TRINTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.500.000,00 (UM MILHÃO E QUINHENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 2.860.000,00 (DOIS MILHÕES E OITOCENTOS E SESSENTA MIL REAIS).</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.700.000,00 (UM MILHÃO E SETECENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO  ADICIONAL  SUPLEMENTAR  NA IMPORTÂNCIA DE ATÉ  R$  1.610.000,00 (UM  MILHÃO  SEISCENTOS  E DEZ MIL REAIS)</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 10.000,00 (DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 36.000,00 (TRINTA E SEIS MIL REAIS).</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 5.500,00 (CINCO MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 5.000,00 (CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CANIL DA GUARDA MUNICIPAL DE IRATI-PR, NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DE IRATI &amp;#8211;PR CMDPD E FUNDO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E INSTITUI A CONFERÊNCIA MUNICIPAL E A ASSEMBLEIA DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 115.000,00.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 458.780,00.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA POPULAÇÃO IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA POPULAÇÃO IDOSA E O FUNDO MUNICIPAL DOS DIREITOS DA POPULAÇÃO IDOSA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1339/1339_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1339/1339_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUTIVO ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>SUBSTITUTIVO ALTERA A LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1338/1338_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1338/1338_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> SUBSTITUTIVO FAZ ADEQUAÇÕES NO PIANO PLURIANUAL, APROVADO PELA LEI N° 3751/2013, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/985/985_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.000,00 (MIL REAIS).</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/986/986_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CONCURSO &amp;#8220;IRATI EM IMAGENS &amp;#8211; IV CONCURSO FOTOGRÁFICO PE. TADEU DZIEDZIC E III CONCURSO DE VÍDEO JOÃO WASILEWSKI&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RECEBER, EM REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 37.000,00.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>(PROJETO SUBSTITUTIVO) - AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 5.000,00.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 80.000,00.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 86.000,00.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 108.000,00.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 2.300.000,00 (DOIS MILHÕES E TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 118.000,00._x000D_
 </t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1232/1232_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1232/1232_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O INCENTIVO VARIÁVEL PMAQ AOS SERVIDORES DAS UNIDADES DE SAÚDE DA REDE MUNICIPAL DE ATENÇÃO BÁSICA A SAÚDE PARTICIPANTES DO PROGRAMA NACIONAL DE MELHORIA DO ACESSO E DA QUALIDADE DA ATENÇÃO BÁSICA &amp;#8211; PMAQ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1233/1233_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1233/1233_texto_integral.pdf</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1234/1234_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1234/1234_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1235/1235_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1235/1235_texto_integral.pdf</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1236/1236_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1236/1236_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 50.000,00.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1237/1237_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1237/1237_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL &amp;#8211; REFIS, NO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1238/1238_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1238/1238_texto_integral.pdf</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1239/1239_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1239/1239_texto_integral.pdf</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1240/1240_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1240/1240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO E A CRIAÇÃO DO PROGRAMA DE EXECUÇÃO MUNICIPAL DE MEDIDAS SOCIOEDUCATIVAS EM MEIO ABERTO DE PRESTAÇÃO DE SERVIÇOS À COMUNIDADE E DE LIBERDADE ASSISTIDA NO MUNICÍPIO DE IRATI-PR E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1241/1241_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1241/1241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE IRATI &amp;#8211;PR/SUAS, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1248/1248_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1248/1248_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 90.000,00 (NOVENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1253/1253_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1253/1253_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DIRETOR MUNICIPAL DE IRATI, ESTABELECE DIRETRIZES PARA O PLANEJAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1254/1254_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1254/1254_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1255/1255_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1255/1255_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA VIÁRIO DO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1256/1256_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1256/1256_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO E A OCUPAÇÃO DO SOLO URBANO E RURAL NO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE O PERÍMETRO URBANO, OS BAIRROS DO DISTRITO SEDE DO MUNICÍPIO DE IRATI, BEM COMO, OS DISTRITOS DE GONÇALVES JÚNIOR, GUAMIRIM E ITAPARÁ E SEUS RESPECTIVOS NÚCLEOS URBANOS.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1258/1258_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1258/1258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE GESTÃO ANIMAL NO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1259/1259_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1259/1259_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA FINS URBANOS NO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1260/1260_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1260/1260_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS EDIFICAÇÕES E OBRAS NO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1249/1249_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1249/1249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA MUNICIPAL "ECOTROCA - AÇÃO QUE ALIMENTA A VIDA", E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1250/1250_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1250/1250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A DENOMINAÇÃO DA TRAVESSA FREI JAIME PARA RUA DA CIDADANIA FREI JAIME._x000D_
 </t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1262/1262_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1262/1262_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 71.000,00.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FEIRA CULTURAL IRATIENSE NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1267/1267_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1267/1267_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERO O ART. 1º DA LEI Nº 4125 DE 27 DE ABRIL DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1268/1268_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1268/1268_texto_integral.pdf</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1269/1269_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1269/1269_texto_integral.pdf</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1270/1270_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1270/1270_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI ITEM NO ANEXO II DA LEI 3981/2015 E 4012/2015.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1271/1271_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1271/1271_texto_integral.pdf</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1272/1272_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1272/1272_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL NO VALOR DE ATÉ R$ 110.000,00, A CONCEDER AUXÍLIO NO VALOR DE ATÉ R$ 220.000,00 E A ABRIR CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR À ANAPCI &amp;#8211; ASSOCIAÇÃO DO NÚCLEO DE APOIO AO PORTADOR DE CÂNCER DE IRATI, NO VALOR DE ATÉ R$ 330.000,00 (TREZENTOS E TRINTA MIL REAIS).</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1273/1273_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1273/1273_texto_integral.pdf</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1274/1274_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1274/1274_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 2.000,00 (DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1276/1276_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1276/1276_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 318.000,00.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1277/1277_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1277/1277_texto_integral.pdf</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1278/1278_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1278/1278_texto_integral.pdf</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1279/1279_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1279/1279_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 2979 DE 03 DE MARÇO DE 2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1280/1280_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1280/1280_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR COCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1284/1284_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1284/1284_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 3.918,90 M², PERTENCENTE AO SENHOR ADEMAR REBESCO, PARA ABERTURA DE RUA.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1319/1319_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1319/1319_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.200.000,00.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1320/1320_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1320/1320_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 253.200,00.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1321/1321_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1321/1321_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 347.000,00.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1322/1322_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1322/1322_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 107.000,00.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1323/1323_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1323/1323_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 6.027.000,00.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1329/1329_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1329/1329_texto_integral.pdf</t>
   </si>
   <si>
     <t>: AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 140.000,00 (CENTO E QUARENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1330/1330_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1330/1330_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A VENDA EM LEILÃO DE MÁQUINAS, VEÍCULOS E CARTEIRAS/CADEIRAS ESCOLARES REPUTADOS COMO DE RECUPERAÇÃO ANTIECONÔMICA PARA OS COFRES PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1331/1331_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1331/1331_texto_integral.pdf</t>
   </si>
   <si>
     <t>: AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER, EM REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1333/1333_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1333/1333_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE MOBILIDADE URBANA DO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 47.000,00 (QUARENTA E SETE MIL REAIS).</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;SD&amp;#8221;, NO BAIRRO CANISIANAS, DE RUA IRACINY CAPELINI.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INCLUSÃO DA TIPAGEM SANGUÍNEA E FATOR RH NO UNIFORME E NOS CAPACETE DOS MOTOBOYS NA CIDADE DE IRATI E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE IRATI A SEMANA MUNICIPAL DO EMPREENDEDORISMO E INOVAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>AMILTON KOMNITSKI</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;A&amp;#8221;, NO LOTEAMENTO ALTO DA GLÓRIA I, DE RUA PEDRO CHOMA JUNIOR.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;B&amp;#8221;,NO LOTEAMENTO ALTO DA GLÓRIA I, DE RUA JOSÉ MARIA DE CAMARGO.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;06&amp;#8221;, DO LOTEAMENTO PINHEIROS, NO BAIRRO JARDIM VIRGÍNIA, DE RUA ESTANISLAU BRONILAVSKI. </t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O &amp;#8220;DIA MUNICIPAL DO CICLISTA&amp;#8221; NO MUNICÍPIO DE IRATI. </t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>ALCEU HRECIUK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A UNIDADE BÁSICA DE SAÚDE, LOCALIZADA NA LOCALIDADE DE PIRAPÓ, DE UBS RODOLFO ERNESTO NEUMANN. </t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>VILSON MENON, ALCEU HRECIUK, AMILTON KOMNITSKI, ANTONIO CELSO DE SOUZA, EMILIANO AUGUSTO ROCHA GOMES, HELIO DE MELLO, NATO KFFURI, NEI CABRAL, RAFAEL FELIPE LUCAS, WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI A ASSOCIAÇÃO EDUCACIONAL E ASSISTENCIAL BETHÂNIA.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;05&amp;#8221;, DO LOTEAMENTO RESIDENCIAL &amp;#8220;CARTOM&amp;#8221;, NA VILA SÃO JOÃO, DE RUA IVAN KUROSKI DE OLIVEIRA.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;03&amp;#8221;, DO LOTEAMENTO SANTA FÉ, DE RUA ILIRIO PAULO MENON.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO MUNICÍPIO DE IRATI A CAMPANHA DE ORIENTAÇÃO E ESCLARECIMENTO SOBRE A IMPOSIÇÃO DE PENALIDADE DE ADVERTÊNCIA POR ESCRITO NOS CASOS DE INFRAÇÃO DE NATUREZA LEVE OU MÉDIA EM CONFORMIDADE COM O ART. 267, DO CÓDIGO DE TRÂNSITO BRASILEIRO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA O CENTRO DE PROCESSAMENTO DE ALIMENTOS, DE CPA FRANCISCO BURAK.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>NEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO ÂMBITO DO MUNICÍPIO DE IRATI, O &amp;#8220;DIA MUNICIPAL DO PADRE&amp;#8221;. </t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO ÂMBITO DO MUNICÍPIO DE IRATI, O &amp;#8220;DIA MUNICIPAL DO PASTOR EVANGÉLICO&amp;#8221;. </t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>VILSON MENON, AMILTON KOMNITSKI, ANTONIO CELSO DE SOUZA, NEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE IRATI PARA O PERÍODO DE 2017/2020.  </t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A AVENIDA PROJETADA &amp;#8220;01&amp;#8221; DO LOTEAMENTO VILLAGE SOLARIS, DE AVENIDA TIAGO RIBEIRO PRADO.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;04&amp;#8221;, DO LOTEAMENTO SANTA MONICA, DE RUA JANDIR BARANQUEVICZ.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA PRAZO PARA RESPOSTA AOS REQUERIMENTOS ADMINISTRATIVOS PROTOCOLADOS JUNTO À PREFEITURA MUNICIPAL DE IRATI, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A &amp;#8220;COMUNIDADE BETHÂNIA&amp;#8221;. </t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A &amp;#8220;ASSOCIAÇÃO ASSISTENCIALISTA TENDA UMBANDA MÃE OXUM E PAI OGUM&amp;#8221;.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;01&amp;#8221; DA COLINA NOSSA SENHORA DAS GRAÇAS, DE RUA JAIR GRICZINSKI.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>EMILIANO AUGUSTO ROCHA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE O FUMO DENTRO DE VEÍCULOS AUTOMOTORES QUE ESTIVEREM TRANSPORTANDO CRIANÇAS, NO ÂMBITO DO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1261/1261_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1261/1261_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INCLUSÃO DA DISCIPLINA &amp;#8220;CIDADANIA&amp;#8221; NO ÂMBITO ESCOLAR DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE IRATI. </t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1281/1281_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1281/1281_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE USO DE FOGOS DE ARTIFÍCIO, SINALIZADORES, SHOWS PIROTÉCNICOS COM PRODUTOS INFLAMÁVEIS OU COM FOGOS E SIMILARES EM GINÁSIO DE ESPORTES MUNICIPAIS, CENTROS ESPORTIVOS MUNICIPAIS E EM CAMPOS DE FUTEBOL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1282/1282_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1282/1282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE IRATI À SENHORA MITZY DE LIMA SANTOS. </t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1283/1283_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1283/1283_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR FERNANDO EUGÊNIO MARTINS DE PAULA SANTOS LIMA. </t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>HELIO DE MELLO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1325/1325_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1325/1325_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A &amp;#8220;ASSOCIAÇÃO DE VOLEIBOL IRATI&amp;#8221;.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A &amp;#8220;ASSOCIAÇÃO DE PEQUENOS AGRICULTORES DA LINHA ORDENANÇA&amp;#8221;.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1327/1327_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1327/1327_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;02&amp;#8221;, DO JARDIM AEROPORTO, DE RUA EDMUNDO GNATKOWSKI.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1334/1334_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1334/1334_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O INCISO III DO ARTIGO 35 DA LEI Nº 4.158, DE 12 DE JULHO DE 2016. </t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1335/1335_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1335/1335_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA RUAS DO LOTEAMENTO VILLAGE SOLARIS, COMO SE INDICA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE IRATI &amp;#8211; PR.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PARECER E RELATÓRIO FINAL DA COMISSÃO ESPECIAL DE INQUÉRITO INSTITUÍDA PELA PORTARIA Nº 27/2016, QUE APUROU A OCORRÊNCIA DE IRREGULARIDADES PRATICADAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA OS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL DE IRATI PARA A PRÓXIMA LEGISLATURA E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>VILSON MENON, ANTONIO CELSO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 82.000,00.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REPOSIÇÃO AOS VEREADORES DA CÂMARA MUNICIPAL DE IRATI &amp;#8211; PR. </t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1324/1324_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1324/1324_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SISTEMA DE REGISTRO DE PREÇOS NO PODER LEGISLATIVO DO MUNICÍPIO DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Propostas de Emendas</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 &amp;#8220;MODIFICA A REDAÇÃO DO INCISO III DO ARTIGO 35 DO PROJETO DE LEI Nº 056/2016.&amp;#8221; _x000D_
 </t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;EMENDA ORÇAMENTÁRIA MODIFICATIVA AO PROJETO DE LEI QUE &amp;#8216;DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE IRATI PARA O EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;EMENDA ORÇAMENTÁRIA MODIFICATIVA AO PROJETO DE LEI QUE &amp;#8216;DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE IRATI PARA O EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUERENDO QUE SEJA DETERMINADA À SECRETARIA COMPETENTE, A REALIZAÇÃO DE SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO NAS ESTRADAS PRINCIPAIS DAS COMUNIDADES DE BARRA DO GAVIÃO, PAPUÃ DOS FIORI, FAXINAL DOS FERREIRAS E ÁGUA CLARA. TAL MEDIDA SE MOSTRA URGENTE, EM RAZÃO DA PRECARIEDADE DAS REFERIDAS VIAS, QUE VÊM CAUSANDO TRANSTORNO E PREJUÍZO AOS MORADORES.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUERENDO QUE SEJA DETERMINADA À SECRETARIA COMPETENTE, A REALIZAÇÃO DE SERVIÇOS DE CASCALHAMENTO E PATROLAMENTO DA RUA JOÃO VIZINONI, NO BAIRRO COLINA NOSSA SENHORA DAS GRAÇAS. A REFERIDA VIA ENCONTRA-SE BASTANTE ESBURACADA, CAUSANDO PREJUÍZOS AOS CONDUTORES E MORADORES.</t>
   </si>
   <si>
     <t>636</t>
@@ -4077,67 +4077,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H404"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="179.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>