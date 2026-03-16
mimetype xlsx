--- v0 (2025-12-08)
+++ v1 (2026-03-16)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>RONILDO ANTONIO PAMPUCH SUREK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>APRESENTOU INDICAÇÃO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, INDICANDO QUE SEJA DETERMINADA À SECRETARIA COMPETENTE, A ELABORAÇÃO E EXECUÇÃO DE UM PROJETO DE REVITALIZAÇÃO DO CRUZEIRO E DO MURO (DE FRENTE À RUA EXPEDICIONÁRIO JOSÉ DE LIMA) DO CEMITÉRIO MUNICIPAL. O TRADICIONAL CRUZEIRO DE NOSSO CEMITÉRIO ESTÁ MUITO DANIFICADO E, PORTANTO, É PRECISO QUE A PREFEITURA CONSTRUA UM NOVO SÍMBOLO BEM DEFINIDO, COM ESPAÇO AMPLO PARA AS VELAS, PARA QUE DESTE MODO, ESTE LOCAL SAGRADO DE ORAÇÕES AOS FALECIDOS CONTINUE ATIVO.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>NIVALDO BARTOSKI</t>
   </si>
   <si>
     <t>APRESENTOU INDICAÇÃO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO DEPARTAMENTO DE ESTRADAS DE RODAGEM - DER, INDICANDO QUE SEJAM EMPREENDIDOS ESFORÇOS PARA IMPLANTAÇÃO DE REDUTORES DE VELOCIDADE NA COMUNIDADE DO GUAMIRIM, NO TRECHO QUE SEGUE ATÉ A LOCALIDADE DE GOVERNADOR RIBAS, EM FRENTE A FÁBRICA ANSELMO WNUK. SEGUNDO OS MORADORES LOCAIS, TAL INDICAÇÃO SE FAZ EM NOME DE MAIS DE 30 FAMÍLIAS DA REFERIDA LOCALIDADE, QUE BUSCAM MAIS SEGURANÇA PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>APRESENTOU INDICAÇÃO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, INDICANDO QUE SEJAM EMPREENDIDOS ESFORÇOS PARA REALIZAÇÃO DOS SERVIÇOS DE PATROLAMENTO NAS ESTRADAS DAS LOCALIDADES DE BARRA DO GAVIÃO, GOVERNADOR RIBAS, TAQUARI, PAPUÃ DOS FIORI, FAXINAL DOS FERREIRAS, VALEIROS, RIO DA PRATA, CERRO DA PONTE ALTA, CANHADÃO, CACHOEIRA DO PALMITAL, CADEADO SANTANA, CADEADINHO, VISTA ALEGRE, PINHEIRO MACHADO, PINHAL PRETO, ITAPARÁ, ÁGUA CLARA, FAXINAL DOS ANTONIOS, FAXINAL DOS NEVES, LINHA E, ÁGUA MINERAL, BOA VISTA DO PIRAPÓ, PIRAPÓ, CAMPINA DO GUAMIRIM, RIO PRETO, RIO CORRENTE E CAMPINA BRANCA. ALÉM DO PATROLAMENTO DAS ESTRADAS, COM ATENÇÃO ESPECIAL AOS ATOLEIROS EXISTENTES EM DIVERSOS TRECHOS, INDICA-SE TAMBÉM A MANUTENÇÃO DAS PONTES E BUEIROS DAS CITADAS COMUNIDADES.</t>
   </si>
@@ -2725,2047 +2725,2047 @@
   <si>
     <t>260</t>
   </si>
   <si>
     <t>APRESENTOU INDICAÇÃO SOLICITANDO QUE_x000D_
 SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, SUGERINDO A_x000D_
 SUBSTITUIÇÃO, COM URGÊNCIA, DAS LÂMPADAS QUEIMADAS NOS POSTES_x000D_
 DE ILUMINAÇÃO PÚBLICA EXISTENTES NA RUA JOÃO BATISTA GUERREIRO,_x000D_
 NO BAIRRO CANISIANAS (FUNDOS DA ANGAÍ AUTOPEÇAS). TAL PEDIDO SE_x000D_
 APRESENTA VISANDO DAR MAIS SEGURANÇA E TRANQUILIDADE AOS_x000D_
 MORADORES E AOS CIDADÃOS QUE TRANSITAM PELO LOCAL.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>HELIO DE MELLO, RONILDO ANTONIO PAMPUCH SUREK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS À: EQUIPE DE ENFERMAGEM DA SECRETARIA MUNICIPAL DE SAÚDE E EQUIPE DE ENFERMAGEM DA SANTA CASA DE IRATI.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>RONILDO ANTONIO PAMPUCH SUREK, JOSÉ BODNAR</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, MOÇÃO DE APLAUSOS À: ORDEM FRANCISCANA SECULAR E JUFRA DE IRATI.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>RONILDO ANTONIO PAMPUCH SUREK, MARCELO RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS À: COMISSÃO DE MANUTENÇÃO DA IMAGEM DE NOSSA SENHORA DAS GRAÇAS. _x000D_
  _x000D_
  </t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124_x000D_
 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE_x000D_
 APLAUSOS AOS GUARDAS MUNICIPAIS DE IRATI: ADRIANO GURA, ALINE LISBOA,_x000D_
 FAGNER LANDUCCI. _x000D_
 </t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS  AOS CENTROS DE TRADIÇÕES GAÚCHAS QUE PARTICIPARAM DO 29º RODEIO DE IRATI, QUE OCORREU NOS DIAS 14, 15 E 16 DE JULHO DE 2017:_x000D_
 _x000D_
 _x000D_
 CTG TERRA DOS PINHERAIS &amp;#8211; FUNDADO EM 26 DE MARÇO DE 1993 &amp;#8211; PATRÃO: RENATO PEDRO FERREIRA._x000D_
 CTG POUSADA DE TROPEIRO &amp;#8211; FUNDADO EM 02 DE MAIO DE 1987 &amp;#8211; PATRÃO: IVO ROSSA._x000D_
 CTG PICAÇO VELHO &amp;#8211; FUNDADO EM 25 DE MAIO DE 1995 &amp;#8211; PATRÃO: JEFERSON PARRETO._x000D_
 CTG MISSIONEIRO &amp;#8211; FUNDADO EM FEVEREIRO DE 2001 &amp;#8211; PATRÃO: EDERSON LUIZ CAMPOS._x000D_
 CTG FAZENDA NEUMANN &amp;#8211; FUNDADO EM 2000 &amp;#8211; PATRÃO: ÉLITON CARLOS NEUMANN._x000D_
 CTG ESTÂNCIA JACUMASSO &amp;#8211; FUNDADO EM 07 DE DEZEMBRO DE 2002 &amp;#8211; PATRÃO: AMAURI CESAR JACUMASSO._x000D_
 CTG XV DE JULHO &amp;#8211; FUNDADO EM 1998 &amp;#8211; PATRÃO: DOUGLAS FORTUNATO COLAÇO FERREIRA._x000D_
 CTG LAÇO VELHO &amp;#8211; FUNDADO EM 2002 &amp;#8211; PATRÃO: EDMIR LATIK._x000D_
 </t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS AO: GRUPO GAITAÇO._x000D_
 </t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1830/1830_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1830/1830_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS À: BANDA EBENÉZER.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1831/1831_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1831/1831_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS À ATLETA:_x000D_
 EDUARDA APARECIDA GONÇALVES DA SILVA.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1832/1832_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1832/1832_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, PELO PRESENTE, MOÇÃO DE APLAUSOS AO: CLUBE PIRUBIKES DE CICLISMO &amp;#8211; ASSOCIAÇÃO IRATIENSE DE CICLISMO _x000D_
 </t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL &amp;#8211; REFIS, NO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO PROVOPAR MUNICIPAL DE IRATI.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER, EM REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.467.000,00 PARA DAR CONTINUIDADE AOS CONTRATOS E CONVÊNIOS FIRMADOS NA ÁREA SOCIAL, ATRAVÉS DO MINISTÉRIO DO DESENVOLVIMENTO SOCIAL E DA SECRETARIA DE ESTADO DE DEFESA SOCIAL &amp;#8211; SEDS.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.501.000,00 PARA EXECUÇÃO DE CONTRATOS E CONVÊNIOS FIRMADOS COM OS MINISTÉRIOS DAS CIDADES, AGRICULTURA, FUNASA E SECRETARIA DE ESTADO DA AGRICULTURA E ABASTECIMENTO.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 6.361.000,00 (SEIS MILHÕES, TREZENTOS E SESSENTA E UM MIL REAIS). _x000D_
  </t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 7.930.000,00 (SETE MILHÕES, NOVECENTOS E TRINTA MIL REAIS). </t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS). </t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 270.000,00 (DUZENTOS E SETENTA MIL REAIS). _x000D_
  </t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 495.000,00 (QUATROCENTOS E NOVENTA E CINCO MIL REAIS). _x000D_
  _x000D_
  </t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 500.000,00 (QUINHENTOS MIL REAIS). </t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS). </t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 4125 DE 27 DE ABRIL DE 2016 PARA INCLUSÃO DE UM BARRACÃO COM ÁREA DE 506,00 M², QUE SE ENCONTRA ASSENTADO NO IMÓVEL.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM REVERSÃO IMÓVEL PERTENCENTE A EMPRESA RCD ENGENHARIA LTDA.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM A CONSTRUTORA CATHIO LTDA.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM A EMPRESA ANDGELO GIRARDI ANCIUTTI &amp;#8211; ME.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM A EMPRESA R. A. EXECUÇÕES LTDA - ME.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM A EMPRESA DANILO AUGUSTO ZARPELLON &amp;#8211; ME.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM A EMPRESA JORGE CONRADO HILGEMBERG FILHO &amp;#8211; ME.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 2.512,80 M², PERTENCENTE AO SENHOR ADEMAR REBESCO, PARA ABERTURA DE RUA.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL NO VALOR DE ATÉ R$ 130.000,00 PARA A ASI &amp;#8211; ASSOCIAÇÃO SANTOS INOCENTES &amp;#8211; CIDADE DA CRIANÇA.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1371/1371_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1371/1371_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO A GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ R$ 40.000,00.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO SOS AMIGO BICHO.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL À IRMANDADE DO HOSPITAL DE CARIDADE DE IRATI &amp;#8211; SANTA CASA DE IRATI NO VALOR DE ATÉ R$ 720.000,00.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA ANSELMO GERSON GURSKI &amp;#8211; ME PARA FABRICAÇÃO DE ARTEFATOS DE MADEIRAS.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO E ABRIR CRÉDITO ADICIONAL SUPLEMENTAR À ANAPCI &amp;#8211; ASSOCIAÇÃO DO NÚCLEO DE APOIO AO PORTADOR DE CÂNCER DE IRATI, NA IMPORTÂNCIA DE ATÉ R$ 40.000,00 PARA MANUTENÇÃO DA REFERIDA ENTIDADE.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO AO ASILO SANTA RITA, NO VALOR DE ATÉ R$ 40.000,00 PARA DAR COBERTURA ÀS DESPESAS QUE SERÃO UTILIZADAS EM SUAS FINALIDADES ESTATUTÁRIAS COM RECURSOS REPASSADOS PELO MINISTÉRIO DO DESENVOLVIMENTO SOCIAL &amp;#8211; MDS.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IRATI, NO VALOR DE ATÉ R$ 66.000,00 PARA DAR COBERTURA ÀS DESPESAS QUE SERÃO UTILIZADAS EM SUAS FINALIDADES ESTATUTÁRIAS, RECURSOS ESTES DO MINISTÉRIO DO DESENVOLVIMENTO SOCIAL &amp;#8211; MDS.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 809.000,00 PARA DAR FINALIZAÇÃO DE CONVÊNIOS. </t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 741.700,00 PARA AQUISIÇÃO DE MOBILIÁRIO E EQUIPAMENTOS PARA AS UNIDADES DE SAÚDE: ILDEFONSO ZANETTI, RIOZINHO, BARRA DO GAVIÃO, CARATUVA II, CERRO DA PONTE ALTA, ITAPARÁ, RIO DO COURO E CENTRO ODONTOLÓGICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 592.550,00 RECURSOS VINCULADOS A PROGRAMAS DO GOVERNO FEDERAL E ESTADUAL.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 443.500,00 RECURSOS VINCULADOS A PROGRAMAS/ CONVÊNIOS DO GOVERNO FEDERAL E ESTADUAL. </t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 330.000,00 PARA PAGAMENTOS DE DESPESAS COM O TRANSPORTE ESCOLAR E COM A MERENDA ESCOLAR REALIZADAS NO EXERCÍCIO ANTERIOR.  </t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 235.000,00 PARA AQUISIÇÃO DE UM ÔNIBUS RURAL ESCOLAR GRANDE.  </t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 2926 DE 14 DE JULHO DE 2009, PARA FINS DE REGULARIZAÇÃO DE MATRÍCULA DA CONCESSÃO DE DIREITO REAL DE USO PARA A INDÚSTRIA DO VESTUÁRIO IRATI LTDA.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À ASSOCIAÇÃO IRATIENSE DE FUTEBOL DE SALÃO &amp;#8211; ASSIFUSA, NO VALOR DE ATÉ R$ 45.000,00 PARA MANUTENÇÃO DA REFERIDA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 4248/2017, PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS, NO MUNICÍPIO DE IRATI-PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI MUNICIPAL Nº 2165/2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI Nº 1978/2003 E LEI Nº 2412/2016, NA PARTE REFERENTE À JORNADA DE TRABALHO DOS SERVIDORES PÚBLICOS MUNICIPAIS TITULARES DO CARGO DE PSICÓLOGO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER _x000D_
 SUBVENÇÃO E A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE _x000D_
 ATÉ R$ 21.000,00 (VINTE E UM MIL REAIS). </t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE A DEFINIÇÃO DE OBRIGAÇÃO DE PEQUENO _x000D_
 VALOR NO ÂMBITO DA FAZENDA PÚBLICA MUNICIPAL, EM _x000D_
 CUMPRIMENTO AO DISPOSTO NO ARTIGO 100, § 3º, DA CONSTITUIÇÃO _x000D_
 FEDERAL, COM A REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL Nº 62, DE 9 DE DEZEMBRO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO _x000D_
 ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 335.000,00 (TREZENTOS E _x000D_
 TRINTA E CINCO MIL REAIS). _x000D_
  </t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER, EM _x000D_
 REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
  _x000D_
  </t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1489/1489_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1489/1489_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 128.200,00 (CENTO E VINTE E OITO MIL E DUZENTOS REAIS).</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1490/1490_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1490/1490_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 103.000,00 (CENTO E TRÊS MIL REAIS).</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1491/1491_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1491/1491_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 56.100,00 (CINQUENTA E SEIS MIL E CEM REAIS).</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1492/1492_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1492/1492_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 474.360,00 (QUATROCENTOS E SETENTA E QUATRO MIL E TREZENTOS E SESSENTA REAIS).</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1493/1493_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1493/1493_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DE FORMA LINEAR.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1494/1494_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1494/1494_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O PISO SALARIAL MÍNIMO DOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1495/1495_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1495/1495_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE IRATI PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 70.000,00 (SETENTA MIL REAIS). </t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.doc</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE SEGURANÇA PÚBLICA E CIDADANIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À COMUNIDADE BETHÂNIA &amp;#8211; RECANTO IRATI.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1526/1526_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1526/1526_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 120.000,00 (CENTO E VINTE MIL REAIS).</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE IRATI PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO III DA LEI MUNICIPAL Nº 4231/2016, QUE DISPÕE SOBRE O USO E A OCUPAÇÃO DO SOLO URBANO E RURAL NO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM O CORPO DE BOMBEIROS DA POLÍCIA MILITAR DO PARANÁ &amp;#8211; 2º GB &amp;#8211; 3º SUBGRUPAMENTO DE BOMBEIROS, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS. _x000D_
  _x000D_
  </t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA AS ATRIBUIÇÕES PARA OS CARGOS COMISSIONADOS DA PREFEITURA MUNICIPAL DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 132.000,00 (CENTO E TRINTA E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.300.000,00 (UM MILHÃO E TREZENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS E CONCEDER SUBVENÇÃO SOCIAIS À LIGA PARANAENSE DE COMBATE AO CÂNCER (ENTIDADE MANTENEDORA DO HOSPITAL ERASTO GAERTNER) NO VALOR DE ATÉ R$ 42.000,00 (QUARENTA E DOIS MIL REAIS.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI Nº 4214 DE 23 DE NOVEMBRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINA ESPAÇO OBRIGATÓRIO PARA COMERCIALIZAÇÃO DE ARTESANATO LOCAL EM FEIRAS E EVENTOS DE GRANDE PORTE NO MUNICÍPIO DE IRATI-PR.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CMDRS - CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR ACORDO EXTRAJUDICIAL NO PROCEDIMENTO ADMINISTRATIVO AUTUADO SOB Nº. 1869/2017 COM MILENE APARECIDA PADILHA GALVÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA CORREÇÕES DE DEFICIÊNCIAS E DISTORÇÕES DO PLANO MUNICIPAL DE EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A COMPANHIA DE HABITAÇÃO DO PARANÁ &amp;#8211; COHAPAR, PARA VIABILIZAR A CONSTRUÇÃO DE UNIDADES HABITACIONAIS, ISENTAR IMPOSTOS E TAXAS PARA EMPREENDIMENTOS VINCULADOS AO PROGRAMA &amp;#8220;MORAR BEM PARANÁ&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 32.000,00 (TRINTA E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 23.000,00 (VINTE E TRÊS MIL REAIS).</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 23.500,00 (VINTE E TRÊS MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 2.355.000,00 (DOIS MILHÕES TREZENTOS E CINQUENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 60.000,00 (SESSENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 6.300,00 (SEIS MIL E TREZENTOS REAIS) E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 4.000,00 (QUATRO MIL REAIS).</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 100.000,00 (CEM MIL REAIS).</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 26.700,00 (VINTE E SEIS MIL E SETECENTOS REAIS).</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.100.000,00 (UM MILHÃO E CEM MIL REAIS).</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER, EM REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE USO DE BEM MUNICIPAL _x000D_
 COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DO CAPÍTULO I DA LEI MUNICIPAL Nº 2563/2007, QUE TRATA DO PAGAMENTO DE DESPESAS PELO REGIME DE ADIANTAMENTO E REEMBOLSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO DE COOPERAÇÃO TÉCNICA COM A FUNDAÇÃO INSTITUTO BRASILEIRO DE GEOGRAFIA E ESTATÍSTICA &amp;#8211; IBGE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR ACORDO JUDICIAL E CONDIÇÕES DE PAGAMENTO NA AÇÃO DE COBRANÇA Nº. 5730-21.2016.8.16.0095 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 36.000,00 (TRINTA E SEIS MIL REAIS).</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 300.000,00 (TREZENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 8.000,00 (OITO MIL REAIS).</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 105.000,00 (CENTO E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.018.000,00 (UM MILHÃO E DEZOITO MIL REAIS).</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 30.000,00 PARA CUSTEAR DESPESAS COM O PROJETO &amp;#8220;MÚSICA NA ESCOLAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A AUMENTAR SUBVENÇÃO SOCIAL À ASI &amp;#8211; ASSOCIAÇÃO SANTOS INOCENTES (CIDADE DA CRIANÇA), NO VALOR DE ATÉ R$ 15.000,00</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 170.000,00 </t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A VENDA EM LEILÃO DE VEÍCULOS E SUCATAS REPUTADOS COMO DE RECUPERAÇÃO ANTIECONÔMICA PARA OS COFRES PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 925.000,00 (NOVECENTOS E VINTE E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 5.000,00 (CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 16.000,00 (DEZESSEIS MIL REAIS).</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 3.315,00 (TRÊS MIL, TREZENTOS E QUINZE REAIS).</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 24.000,00 (VINTE E QUATRO MIL REAIS).</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 4347/2017.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 243.500,00 (DUZENTOS E QUARENTA E TRÊS MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 50.000,00 (CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 107.000,00 (CENTO E_x000D_
 SETE MIL REAIS). _x000D_
 </t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CONCURSO FOTOGRÁFICO &amp;#8220;IRATI EM IMAGENS &amp;#8211;V CONCURSO FOTOGRÁFICO PE. TADEU DZIEDZIC E IV CONCURSO DE VÍDEO JOÃO WASILEWSKI&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO &amp;#8220;CONCURSO DE RAINHA E PRINCESAS DA 39ª FESTA DO PÊSSEGO&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMISSÃO DE CRÉDITOS TRIBUTÁRIOS RELATIVOS A IPTU, ISSQN E TAXAS LANÇADOS NOS EXERCÍCIOS DE 2013, 2014 E 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 2412/2006 E 3935/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO III DA LEI 1978/2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 2412/2006 COM ALTERAÇÕES DAS LEIS 3443/2012, 3935/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 135.500,00 (CENTO E TRINTA E CINCO MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.587.000,00 (UM MILHÃO, QUINHENTOS E OITENTA E SETE MIL REAIS).</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 125.000,00 (CENTO E VINTE E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 8.680,52 (OITO MIL, SEISCENTOS E OITENTA REAIS E CINQUENTA E DOIS CENTAVOS).</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf</t>
   </si>
   <si>
     <t>TEM POR OBJETIVO ADEQUAR O CONSÓRCIO INTERMUNICIPAL PARA DESENVOLVIMENTO REGIONAL &amp;#8211; CONDER AOS DITAMES DA LEI FEDERAL Nº 11.107/2005.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL POR DESAPROPRIAÇÃO PARA FINS DE REGULARIZAÇÃO JUNTO AO FNDE, DE DOMÍNIO DA ÁREA ONDE FOI CONSTRUÍDA A UNIDADE ESCOLAR DE GONÇALVES JUNIOR. </t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 589.450,00 REFERENTE RECURSOS RECEBIDOS DO MINISTÉRIO DA SAÚDE, POR MEIO DE EMENDAS PARLAMENTARES, PARA AQUISIÇÃO DE MATERIAIS E EQUIPAMENTOS PARA A ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">(SUBSTITUTIVO) - DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2018/2021. </t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf</t>
   </si>
   <si>
     <t>(SUBSTITUTIVO) - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIXAR VALOR MÍNIMO PARA PROPOSITURA DE EXECUÇÃO FISCAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5º DA LEI MUNICIPAL Nº 4182/2016, QUE INSTITUI O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DE IRATI PR &amp;#8211; CMDPD E O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E INSTITUI A CONFERÊNCIA MUNICIPAL E A ASSEMBLEIA DOS DIREITOS DA PESSOA COM DEFICIÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM REVERSÃO IMÓVEL, TENDO EM VISTA A SOLICITAÇÃO DA EMPRESA ENGEFIELD CONSTRUTORA LTDA. </t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM REVERSÃO IMÓVEL, TENDO EM VISTA A SOLICITAÇÃO DA EMPRESA ENGEFIELD CONSTRUTORA LTDA.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM A EMPRESA MUCHAU &amp; CIA LTDA &amp;#8211; EPP, PARA O COMÉRCIO ATACADISTA DE ALIMENTOS PARA ANIMAIS.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A TRANSFERIR EQUIPAMENTOS E MATERIAIS PERMANENTES À IRMANDADE DO HOSPITAL DE CARIDADE DE IRATI, NA IMPORTÂNCIA DE ATÉ R$ 100.000,00.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 422,90 M², PERTENCENTE AOS SENHORES: ELVIS PABIS, KATIA MARIA PABIS E KELEN CRISTINA PABIS, PARA ABERTURA DE RUA.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 595.000,00 (QUINHENTOS E NOVENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 22.000,00 (VINTE E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 140.000,00 (CENTO E QUARENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 30.000,00 (TRINTA MIL REAIS).</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 21.000,00 (VINTE E UM MIL REAIS).</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE APOIO À INOVAÇÃO E TECNOLOGIA.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 165.000,00 (CENTO E SESSENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 690.000,00 (SEISCENTOS E NOVENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 500.000,00 (QUINHENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA A PLANTA GENÉRICA DE VALORES (VALOR DO METRO QUADRADO - M² - VALORES DE EDIFICAÇÕES E TERRENOS) DA ÁREA URBANA E ALTERA A LEI MUNICIPAL 2347/2005.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 7º DA LEI 1922/2002, REFERENTE A CONTRIBUIÇÃO PARA CUSTEIO DA ILUMINAÇÃO PÚBLICA DOS IMÓVEIS NÃO EDIFICADOS.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 70,00, COM OBJETIVO DE FINALIZAR RECURSOS E POSTERIORMENTE EFETIVAR O ENCERRAMENTO DA CONTA BANCÁRIA EXISTENTE.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1823/1823_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1823/1823_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA R. K. KASCZUK &amp; CIA LTDA, PARA O COMÉRCIO A VAREJO DE PNEUMÁTICOS E CÂMARAS DE AR, MANUTENÇÃO, REPAROS, ALINHAMENTO E BALANCEAMENTO EM VEÍCULOS AUTOMOTORES.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1824/1824_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1824/1824_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE USO DE BEM MUNICIPAL COM EMPRESA WENDRECHOKI &amp;#8211; COMÉRCIO E DISTRIBUIÇÃO DE ALIMENTOS LTDA, DE TRÊS SALAS NO BARRACÃO DA INCUBADORA, NO CONDOMÍNIO INDUSTRIAL DA BR 277, PARA O COMÉRCIO ATACADISTA DE AVES ABATIDAS E DERIVADOS; LEITE E PRODUTOS ALIMENTÍCIOS. </t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1825/1825_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1825/1825_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ISSQN A FIM DE DIRIMIR BOA PARTE DE UMA DEFASAGEM ACUMULADA NOS ÚLTIMOS 13 MESES, ALTERANDO A LEI QUE DISPÕE SOBRE O IMPOSTO SOBRE SERVIÇO.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1826/1826_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1826/1826_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO NO LOTEAMENTO PABIS, COM A ÁREA DE 471 M², LOTE 16, COM ALACS &amp;#8211; ACADEMIA DE LETRAS, ARTES E CIÊNCIAS DO CENTRO-SUL DO PARANÁ, PARA CONSTRUÇÃO DE SUA SEDE PRÓPRIA.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1827/1827_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1827/1827_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 85.000,00 REFERENTE DEVOLUÇÃO DOS RENDIMENTOS SOBRE APLICAÇÕES FINANCEIRAS E SALDO RESIDUAL Ã UTILIZADO PELO CONVÊNIO, PARA POSTERIOR PRESTAÇÃO DE CONTAS.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1846/1846_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1846/1846_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE HABITAÇÃO DE INTERESSE_x000D_
 SOCIAL (SMHIS), A POLÍTICA MUNICIPAL DE HABITAÇÃO DE INTERESSE_x000D_
 SOCIAL (PMHIS), O CONSELHO MUNICIPAL DE HABITAÇÃO DE INTERESSE_x000D_
 SOCIAL (CMHIS), O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE_x000D_
 SOCIAL (FMHIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1847/1847_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1847/1847_texto_integral.pdf</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1848/1848_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1848/1848_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSIÇÕES DA LEI Nº 4341/2017, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1849/1849_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1849/1849_texto_integral.pdf</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1850/1850_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1850/1850_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 930.000,00 (NOVECENTOS E TRINTA MIL REAIS).</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1851/1851_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1851/1851_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 190.000,00 (CENTO E NOVENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1852/1852_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1852/1852_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1853/1853_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1853/1853_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO_x000D_
 VALOR DE ATÉ R$ 472.817,27 (QUATROCENTOS E SETENTA E DOIS MIL,_x000D_
 OITOCENTOS E DEZESSETE REAIS E VINTE E SETE CENTAVOS) E CRÉDITO_x000D_
 ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 8.456.345,38 (OITO_x000D_
 MILHÕES, QUATROCENTOS E CINQUENTA E SEIS MIL, TREZENTOS E QUARENTA E_x000D_
 CINCO REAIS E TRINTA E OITO CENTAVOS)</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1854/1854_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1854/1854_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IRATI.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A FERRAMENTA DE TRANSPARÊNCIA DAS DESPESAS DO MUNICÍPIO DENOMINADA &amp;#8220;VEJA IRATI&amp;#8221;.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DOS ESTABELECIMENTOS DE SAÚDE PÚBLICA E PRIVADA INSTALADOS MUNICÍPIO DE IRATI, A AFIXAÇÃO EM LUGAR VISÍVEL A LISTA COM NOME DOS MÉDICOS PLANTONISTAS, E TAMBÉM O NOME DOS RESPONSÁVEIS PELO PLANTÃO. </t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O &amp;#8220;CARTÃO PRIORIDADE&amp;#8221;, QUE ASSEGURA O DIREITO À PREFERÊNCIA DE ATENDIMENTO EM HOSPITAIS E UNIDADES DE SAÚDE SEDIADOS NO MUNICÍPIO DE IRATI, ÀS PESSOAS PORTADORAS DE DEFICIÊNCIA FÍSICA, SENSORIAL E/OU MENTAL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;02&amp;#8221;, DO LOTEAMENTO RESIDENCIAL &amp;#8220;CARTOM&amp;#8221;, NA VILA SÃO JOÃO, DE RUA ANTONIO CORDEIRO DA SILVA. </t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROÍBE O ABANDONO DE ANIMAIS DOMÉSTICOS OU DOMESTICADOS EM LOGRADOUROS PÚBLICOS OU ÁREAS PARTICULARES, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA RUAS DO LOTEAMENTO PINHEIROS, COMO INDICA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf</t>
   </si>
   <si>
     <t>NORMATIZA OS ATOS DE INAUGURAÇÃO DE OBRAS PÚBLICAS NO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROTEÇÃO E DEFESA DO USUÁRIO DE SERVIÇO PÚBLICO NO MUNICÍPIO DE IRATI-PR; REGULAMENTA AS RECLAMAÇÕES RELATIVAS AO SERVIÇO PÚBLICO EM GERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1496/1496_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1496/1496_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REPOSIÇÃO SALARIAL E AUMENTO REAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE IRATI &amp;#8211; PR. </t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;02&amp;#8221;, DO LOTEAMENTO PINHEIROS, DE RUA EUGÊNIO MANOEL MENDES.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>JOSÉ BODNAR, NEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;08), DO PARQUE INDUSTRIAL DO AEROPORTO, DE RUA JOSÉ JORGE ROGAL DE ANDRADE.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O CONSUMO DE BEBIDAS ALCOÓLICAS EM POSTOS COMBUSTÍVEIS NO MUNICÍPIO DE IRATI &amp;#8211; PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI À SENHORA AVANY CAGGIANO SANTOS.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR JOÃO WILSON FAUSTINI.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR JORGE AUGUSTO RAMOS.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR FREI ANTONINHO MARTINS FERREIRA.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>HELIO DE MELLO, MARCELO RODRIGUES, NIVALDO BARTOSKI, RONILDO ANTONIO PAMPUCH SUREK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A CARGA HORÁRIA DO CARGO DE TÉCNICO EM INFORMÁTICA DA CÂMARA MUNICIPAL DE IRATI E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR CLAUDEMIR BARBOSA LOURENÇO &amp;#8211; PASTOR NEI.  _x000D_
  </t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>ALBERTO SCHEREDA, HELIO DE MELLO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR JOÃO ZWAR.  _x000D_
  </t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE IRATI À SENHORA LEANDRE DAL PONTE.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A &amp;#8220;RUA PRINCIPAL&amp;#8221;, DO LOTEAMENTO BOGUCHESKI, LOCALIZADA NO DISTRITO DE GUAMIRIM, DE RUA CASEMIRO ZORECK. </t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A UNIDADE BÁSICA DE SAÚDE, LOCALIZADA NO CONJUNTO JOAQUIM ZARPELON, DE UBS DR. FRANÇOIS ABIB.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A UNIDADE BÁSICA DE SAÚDE, LOCALIZADA NO BAIRRO FÓSFORO, DE UBS ADEMAR NOVES.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DE CONSTRUÇÃO E OU SUBSTITUIÇÃO DE PASSEIOS NO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 3.191/2011, A QUAL CONCEDEU O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR RODRIGO ROCHA LOURES.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.docx</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A UNIDADE DE PRONTO ATENDIMENTO 24 HORAS, LOCALIZADA NA VILA SÃO JOÃO, DE UPA LOURIVAL LUIZ FORNAZARI. </t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 1432/1997 &amp;#8211; ESTABELECE NORMAS PARA INSTALAÇÃO DE FEIRAS NO MUNICÍPIO DE IRATI - PARANÁ &amp;#8211; E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA SEM DENOMINAÇÃO &amp;#8220;H&amp;#8221;, LOCALIZADA NO BAIRRO VILA SÃO JOÃO, DE RUA JOÃO LEORMI CECCON. </t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI A &amp;#8220;AGÊNCIA DE DESENVOLVIMENTO DAS REGIÕES SUL E CENTRO-SUL DO ESTADO DO PARANÁ &amp;#8211; ADECSUL&amp;#8221;.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>HELIO DE MELLO, NEI CABRAL, NIVALDO BARTOSKI</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI A &amp;#8220;ASSOCIAÇÃO COMUNITÁRIA BEIRA-RIO LINHA &amp;#8216;E&amp;#8217; DE ITAPARÁ &amp;#8211; &amp;#8220;ACOBRITA&amp;#8221;. </t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;SEM DENOMINAÇÃO&amp;#8221;, LOCALIZADA NO BAIRRO DER, DE RUA LADISLAU BONKI.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE IRATI A &amp;#8220;SEMANA MUNICIPAL DE ATENÇÃO A PRIMEIRA INFÂNCIA&amp;#8221;.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE IRATI A &amp;#8220;SEMANA MUNICIPAL DA PAZ&amp;#8221;. </t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ENTREGA DO ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE IRATI DO SERVIDOR MUNICIPAL DO MOMENTO DE SUA POSSE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 (PROPONENTE - SUPLENTE DOUGLAS CONRADO GOY)</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;8&amp;#8221;, LOCALIZADA NO LOTEAMENTO SÃO FRANCISCO I, BAIRRO CANISIANAS, DE RUA DOUTOR ANTONIO GOMES DA LUZ.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1791/1791_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1791/1791_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE IRATI, O &amp;#8220;DIA MUNICIPAL DO GAÚCHO&amp;#8221;.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR ANTENOR SPEGIORIN.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A PRAÇA DOS ESPORTES E DA CULTURA, LOCALIZADA NO CONJUNTO HABITACIONAL JOAQUIM ZARPELLON, BAIRRO VILA SÃO JOÃO, DE &amp;#8220;PEC VALMIR FERREIRA&amp;#8221;.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE CHEFE DE SECRETARIA NO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE IRATI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS NAS VIAS E LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PLANO MUNICIPAL DE CONSCIENTIZAÇÃO E PREVENÇÃO AO USO DE DROGAS E ENTORPECENTES NO ENSINO FUNDAMENTAL DO MUNICÍPIO DE IRATI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1828/1828_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1828/1828_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO LOTEAMENTO LAGO REAL, LOCALIZADO NO BAIRRO RIO BONITO, COMO SE INDICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1829/1829_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1829/1829_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;A&amp;#8221;, NO BAIRRO RIO BONITO, DE RUA ERNA VAN DER NEUT.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 74 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE IRATI, QUE DISPÕE SOBRE A DATA DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Propostas de Emendas</t>
   </si>
   <si>
     <t>ROGÉRIO LUIZ KUHN, EDSON LUIZ ELIAS, JOSÉ BODNAR, NEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.docx</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.docx</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À LEI ORGÂNICA DO MUNICÍPIO DE IRATI &amp;#8211; PR REFERENTES À TRANSIÇÃO ADMINISTRATIVA.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJA APRECIADA PELA MESA DIRETORA MINUTA DE PROJETO DE RESOLUÇÃO DESTINADO A ALTERAR O REGIMENTO INTERNO DESTA CASA DE LEIS, COM VISTAS A SUPRIMIR O SEU ART. 74, § 2º, CONFORME JUSTIFICATIVA QUE SEGUE E TEXTO EM ANEXO.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUERENDO QUE SEJAM PRESTADAS AS SEGUINTES INFORMAÇÕES, AS QUAIS DEVEM SER ENCAMINHADAS A ESTA CASA DE LEIS NO PRAZO LEGAL DISPOSTO NA LEI ORGÂNICA: - EXISTE PREVISÃO PARA FORNECIMENTO DO UNIFORME ESCOLAR, AINDA NESTE ANO DE 2017, PARA OS ALUNOS DA REDE PÚBLICA MUNICIPAL DE ENSINO? - EM CASO AFIRMATIVO, JÁ EXISTE PROCESSO LICITATÓRIO EM ANDAMENTO? - CASO JÁ HAJA LICITAÇÃO EM CURSO, SOLICITA-SE FOTOCÓPIA DO REFERIDO PROCESSO.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
@@ -5273,67 +5273,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1830/1830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1831/1831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1832/1832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1489/1489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1490/1490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1491/1491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1492/1492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1825/1825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1826/1826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1827/1827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1846/1846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1847/1847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1848/1848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1849/1849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1850/1850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1852/1852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1853/1853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1854/1854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1828/1828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1829/1829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1830/1830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1831/1831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1832/1832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1489/1489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1490/1490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1491/1491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1492/1492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1825/1825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1826/1826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1827/1827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1846/1846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1847/1847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1848/1848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1849/1849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1850/1850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1852/1852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1853/1853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1854/1854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1828/1828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1829/1829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H501"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="180" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>