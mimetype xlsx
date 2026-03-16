--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>HELIO DE MELLO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>APRESENTOU INDICAÇÃO SOLICITANDO QUE SEJA_x000D_
 ENVIADO OFÍCIO À SANEPAR, SOLICITANDO O EMPENHO DESTA COMPANHIA_x000D_
 PARA A REALIZAÇÃO DE IMPLANTAÇÃO DA REDE DE ABASTECIMENTO DE ÁGUA_x000D_
 NA LOCALIDADE DE CACHOEIRA DE PALMITAL, TENDO EM VISTA QUE NO LOCAL_x000D_
 JÁ EXISTE O POÇO ARTESIANO PERFURADO E A MELHORIA IRÁ BENEFICIAR_x000D_
 APROXIMADAMENTE 30 (TRINTA) FAMÍLIAS.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>APRESENTOU INDICAÇÃO SOLICITANDO QUE SEJA_x000D_
 ENVIADO OFÍCIO À SANEPAR, SOLICITANDO O EMPENHO DESTA COMPANHIA_x000D_
 PARA A REALIZAÇÃO DE UMA PARCERIA COM O GOVERNO ESTADUAL PARA_x000D_
 VIABILIZAR APOIO ÀS FAMÍLIAS DE BAIXA RENDA, DE NOSSO MUNICÍPIO, PARA_x000D_
 AQUISIÇÃO DE CAIXAS D&amp;#8217;ÁGUA, CONSIDERANDO QUE, COM GRANDE_x000D_
 FREQUÊNCIA, DETERMINADOS BAIRROS SÃO AFETADOS PELA FALTA DE ÁGUA,_x000D_
 PREJUDICANDO DE FORMA MAIS GRAVE AS FAMÍLIAS CARENTES, QUE EM SUA_x000D_
 MAIORIA, NÃO POSSUEM RESERVATÓRIO E FICAM DESABASTECIDAS.</t>
   </si>
@@ -1653,1760 +1653,1760 @@
     <t>145</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a colocação de placas sinalizando os perímetros escolares em todo o Município, visto que muitas escolas não possuem a devida sinalização, fazendo com que, muitas vezes, os motoristas abusem da velocidade nessas áreas, colocando em risco a integridade física de crianças e adolescentes._x000D_
 (AUTOR SUPLENTE DOUGLAS GOY)</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, agradecendo imensamente, em nome de toda a população, pela obra de calçamento na comunidade de Governador Ribas e pela reconstrução das pontes que ligam o Guamirim ao Pirapó e a comunidade de Campina do Guamirim até a PR 364. Agradecimento especial também pelos pontos de ônibus construídos na comunidade de Campina do Guamirim. A população das citadas comunidades está satisfeita com todas as melhorias e obras realizadas.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2049/2049_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2049/2049_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, REGISTRA E CONCEDE, MOÇÃO DE APLAUSOS ÀS EX-VEREADORAS DO MUNICÍPIO DE IRATI, SENHORAS: AVANY CAGGIANO SANTOS IEDA REGINA SCHIMALESKY WAYDZIK MARIA HELENA SEKULA SMOLKA MARIA ZULEIKA ONESKO OTÍLIA SETNARSKI SEVERINA PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2054/2054_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2054/2054_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IRATI, COM FUNDAMENTO NO ART. 124 DE SEU REGIMENTO INTERNO, ATRAVÉS DO VEREADOR JOSÉ BODNAR, REGISTRA E CONCEDE, MOÇÃO DE APLAUSOS AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE IRATI: ALESSANDRO TRYBEK E OSNEI ABEL LOPES.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2085/mocao_de_aplausos_003_-_diretores.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2085/mocao_de_aplausos_003_-_diretores.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal, com fundamento no art. 124 do Regimento Interno, registra e concede, através do Vereador Roni Surek, Moção de Aplausos aos: Diretores e Diretoras das Escolas Municipais, Coordenadores e Coordenadoras das Escolas Municipais, Coordenadores e Coordenadoras dos Centros Municipais de Educação Infantil, Presidentes das Associação de Pais, Mestres e Funcionários (APMF’s) das Escolas Municipais e CMEI’s.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_de_decreto_legislativo_001-2018_-_licen_g8dEvl3.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_de_decreto_legislativo_001-2018_-_licen_g8dEvl3.pdf</t>
   </si>
   <si>
     <t>Autoriza o Sr. Prefeito Municipal Jorge David Derbli Pinto a licenciar-se de seu cargo no período de 15 de outubro a 13 de novembro de 2018.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2187/projeto_de_decreto_legislativo_-_002-2018.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2187/projeto_de_decreto_legislativo_-_002-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo do Município de Irati/PR, referente ao exercício financeiro de 2013.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2188/projeto_de_decreto_legislativo_-_003-2018.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2188/projeto_de_decreto_legislativo_-_003-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo do Município de Irati/PR, referente ao exercício financeiro de 2014.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2189/projeto_de_decreto_legislativo_-_004-2018.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2189/projeto_de_decreto_legislativo_-_004-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo do Município de Irati/PR, referente ao exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1855/1855_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1855/1855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CRÉDITO ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 27.560.500,00  (VINTE E SETE MILHÕES QUINHENTOS E SESSENTA MIL, E QUINHENTOS REAIS) </t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1856/1856_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1856/1856_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 838.000,00 (OITOCENTOS E TRINTA E OITO MIL REAIS)</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1857/1857_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1857/1857_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 332.000,00 (TREZENTOS E_x000D_
 TRINTA E DOIS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1858/1858_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1858/1858_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 661.000,00 (SEISCENTOS E SESSENTA E UM MIL REAIS).</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1860/1860_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1860/1860_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 8.000,00 PARA PAGAMENTO DE HONORÁRIOS ADVOCATÍCIOS DE SUCUMBÊNCIA DA PARTE REMANESCENTE DE AÇÃO MOVIDA POR MARLY MARIA ALESSI MANEIRA, TRANSITADA EM JULGADO NO TRIBUNAL DE JUSTIÇA DO ESTADO.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1861/1861_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1861/1861_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER, EM REVERSÃO, IMÓVEL CONCEDIDO À ASSOCIAÇÃO ESPÍRITA JESUS E MARIA, HAJA VISTA O IMÓVEL NÃO SER UTILIZADO PELA REFERIDA ASSOCIAÇÃO. </t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1862/1862_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1862/1862_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1863/1863_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1863/1863_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 7.820.000,00 PARA EXECUÇÃO DAS ATIVIDADES DA SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1864/1864_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1864/1864_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL POR _x000D_
 DESAPROPRIAÇÃO COM A ÁREA DE 6.000,00 M2, PERTENCENTE AOS _x000D_
 HERDEIROS DA SENHORA ALICE THOMAZ LISBOA PARA CONSTRUÇÃO DE UMA _x000D_
 UNIDADE ESCOLAR NO VALOR DE ATÉ R$ 360.000,00 (TREZENTOS E SESSENTA _x000D_
 MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1865/1865_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1865/1865_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO À GUARDA MIRIM DE IRATI, NO VALOR DE ATÉ R$ 22.000,00 (VINTE E DOIS MIL REAIS). </t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1866/1866_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1866/1866_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL AO ASILO SANTA RITA NO VALOR DE ATÉ R$ 160.000,00 (CENTO E SESSENTA MIL REAIS). </t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1867/1867_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1867/1867_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUTIVO: _x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A /CONCEDER SUBVENÇÃO SOCIAL À ASI &amp;#8211; -  ASSOCIAÇÃO SANTOS INOCENTES &amp;#8211; CIDADE DA CRIANÇA NO VALOR DE ATÉ R$ 65.000,00._x000D_
  _x000D_
  </t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1868/1868_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1868/1868_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 5.381.000,00 (CINCO MILHÕES, TREZENTOS E OITENTA E UM MIL REAIS). </t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1869/1869_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1869/1869_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS). _x000D_
  </t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1885/1885_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1885/1885_texto_integral.pdf</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1892/1892_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1892/1892_texto_integral.pdf</t>
   </si>
   <si>
     <t>(SUBSTITUTIVO) - ALTERA O INCISO III DO ARTIGO 42 DA LEI MUNICIPAL Nº 2321/2005, QUE TRATA DO CUSTEIO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1893/1893_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1893/1893_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI Nº 3584/2012, QUE TEM POR OBJETO A CONCESSÃO DE USO DAS SALAS QUE INTEGRAM O PRÉDIO DA RODOVIÁRIA MUNICIPAL DE IRATI.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1894/1894_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1894/1894_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI, NO SERVIÇO PÚBLICO MUNICIPAL, A PRESTAÇÃO DE SERVIÇOS, SOB O REGIME DE PLANTÃO E SOBREAVISO, PARA ATENDER AS DIVERSAS DEMANDAS DE ALGUMAS SECRETARIAS MUNICIPAIS. </t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1895/1895_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1895/1895_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 4.800,00 M², PERTENCENTE AO ASILO SANTA RITA PARA ABERTURA DE RUA.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1896/1896_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1896/1896_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ESCAVADEIRA MODELO XE215BR &amp;#8211; XCMG, POTÊNCIA/ RPM/MIN (HP) 116/2000 (155), TORQUE MÁXIMO /RPM N.M 618/1500, ANO 2017.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1897/1897_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1897/1897_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS I &amp;#8211; TABELA DE USO DO SOLO E ANEXO II &amp;#8211; TABELA DE PARÂMETROS DE OCUPAÇÃO DO SOLO DA LEI Nº 4231/2016 &amp;#8211; LEI DE USO E OCUPAÇÃO DO SOLO URBANO E RURAL DO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS ARTIGOS 179, 181 E O ANEXO VI &amp;#8211; TABELA DE MULTAS DA LEI 4235/2016 &amp;#8211; LEI DE EDIFICAÇÕES E OBRAS DO MUNICÍPIO DE IRATI.   </t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1899/1899_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1899/1899_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$88.000,00 PARA A CIDADE DA CRIANÇA.   </t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1903/1903_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1903/1903_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER, EM DOAÇÃO, TRÊS PORTAS DE EMERGÊNCIA PARA O PAVILHÃO DE EXPOSIÇÕES JOÃO WASILEWSKI DA EMPRESA J. MENON CENTRO ESPORTIVO LTDA.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1904/1904_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1904/1904_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL PERTENCENTE À MUNICIPALIDADE COM A ASSOCIAÇÃO DE REPRESENTANTES E ÁRBITROS DE IRATI &amp;#8211; ARAI, PARA A INSTALAÇÃO DA SEDE PRÓPRIA.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1906/1906_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1906/1906_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER, EM REVERSÃO, IMÓVEL DA EMPRESA JANAINA GICELLE FERREIRA CECCON.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1907/1907_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1907/1907_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA QUE S/A MOAGEIRA E AGRÍCOLA PARA A FABRICAÇÃO DE RAÇÃO ANIMAL.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1908/1908_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1908/1908_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL R$ 10.000,00.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1915/1915_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1915/1915_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 406.000,00 AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE &amp;#8211; AMCESPAR, RECEBIDOS DO MINISTÉRIO DA SAÚDE, RELATIVO AO CAPS &amp;#8211; CENTRO DE ATENÇÃO PSICOSSOCIAL.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1916/1916_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1916/1916_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.436/2006, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1923/1923_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1923/1923_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 866.000,00 À SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1924/1924_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1924/1924_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.526.000,00.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1925/1925_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1925/1925_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 973.400,00 PARA EXECUÇÃO DE CONVÊNIOS DA SECRETARIA DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1926/1926_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1926/1926_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.440.000,00.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1927/1927_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1927/1927_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 34.300.000,00 PARA REFORÇAR AS PROJEÇÕES COM GASTOS DE PESSOAL COM A FOLHA DE PAGAMENTO ATÉ DEZEMBRO DE 2018, DAS DIVERSAS SECRETARIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1928/1928_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1928/1928_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.750.000,00.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1929/1929_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1929/1929_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.950.000,00.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1930/1930_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1930/1930_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O § 2º NO ART. 156 DA LEI Nº 4235/2016 &amp;#8211; QUE DISPÕE SOBRE AS EDIFICAÇÕES E OBRAS NO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1931/1931_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1931/1931_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O § 2º NO ART. 156 DA LEI Nº 4235/2016 &amp;#8211; QUE DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE IRATI.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1941/1941_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1941/1941_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRENO CORRESPONDENTE A 4.000M², PERTENCENTE AO JUVENTUS FUTEBOL CLUB PARA CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1950/1950_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1950/1950_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1951/1951_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1951/1951_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM EMPRESA LUIZ OKONOSKI &amp; CIA LTDA, INSCRITA NO CNPJ/MF SOB Nº 81.255.473/0001-31, NO CONDOMÍNIO INDUSTRIAL DA BR 277.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1952/1952_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1952/1952_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1953/1953_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1953/1953_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 750.000,00 PARA IMPLANTAÇÃO DE CÂMERAS DE SEGURANÇA DANDO APOIO E EQUIPANDO A GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1954/1954_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1954/1954_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 674.000,00 PARA IMPLANTAÇÃO DO PARQUE DA VILA SÃO JOÃO E REVITALIZAÇÃO DO PARQUE AQUÁTICO.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1955/1955_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1955/1955_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 255.000,00 PARA REALIZAÇÃO DE REFORMAS NA ESCOLA DO RIO DO COURO.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1956/1956_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1956/1956_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.200.000,00 PARA AQUISIÇÃO DE VEÍCULOS E PAVIMENTAÇÃO E RECAPE DE VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1957/1957_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1957/1957_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.755.000,00 PARA AQUISIÇÃO DE EQUIPAMENTOS RODOVIÁRIOS (RETROESCAVADEIRAS E CAMINHÕES).</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1958/1958_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1958/1958_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 3.000.000,00 PARA CONSTRUÇÃO DO CENTRO DE EVENTOS ATRAVÉS DO CONVÊNIO COM A SEDU/PARANACIDADE.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1959/1959_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1959/1959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 730.000,00 VISANDO CONTEMPLAR CONVÊNIOS FIRMADOS COM OS GOVERNOS FEDERAL E ESTADUAL. </t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1964/1964_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1964/1964_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 2.100.000,00.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1965/1965_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1965/1965_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 120.000,00.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1966/1966_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1966/1966_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.118.200,00.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1967/1967_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1967/1967_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 2.049.000,00.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1968/1968_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1968/1968_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 290.000,00.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1969/1969_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1969/1969_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 768.000,00.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1970/1970_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1970/1970_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DE FORMA LINEAR.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1971/1971_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1971/1971_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O PISO SALARIAL MÍNIMO DOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1972/1972_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1972/1972_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1973/1973_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1973/1973_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR ACORDO AMIGÁVEL COM MARISTELA DE SOUZA DECORRENTE DE ACIDENTE AUTOMOBILÍSTICO CAUSADO POR VEÍCULO DE PROPRIEDADE DO PATRIMÔNIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1981/1981_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1981/1981_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO _x000D_
 DE USO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE _x000D_
 IRATI. _x000D_
  </t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1982/1982_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1982/1982_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO _x000D_
 ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.274.500,00 _x000D_
 (UM MILHÃO DUZENTOS E SETENTA E QUATRO MIL E QUINHENTOS _x000D_
 REAIS). _x000D_
  </t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1992/1992_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1992/1992_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO À CRIANÇA E AO ADOLESCENTE DO MUNICÍPIO DE IRATI, CONFERÊNCIA MUNICIPAL DOS DIREITOS DA CRIANÇA E AO ADOLESCENTE, CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE (CMDCA), COLEGIADO DE ADOLESCENTES OBSERVADORES (CAO), FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE (FMDCA) E CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1993/1993_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1993/1993_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR CONCESSÃO DE DIREITO REAL DE USO DE BEM MUNICIPAL COM A SEIVA &amp;#8211; ASSOCIAÇÃO ASSISTENCIAL PARA ESTUDO, INSTRUÇÃO E VIVÊNCIA APOMÉTRICA.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1998/1998_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1998/1998_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 74 MIL.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1999/1999_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1999/1999_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 100 MIL.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2000/2000_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2000/2000_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 170 MIL.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2001/2001_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2001/2001_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 800 MIL.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2002/2002_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2002/2002_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.100.000,00.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2020/2020_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2020/2020_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 1.900.000,00.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2021/2021_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2021/2021_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA DE TERRA DE SUA PROPRIEDADE À COMPANHIA DE HABITAÇÃO DO PARANÁ &amp;#8211; COHAPAR PARA DESENVOLVIMENTO DE PROGRAMA HABITACIONAL.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2024/2024_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2024/2024_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM _x000D_
 REVERSÃO, IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2025/2025_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2025/2025_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 205.000,00.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2026/2026_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2026/2026_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 49.400,00 VISANDO A DEVOLUÇÃO DE SOBRA DE RECURSOS DE CONVÊNIOS ESTADUAIS QUE ESTÃO SENDO FINALIZADOS.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2027/2027_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2027/2027_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 1.310,00.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2028/2028_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2028/2028_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE ATÉ R$ 930.000,00.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2029/2029_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2029/2029_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 3.000,00 A SER REPASSADO À INSTITUIÇÃO DE LONGA PERMANÊNCIA SANTA RITA.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2047/2047_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2047/2047_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI A SOCIEDADE UCRANIANO-BRASILEIRA DE IRATI &amp;#8211; SUBRASI.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2048/2048_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2048/2048_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ART. 2º E ART.18 DA LEI Nº 3992/2015, VISANDO ADEQUAR A PRESENTE LEGISLAÇÃO MUNICIPAL À REALIDADE SÓCIO-EDUCATIVA-PEDAGÓGICA DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2050/2050_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2050/2050_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO AO CONCURSO FOTOGRÁFICO &amp;#8220;IRATI EM IMAGENS &amp;#8211; VI CONCURSO FOTOGRÁFICO PE. TADEU DZIEDZIC&amp;#8221; E &amp;#8220;V CONCURSO DE VÍDEO JOÃO WASILEWSKI&amp;#8221;.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2051/2051_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2051/2051_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE ATÉ R$ 175.000,00 OS QUAIS SERÃO REPASSADOS AO PROVOPAR MUNICIPAL. </t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2052/2052_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2052/2052_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI AS CORES OFICIAIS DOS BENS PÚBLICOS DO MUNICÍPIO DE IRATI &amp;#8211; ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2053/2053_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2053/2053_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE EDUCAÇÃO POPULAR EM SAÚDE, VALORIZANDO OS SABERES POPULARES, A ANCESTRALIDADE, O INCENTIVO, A PRODUÇÃO INDIVIDUAL E A COLETIVA DE CONHECIMENTOS E SUA INSERÇÃO NO SISTEMA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2055/pl084_-_familia_acolhedora.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2055/pl084_-_familia_acolhedora.pdf</t>
   </si>
   <si>
     <t>Institui o serviço de acolhimento em família acolhedora no Município de Irati.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2056/pl085_-_creditos_245.000_-_saude.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2056/pl085_-_creditos_245.000_-_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial na importância de até R$ 245.000,00 destinado ao Fundo Municipal de Saúde, rubrica orçamentária para “Obras e Instalações”.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2061/pl086_-_termo_cessao_comunidade_bethania_veiculo_up.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2061/pl086_-_termo_cessao_comunidade_bethania_veiculo_up.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cessão de Uso com a Comunidade Bethânia Recanto Irati.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2062/pl087_-_operacao_de_credito_banco_do_brasil_2.527.16888.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2062/pl087_-_operacao_de_credito_banco_do_brasil_2.527.16888.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito com o Banco do Brasil S.A, no valor de até R$ 2.527.168,88 para aquisição de equipamentos.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2073/pl088_-altera_lei_cmdca.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2073/pl088_-altera_lei_cmdca.pdf</t>
   </si>
   <si>
     <t>Revoga os incisos II, III e V do art. 97 e altera o § 2º do art. 105, ambos da Lei Municipal nº 4.513/2018 que dispõe sobre a Política Municipal de Atendimento à Criança e ao Adolescente (CMDCA).</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2074/pl089_-_creditos_7.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2074/pl089_-_creditos_7.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 7.000,00 visando a devolução de saldos financeiros de convênio firmado.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2075/pl090_-_creditos_19.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2075/pl090_-_creditos_19.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 19.000,00 visando a devolução de saldos financeiros de convênios firmados.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 81.000,00 visando reforças as dotações orçamentárias para a Secretaria de Bem Estar Social.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2077/pl092_-_creditos_255.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2077/pl092_-_creditos_255.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 255.000,00 para despesas com equipamentos em geral para a Secretaria de Saúde.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2078/pl093_-_creditos_100.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2078/pl093_-_creditos_100.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 100.000,00 para despesas diversas do FUNREBOM.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2079/pl094_-_creditos_35.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2079/pl094_-_creditos_35.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 35.000,00 visando abrir crédito especial para despesas com equipamentos para a Secretaria Municipal de Saúde, especificamente advindos do convênio da Unidade Básica de Saúde da Lagoa.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 320.000,00 visando reforçar as dotações orçamentárias, sendo elas com despesas de obrigações patronais de folha de pagamento da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2081/pl096_-_creditos_33.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2081/pl096_-_creditos_33.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial no valor de até R$ 33.000,00 visando a devolução de saldos financeiros de convênios firmado com o FNDE.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder premiação ao Projeto “Eu Faço a Minha Parte” organizado pela Guarda Municipal juntamente com a Secretaria Municipal de Educação; Segurança Pública e Cidadania e Iratran.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2101/pl098_-_parcelamento_caps.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2101/pl098_-_parcelamento_caps.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do município de Irati com seu Regime Próprio da Previdência Social – CAPSIRATI.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2102/pl099_-_licitacao_empresa_conservacao_veiculaca_VVcplXQ.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2102/pl099_-_licitacao_empresa_conservacao_veiculaca_VVcplXQ.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder, mediante licitação, a empresa ou consórcio de empresas, a instalação, manutenção, conservação e veiculação de publicidades em lixeiras, contentores de lixo, bancos e pontos de ônibus.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2103/pl100_-_samu.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2103/pl100_-_samu.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções celebrado com Municípios da Região dos Campos Gerais e autoriza o ingresso do Município de IRATI-PR no CONSÓRCIO INTERMUNICIPAL SAMU CAMPOS GERAIS - CIMSAMU e dá outras providências</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2104/pl101_-_creditos_70.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2104/pl101_-_creditos_70.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial na importância de até R$ 70.000,00 para compra de equipamentos e materiais permanentes ao Conselho Tutelar.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2105/pl102_-_altera_lei_conselho_de_saude.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2105/pl102_-_altera_lei_conselho_de_saude.pdf</t>
   </si>
   <si>
     <t>Altera incisos dos artigos 2º, 3º, 5º, 7º da Lei nº 2813, que institui o Conselho Municipal de Saúde.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2119/pl103_-_creditos_305.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2119/pl103_-_creditos_305.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial na importância de até R$ 305.000,00 destinado para projetos/ atividades da Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2120/pl104_-_agrovila_colheita_de_especies_exoticas_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2120/pl104_-_agrovila_colheita_de_especies_exoticas_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a colheita de árvores exóticas localizada no terreno de propriedade do Município de Irati, na localidade denominada AGROVILA, e dá outras providências.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2127/pl105_-_aumenta_subvencao_guarda_mirim_v3u534S.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2127/pl105_-_aumenta_subvencao_guarda_mirim_v3u534S.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a aumentar a subvenção à Guarda Mirim de Irati e abrir crédito adicional suplementar na importância de até R$ 40.000,00.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2128/pl106_-_aumenta_subvencao_asi.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2128/pl106_-_aumenta_subvencao_asi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a aumentar a subvenção à ASI – Associação Santos Inocentes (Cidade da Criança) e abrir crédito adicional especial e suplementar na importância de até R$ 88.000,00.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2129/pl107_-_reparo_danos_causado_veiculo_prefeitura.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2129/pl107_-_reparo_danos_causado_veiculo_prefeitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal reparar os danos materiais causados ao imóvel de propriedade do senhor Aldemir Sobanski.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2130/pl108_-_receber_em_doacao_asfalto_cbuq_acome.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2130/pl108_-_receber_em_doacao_asfalto_cbuq_acome.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em doação 297,04 toneladas de CBUQ da Empresa Acome do Brasil Ltda para pavimentação asfáltica da Rua Antônio dos Santos e parte da Rua Vereador François Abib.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2131/pl109_-_creditos_15.000_-_planejamento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2131/pl109_-_creditos_15.000_-_planejamento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial na importância de até R$ 15.000,00.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2132/pl110_-_creditos_2.500.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2132/pl110_-_creditos_2.500.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial e suplementar na importância de até R$ 2.400.000,00 como projeção de gastos até o final de mês de dezembro de 2018.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2136/pl111_-_orcamento_loa_-_2019_tvmO7du.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2136/pl111_-_orcamento_loa_-_2019_tvmO7du.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa despesa do Município de Irati para o exercício de 2019, que é o instrumento que realiza as metas e prioridades estabelecidas na LDO, descrito por um conjunto de ações a serem realizadas para atender à sociedade, e também, onde se estabelece a previsão de todas as receitas a serem arrecadadas no exercício financeiro e a fixação de todos os gastos que os órgãos estão autorizados a executar.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2138/pl112_-_receber_em_doacao_bandeira_do_brasil.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2138/pl112_-_receber_em_doacao_bandeira_do_brasil.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em doação dos senhores Pedro Choma Neto, Alcides Lupepsa, Enezito Ruppel, Jaime Zarpellon, Jerson C. Rebesco, José S. da Silveira, Luis Duílio Fillus, Osmar Gonçalves Heraki e Sergio Edgard Fenianos Gomes, uma Bandeira do Brasil para a Praça “Edgard Andrade Gomes”.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2139/pl113_-_altera_lei_servico_inspecao_municipal_1381.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2139/pl113_-_altera_lei_servico_inspecao_municipal_1381.pdf</t>
   </si>
   <si>
     <t>Altera a alínea e do art. 2º: o caput do art. 3º e alíneas; inciso II do art. 9º; alíneas ‘a’, ‘b’, ‘c’, ‘d’ e parágrafo único do art. 11; art. 14; art. 15; art.16 e, acrescenta o art.18, todos da Lei nº 1381/1996 – Serviço de Inspeção Municipal.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2140/pl114_-_termo_cessao_consorcio_veiculo_van.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2140/pl114_-_termo_cessao_consorcio_veiculo_van.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Cessão de Uso de um veículo com o Consórcio Intermunicipal de Saúde/ Cis Amcespar, com o objetivo de atender o transporte dos pacientes da “Atenção Básica”, inseridos no fluxo da “Assistência Médica Pós Tratamento Quimioterápico e Radioterápico.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2141/pl115_-_creditos_150.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2141/pl115_-_creditos_150.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional suplementar e especial no valor de até R$ 150.000,00 para reforma da Casa Lar, localizada na Rua. Dr. Correia (espaço próprio do Município).</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2142/pl116_-_creditos_85.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2142/pl116_-_creditos_85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional especial na importância de até R$ 85.000,00 para dar cobertura às despesas com a aquisição de merenda escolar.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2144/pl117_-_institui_o_dia_do_bombeiro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2144/pl117_-_institui_o_dia_do_bombeiro.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Bombeiro de Irati no âmbito do Município de Irati e nada mais justo que marcar esta data com a data de instituição do Corpo de Bombeiros em Irati o dia 8 de dezembro.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2145/pl118_-_contribuicao_de_melhoria_pavimentacao_asfaltica.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2145/pl118_-_contribuicao_de_melhoria_pavimentacao_asfaltica.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza a cobrança de Contribuição de Melhoria da obra de pavimentação asfáltica da Ra Nestor Clair, no bairro Canisianas.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2146/pl119_-_creditos_1.298.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2146/pl119_-_creditos_1.298.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir créditos adicionais especiais e suplementares na importância de até R$1.298.000,00 para dar cobertura orçamentária às ações de custeio da Iluminação Pública, Programas da Secretaria Municipal de Esportes e Lazer e atividades institucionais do Funrebom – Irati.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2147/pl120_-_doacao_materias_de_construcao_unicentro_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2147/pl120_-_doacao_materias_de_construcao_unicentro_irati.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a doação de materiais de construção para a Universidade Estadual do Centro Oeste – Unicentro / Campus Irati, destinado para a realização de melhorias nas instalações da Incubadora Tecnológica.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2148/pl121_-_substitutivo_parcelamento_programa_recu_LBuFXt0.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2148/pl121_-_substitutivo_parcelamento_programa_recu_LBuFXt0.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo - Institui o Programa de Recuperação Financeira, no Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2169/pl122_-_substitutivo_termo_concessao_de_direito_ci49FyM.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2169/pl122_-_substitutivo_termo_concessao_de_direito_ci49FyM.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Concessão de Uso com a APAE - Associação de Pais e Amigos dos Excepcionais de Irati.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2170/pl123_-_creditos_5.000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2170/pl123_-_creditos_5.000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial na importância de até R$ 5.628.276,14.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2171/pl124_-_subvencao_asi.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2171/pl124_-_subvencao_asi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a aumentar subvenção social à ASI – Associação Santos Inocentes – Cidade da Criança no valor de até R$ 30.000,00.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2172/pl125_-_creditos_305.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2172/pl125_-_creditos_305.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial na importância de até R$ 350.050,00.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2173/pl126_-_creditos_100.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2173/pl126_-_creditos_100.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar na importância de até R$ 100.000,00.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2176/pl127_-_creditos_363_zOYxtPu.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2176/pl127_-_creditos_363_zOYxtPu.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional Especial na importância de até R$ 363.000,00 (trezentos e sessenta e três mil reais).</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2182/pl128-_operacao_de_credito_banco_do_brasil_2.527.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2182/pl128-_operacao_de_credito_banco_do_brasil_2.527.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito em com o Banco do Brasil S.A, e dá outras providências.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2183/pl129-_credito_bb_2.527.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2183/pl129-_credito_bb_2.527.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial no valor de até R$ 2.527.168,88.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2184/pl130-_operacao_de_credito_banco_do_brasil_1.571.656.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2184/pl130-_operacao_de_credito_banco_do_brasil_1.571.656.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A e dá outras providências.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2185/pl131_-_credito_2.527.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2185/pl131_-_credito_2.527.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial no valor de até R$ 1.571.656,00.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2186/pl132_-_creditos_1.305.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2186/pl132_-_creditos_1.305.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no importância de até R$ 1.305.000,00.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2194/pl133_-_creditos_137.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2194/pl133_-_creditos_137.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial na importância de até R$ 137.000,00 com o objetivo de devolver o saldo remanescente do Convênio CT 1003250-81/2012 – Pavimentação Daniel Moreira, para posterior prestação de contas e encerramento da conta bancária.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2195/pl134_-_creditos_34.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2195/pl134_-_creditos_34.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial na importância de até R$ 34.768,00 para possibilitar o zeramento de saldos bancários residuais de fontes de recursos que já tiveram seu objeto concluído, conforme orientação do Tribunal de Contas.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2196/pl135_-_altera_lei_2321_caps.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2196/pl135_-_altera_lei_2321_caps.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º da Lei Municipal nº 2321 de 24 de novembro de 2005, que trata da Reestruturação do Regime Próprio de Previdência Social do Município de Irati – Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2197/pl136_-_atualiza_planta_generica_iptu_e_itbi.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2197/pl136_-_atualiza_planta_generica_iptu_e_itbi.pdf</t>
   </si>
   <si>
     <t>Atualiza a Planta Genérica de Valores (Valor do metro quadrado – m² - Valores de Edificações e Terrenos) da Área Urbana e altera a Lei Municipal 2347/2005.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2198/pl137_-_plano_de_cargos_-_substitutivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2198/pl137_-_plano_de_cargos_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>(SUBSTITUTIVO) - Dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2199/pl138_-_aumenta_carga_horaria_advogados.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2199/pl138_-_aumenta_carga_horaria_advogados.pdf</t>
   </si>
   <si>
     <t>Autoriza o aumento da carga horária dos ocupantes do cargo efetivo de Advogado.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do Município de Irati com seu Regime Próprio de Previdência Social – CAPSIRATI e dá outras providências.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2201/pl140_-_creditos_2.735.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2201/pl140_-_creditos_2.735.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir crédito adicional suplementar e especial na importância de até R$ 2.735.000,00 visando a suplementação de dotações orçamentárias com o objetivo de que possam suprir as despesas até o mês de dezembro/2018.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2202/pl141_-_convencao_de_condominio_aciai_terceiro__9Tr05ef.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2202/pl141_-_convencao_de_condominio_aciai_terceiro__9Tr05ef.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir convenção de condomínio do Edifício Virgílio Moreira com a ACIAI – Associação Comercial e Empresarial de Irati.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2216/pl142_-_permuta_daniel_rebesco_capela_mortuaria_lagoa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2216/pl142_-_permuta_daniel_rebesco_capela_mortuaria_lagoa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a permutar área de terreno, situado no bairro Lagoa com Daniel Rebesco.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2217/pl143_-_permuta_valdenei_dal_santo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2217/pl143_-_permuta_valdenei_dal_santo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a permutar área de terreno, de propriedade do Município, localizado na Avenida Vicente Machado, com área de terreno de propriedade de Valdenei Dal Santo, localizada no Loteamento Santa Terezinha III.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2219/pl144_-_cohapar.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2219/pl144_-_cohapar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar áreade terra de sua propriedade à Companhia de Habitação do_x000D_
 Paraná - COHAPAR para desenvolvimento de programa habitacional e dá outras providências.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1884/1884_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1884/1884_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A &amp;#8220;ASSOCIAÇÃO IRATIENSE DE CICLISMO&amp;#8221;.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1905/1905_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1905/1905_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI DIRETRIZES PARA A POLÍTICA PÚBLICA PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM AUTISMO, NO ÂMBITO DO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1942/1942_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1942/1942_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA &amp;#8220;EMPRESA AMIGA DA ESCOLA&amp;#8221; NO MUNICÍPIO DE IRATI, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>ROGÉRIO LUIZ KUHN</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1960/1960_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1960/1960_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA NO MUNICÍPIO DE IRATI-PR A &amp;#8220;ACADEMIA DE LETRAS, ARTES E CIÊNCIAS DO CENTRO-SUL DO PARANÁ - ALACS&amp;#8221;.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>HELIO DE MELLO, MARCELO RODRIGUES, NIVALDO BARTOSKI, RONILDO ANTONIO PAMPUCH SUREK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1961/1961_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1961/1961_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE IRATI &amp;#8211; PR.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1983/1983_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1983/1983_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO CALENDÁRIO OFICIAL DE FERIADOS DO MUNICÍPIO DE IRATI, O DIA 27 DE NOVEMBRO, EM COMEMORAÇÃO AO DIA DE NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1984/1984_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1984/1984_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;C&amp;#8221;, LOCALIZADA NO LOTEAMENTO SÃO JOSÉ, NO BAIRRO DER, DE RUA MARLI MARTINS RODRIGUES.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1985/1985_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1985/1985_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA &amp;#8220;D&amp;#8221;, LOCALIZADA NO LOTEAMENTO SÃO JOSÉ, NO BAIRRO DER, DE RUA JURACY RODRIGUES.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2003/2003_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2003/2003_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DO MUNICÍPIO DE IRATI AO SENHOR MÁRIO SPAKI.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2004/2004_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2004/2004_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR NELSON BUENO DA SILVA. </t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2005/2005_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2005/2005_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE IRATI À SENHORA SEVERINA PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2006/2006_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2006/2006_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DO MUNICÍPIO DE IRATI À SENHORA LENITA RUVA.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2007/2007_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2007/2007_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE IRATI AO SENHOR ORLANDO SCHIMALESKY.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>RONILDO ANTONIO PAMPUCH SUREK, JOSÉ BODNAR</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2030/2030_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2030/2030_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;E&amp;#8221;, LOCALIZADA NO LOTEAMENTO FAMÍLIA THOMAZ, NO BAIRRO VILA NOVA, DE RUA ALEXANDRE DE GODOY ROCHA. </t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2031/2031_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2031/2031_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A RUA &amp;#8220;D&amp;#8221;, LOCALIZADA NO LOTEAMENTO FAMÍLIA THOMAZ, NO BAIRRO VILA NOVA, DE RUA EDEMILSON COUTINHO. </t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2032/2032_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2032/2032_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DO MUNICÍPIO DE IRATI AO SENHOR JOSÉ MARIA GRACIA ARAÚJO. </t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2033/2033_texto_integral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2033/2033_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 3.868/2014, QUE DENOMINA A RUA ELVINO LAROCA.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2063/pl_018_-_semana_de_combate_a_violencia_contra_a_mulher.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2063/pl_018_-_semana_de_combate_a_violencia_contra_a_mulher.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a “Semana Municipal de Combate à violência doméstica e Familiar contra a Mulher” no Município de Irati, e dá outras providências._x000D_
 (Autor Suplente Jorge Luís Zen)</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2064/pl_019_-_up_associacao_esportiva_iratiense.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2064/pl_019_-_up_associacao_esportiva_iratiense.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação Esportiva Iratiense”.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2065/pl_020_-_up_associacao_sabao_ecologico.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2065/pl_020_-_up_associacao_sabao_ecologico.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação das Mulheres Artesãs de Sabão Ecológico de Engenheiro Gutierrez – AMASEG”.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2083/pl_021_-_obrigatoriedade_da_divulgacao_de_lista_6jpsB11.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2083/pl_021_-_obrigatoriedade_da_divulgacao_de_lista_6jpsB11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação de listagens de pacientes que aguardam por consultas com especialistas, exames e procedimentos cirúrgicos na rede pública municipal de saúde do Município de Irati, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2084/pl_022_-_up_associacao_tenis_de_mesa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2084/pl_022_-_up_associacao_tenis_de_mesa.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação de Tênis de Mesa de Irati – ATEMI”.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2106/pl_023_-_cidadao_honorario_celio_reni_seidel_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2106/pl_023_-_cidadao_honorario_celio_reni_seidel_1.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Celio Reni Seidel.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/pl_024_-_denomina_alameda_ariosto_guimaraes_teixeira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/pl_024_-_denomina_alameda_ariosto_guimaraes_teixeira.pdf</t>
   </si>
   <si>
     <t>Denomina a Alameda “01”, localizada na área industrial da BR 277, de Alameda Ariosto Guimarães Teixeira.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2114/pl_025_-_denomina_rua_benedito_elias_teixeira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2114/pl_025_-_denomina_rua_benedito_elias_teixeira.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua sem denominação “SD”, localizada no Loteamento Flamboyant, no bairro Lagoa, de Rua Benedito Elias Teixeira.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2168/pl_026_-_up_associacao_de_moradores_de_eng_gutierrez.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2168/pl_026_-_up_associacao_de_moradores_de_eng_gutierrez.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati a “Associação de Moradores de Engenheiro Gutierrez”.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2203/pl_027_-_pomar_urbano.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2203/pl_027_-_pomar_urbano.pdf</t>
   </si>
   <si>
     <t>Cria o “Projeto Pomar Urbano” em áreas públicas do Município de Irati, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2204/pl_028_-transmissao_via_internet_das_licitacoes_1q2dyYY.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2204/pl_028_-transmissao_via_internet_das_licitacoes_1q2dyYY.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transmissão ao vivo, via internet, das sessões das licitações públicas realizadas pelos Poderes Executivo e Legislativo do Município de Irati.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2205/pl_029_-_lista_de_servidores_interessados_em_re_mcsbjJr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2205/pl_029_-_lista_de_servidores_interessados_em_re_mcsbjJr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de publicação pela Administração Municipal, no Portal de Transparência, de listas dos servidores interessados em relotação e remoção a pedido._x000D_
 (AUTOR: Suplente Douglas Goy)</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2206/pl_030_-_demonstrativo_da_arrecadacao_e_destina_4SmSQs9.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2206/pl_030_-_demonstrativo_da_arrecadacao_e_destina_4SmSQs9.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de publicação pela Administração Municipal, no Portal de Transparência, as informações sobre a aplicação dos recursos derivados de multas de trânsito no âmbito municipal. _x000D_
 (AUTOR: Suplente Douglas Goy)</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2207/pl_031_-_institui_o_dia_municipal_de_combate_a__w3z0Hkc.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2207/pl_031_-_institui_o_dia_municipal_de_combate_a__w3z0Hkc.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Irati, o “Dia Municipal da Luta contra à Corrupção”.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2208/pl_032_-_obrigatoriedade_da_apresentacao_da_car_KtLvnaz.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2208/pl_032_-_obrigatoriedade_da_apresentacao_da_car_KtLvnaz.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da apresentação da carteira de vacinação no ato da matrícula nas instituições da Rede Municipal de Ensino, e dá outras providências. _x000D_
 (AUTOR: Suplente Douglas Goy)</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2220/pl_033_-_veda_a_denominacao_de_logradouros_publicos_....pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2220/pl_033_-_veda_a_denominacao_de_logradouros_publicos_....pdf</t>
   </si>
   <si>
     <t>Veda a denominação de bens e logradouros públicos aos que forem condenador pelas atividades ilícitas mencionadas.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2118/projeto_de_resolucao_001_-_diarias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2118/projeto_de_resolucao_001_-_diarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as viagens oficiais e a concessão de diárias a vereadores e servidores do Poder Legislativo de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2143/projeto_de_resolucao_002_-_regimento_interno_pa_RIRBtFT.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2143/projeto_de_resolucao_002_-_regimento_interno_pa_RIRBtFT.pdf</t>
   </si>
   <si>
     <t>Institui o Regimento Interno da Câmara Municipal de Irati – Estado do Paraná”.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>APRESENTOU REQUERIMENTO SOLICITANDO_x000D_
 QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUERENDO QUE SEJAM_x000D_
 PRESTADAS AS SEGUINTES INFORMAÇÕES, AS QUAIS DEVEM SER_x000D_
 ENCAMINHADAS A ESTA CASA DE LEIS NO PRAZO LEGAL DISPOSTO NA LEI_x000D_
 ORGÂNICA: - QUAL O VALOR ARRECADADO (MENSALMENTE) COM O _x000D_
 ESTACIONAMENTO REGULAMENTADO &amp;#8211; ESTAR &amp;#8211; DURANTE O ANO DE 2017?_x000D_
 - QUAL O NÚMERO DE MULTAS APLICADAS PELO MUNICÍPIO E O VALOR DA_x000D_
 ARRECADAÇÃO COM AS MESMAS, MÊS A MÊS NO ANO DE 2017?</t>
   </si>
   <si>
     <t>1874</t>
@@ -4056,67 +4056,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2085/mocao_de_aplausos_003_-_diretores.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_de_decreto_legislativo_001-2018_-_licen_g8dEvl3.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2187/projeto_de_decreto_legislativo_-_002-2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2188/projeto_de_decreto_legislativo_-_003-2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2189/projeto_de_decreto_legislativo_-_004-2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1855/1855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1856/1856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1857/1857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1858/1858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1860/1860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1861/1861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1863/1863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1864/1864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1865/1865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1868/1868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1869/1869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1885/1885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1892/1892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1893/1893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1895/1895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1896/1896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1897/1897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1899/1899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1903/1903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1904/1904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1906/1906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1907/1907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1908/1908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1916/1916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1923/1923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1924/1924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1925/1925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1926/1926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1928/1928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1929/1929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1930/1930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1941/1941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1951/1951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1952/1952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1954/1954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1955/1955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1958/1958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1959/1959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1964/1964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1966/1966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1967/1967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1968/1968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1970/1970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1971/1971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1972/1972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1973/1973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1981/1981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1982/1982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1992/1992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1993/1993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1999/1999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2000/2000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2001/2001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2002/2002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2020/2020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2021/2021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2024/2024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2025/2025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2026/2026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2027/2027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2028/2028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2055/pl084_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2056/pl085_-_creditos_245.000_-_saude.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2061/pl086_-_termo_cessao_comunidade_bethania_veiculo_up.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2062/pl087_-_operacao_de_credito_banco_do_brasil_2.527.16888.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2073/pl088_-altera_lei_cmdca.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2074/pl089_-_creditos_7.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2075/pl090_-_creditos_19.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2077/pl092_-_creditos_255.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2078/pl093_-_creditos_100.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2079/pl094_-_creditos_35.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2081/pl096_-_creditos_33.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2101/pl098_-_parcelamento_caps.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2102/pl099_-_licitacao_empresa_conservacao_veiculaca_VVcplXQ.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2103/pl100_-_samu.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2104/pl101_-_creditos_70.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2105/pl102_-_altera_lei_conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2119/pl103_-_creditos_305.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2120/pl104_-_agrovila_colheita_de_especies_exoticas_1.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2127/pl105_-_aumenta_subvencao_guarda_mirim_v3u534S.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2128/pl106_-_aumenta_subvencao_asi.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2129/pl107_-_reparo_danos_causado_veiculo_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2130/pl108_-_receber_em_doacao_asfalto_cbuq_acome.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2131/pl109_-_creditos_15.000_-_planejamento.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2132/pl110_-_creditos_2.500.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2136/pl111_-_orcamento_loa_-_2019_tvmO7du.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2138/pl112_-_receber_em_doacao_bandeira_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2139/pl113_-_altera_lei_servico_inspecao_municipal_1381.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2140/pl114_-_termo_cessao_consorcio_veiculo_van.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2141/pl115_-_creditos_150.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2142/pl116_-_creditos_85.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2144/pl117_-_institui_o_dia_do_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2145/pl118_-_contribuicao_de_melhoria_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2146/pl119_-_creditos_1.298.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2147/pl120_-_doacao_materias_de_construcao_unicentro_irati.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2148/pl121_-_substitutivo_parcelamento_programa_recu_LBuFXt0.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2169/pl122_-_substitutivo_termo_concessao_de_direito_ci49FyM.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2170/pl123_-_creditos_5.000.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2171/pl124_-_subvencao_asi.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2172/pl125_-_creditos_305.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2173/pl126_-_creditos_100.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2176/pl127_-_creditos_363_zOYxtPu.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2182/pl128-_operacao_de_credito_banco_do_brasil_2.527.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2183/pl129-_credito_bb_2.527.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2184/pl130-_operacao_de_credito_banco_do_brasil_1.571.656.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2185/pl131_-_credito_2.527.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2186/pl132_-_creditos_1.305.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2194/pl133_-_creditos_137.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2195/pl134_-_creditos_34.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2196/pl135_-_altera_lei_2321_caps.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2197/pl136_-_atualiza_planta_generica_iptu_e_itbi.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2198/pl137_-_plano_de_cargos_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2199/pl138_-_aumenta_carga_horaria_advogados.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2201/pl140_-_creditos_2.735.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2202/pl141_-_convencao_de_condominio_aciai_terceiro__9Tr05ef.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2216/pl142_-_permuta_daniel_rebesco_capela_mortuaria_lagoa.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2217/pl143_-_permuta_valdenei_dal_santo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2219/pl144_-_cohapar.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1905/1905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1942/1942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1960/1960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1961/1961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1983/1983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1984/1984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1985/1985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2003/2003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2004/2004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2006/2006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2007/2007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2063/pl_018_-_semana_de_combate_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2064/pl_019_-_up_associacao_esportiva_iratiense.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2065/pl_020_-_up_associacao_sabao_ecologico.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2083/pl_021_-_obrigatoriedade_da_divulgacao_de_lista_6jpsB11.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2084/pl_022_-_up_associacao_tenis_de_mesa.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2106/pl_023_-_cidadao_honorario_celio_reni_seidel_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/pl_024_-_denomina_alameda_ariosto_guimaraes_teixeira.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2114/pl_025_-_denomina_rua_benedito_elias_teixeira.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2168/pl_026_-_up_associacao_de_moradores_de_eng_gutierrez.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2203/pl_027_-_pomar_urbano.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2204/pl_028_-transmissao_via_internet_das_licitacoes_1q2dyYY.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2205/pl_029_-_lista_de_servidores_interessados_em_re_mcsbjJr.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2206/pl_030_-_demonstrativo_da_arrecadacao_e_destina_4SmSQs9.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2207/pl_031_-_institui_o_dia_municipal_de_combate_a__w3z0Hkc.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2208/pl_032_-_obrigatoriedade_da_apresentacao_da_car_KtLvnaz.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2220/pl_033_-_veda_a_denominacao_de_logradouros_publicos_....pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2118/projeto_de_resolucao_001_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2143/projeto_de_resolucao_002_-_regimento_interno_pa_RIRBtFT.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2085/mocao_de_aplausos_003_-_diretores.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_de_decreto_legislativo_001-2018_-_licen_g8dEvl3.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2187/projeto_de_decreto_legislativo_-_002-2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2188/projeto_de_decreto_legislativo_-_003-2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2189/projeto_de_decreto_legislativo_-_004-2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1855/1855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1856/1856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1857/1857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1858/1858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1860/1860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1861/1861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1863/1863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1864/1864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1865/1865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1868/1868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1869/1869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1885/1885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1892/1892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1893/1893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1895/1895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1896/1896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1897/1897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1899/1899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1903/1903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1904/1904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1906/1906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1907/1907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1908/1908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1916/1916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1923/1923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1924/1924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1925/1925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1926/1926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1928/1928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1929/1929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1930/1930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1941/1941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1951/1951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1952/1952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1954/1954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1955/1955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1958/1958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1959/1959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1964/1964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1966/1966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1967/1967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1968/1968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1970/1970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1971/1971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1972/1972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1973/1973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1981/1981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1982/1982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1992/1992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1993/1993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1999/1999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2000/2000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2001/2001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2002/2002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2020/2020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2021/2021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2024/2024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2025/2025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2026/2026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2027/2027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2028/2028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2055/pl084_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2056/pl085_-_creditos_245.000_-_saude.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2061/pl086_-_termo_cessao_comunidade_bethania_veiculo_up.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2062/pl087_-_operacao_de_credito_banco_do_brasil_2.527.16888.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2073/pl088_-altera_lei_cmdca.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2074/pl089_-_creditos_7.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2075/pl090_-_creditos_19.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2077/pl092_-_creditos_255.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2078/pl093_-_creditos_100.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2079/pl094_-_creditos_35.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2081/pl096_-_creditos_33.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2101/pl098_-_parcelamento_caps.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2102/pl099_-_licitacao_empresa_conservacao_veiculaca_VVcplXQ.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2103/pl100_-_samu.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2104/pl101_-_creditos_70.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2105/pl102_-_altera_lei_conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2119/pl103_-_creditos_305.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2120/pl104_-_agrovila_colheita_de_especies_exoticas_1.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2127/pl105_-_aumenta_subvencao_guarda_mirim_v3u534S.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2128/pl106_-_aumenta_subvencao_asi.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2129/pl107_-_reparo_danos_causado_veiculo_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2130/pl108_-_receber_em_doacao_asfalto_cbuq_acome.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2131/pl109_-_creditos_15.000_-_planejamento.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2132/pl110_-_creditos_2.500.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2136/pl111_-_orcamento_loa_-_2019_tvmO7du.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2138/pl112_-_receber_em_doacao_bandeira_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2139/pl113_-_altera_lei_servico_inspecao_municipal_1381.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2140/pl114_-_termo_cessao_consorcio_veiculo_van.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2141/pl115_-_creditos_150.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2142/pl116_-_creditos_85.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2144/pl117_-_institui_o_dia_do_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2145/pl118_-_contribuicao_de_melhoria_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2146/pl119_-_creditos_1.298.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2147/pl120_-_doacao_materias_de_construcao_unicentro_irati.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2148/pl121_-_substitutivo_parcelamento_programa_recu_LBuFXt0.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2169/pl122_-_substitutivo_termo_concessao_de_direito_ci49FyM.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2170/pl123_-_creditos_5.000.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2171/pl124_-_subvencao_asi.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2172/pl125_-_creditos_305.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2173/pl126_-_creditos_100.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2176/pl127_-_creditos_363_zOYxtPu.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2182/pl128-_operacao_de_credito_banco_do_brasil_2.527.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2183/pl129-_credito_bb_2.527.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2184/pl130-_operacao_de_credito_banco_do_brasil_1.571.656.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2185/pl131_-_credito_2.527.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2186/pl132_-_creditos_1.305.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2194/pl133_-_creditos_137.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2195/pl134_-_creditos_34.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2196/pl135_-_altera_lei_2321_caps.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2197/pl136_-_atualiza_planta_generica_iptu_e_itbi.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2198/pl137_-_plano_de_cargos_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2199/pl138_-_aumenta_carga_horaria_advogados.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2201/pl140_-_creditos_2.735.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2202/pl141_-_convencao_de_condominio_aciai_terceiro__9Tr05ef.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2216/pl142_-_permuta_daniel_rebesco_capela_mortuaria_lagoa.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2217/pl143_-_permuta_valdenei_dal_santo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2219/pl144_-_cohapar.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1905/1905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1942/1942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1960/1960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1961/1961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1983/1983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1984/1984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/1985/1985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2003/2003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2004/2004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2006/2006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2007/2007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/./sapl/public/materialegislativa/2018/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2063/pl_018_-_semana_de_combate_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2064/pl_019_-_up_associacao_esportiva_iratiense.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2065/pl_020_-_up_associacao_sabao_ecologico.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2083/pl_021_-_obrigatoriedade_da_divulgacao_de_lista_6jpsB11.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2084/pl_022_-_up_associacao_tenis_de_mesa.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2106/pl_023_-_cidadao_honorario_celio_reni_seidel_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2113/pl_024_-_denomina_alameda_ariosto_guimaraes_teixeira.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2114/pl_025_-_denomina_rua_benedito_elias_teixeira.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2168/pl_026_-_up_associacao_de_moradores_de_eng_gutierrez.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2203/pl_027_-_pomar_urbano.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2204/pl_028_-transmissao_via_internet_das_licitacoes_1q2dyYY.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2205/pl_029_-_lista_de_servidores_interessados_em_re_mcsbjJr.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2206/pl_030_-_demonstrativo_da_arrecadacao_e_destina_4SmSQs9.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2207/pl_031_-_institui_o_dia_municipal_de_combate_a__w3z0Hkc.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2208/pl_032_-_obrigatoriedade_da_apresentacao_da_car_KtLvnaz.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2220/pl_033_-_veda_a_denominacao_de_logradouros_publicos_....pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2118/projeto_de_resolucao_001_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2018/2143/projeto_de_resolucao_002_-_regimento_interno_pa_RIRBtFT.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H365"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>