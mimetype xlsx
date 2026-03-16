--- v0 (2025-12-09)
+++ v1 (2026-03-16)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício à Companhia de Saneamento do Paraná - SANEPAR, sugerindo a realização de melhorias no atual sistema de abastecimento de água da Comunidade de Volta Grande, especialmente com a incorporação do poço artesiano já existente ao sistema da Sanepar. O pedido é uma reivindicação dos moradores da localidade e irá beneficiar cerca de 38 (trinta e oito famílias), serviço que representará grande melhoria na qualidade de vida de toda comunidade.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de estudos para implantação de travessias elevadas na Rua Nossa Senhora de Fátima (em frente à Farmácia Maxifarma) e na Rua Antonio Cavalim (nas proximidades do Ravanello). As vias mencionadas apresentam considerável fluxo de pessoas e veículos, sendo, portanto, a melhoria necessária para garantir a segurança e a integridade física de pedestres e motoristas.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>EDSON LUIZ ELIAS</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de patrolamento e cascalhamento na estrada que dá acesso à Cachoeira do Pinho de Baixo. O pedido se justifica pela situação da referida via, que está bastante deteriorada, comprometendo a segurança de seus usuários.</t>
   </si>
@@ -1479,1072 +1479,1072 @@
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que sejam realizados serviços para adequação da estrada principal de Gonçalves Junior até Itapará, onde, por falta de conservação, está ocorrendo dificuldade de acesso aos condutores e moradores.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a implantação de travessias elevadas em frente à Escola São Miguel, à Igreja e ao Armazém do Rogério Conrado, todas no Distrito de Itapará. Os referidos redutores de velocidade são medidas de extrema importância para a segurança de todos que transitam pelos locais.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>NEI CABRAL, ALBERTO SCHEREDA, JOSÉ BODNAR, WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2882/projeto_de_decreto_legislativo_-_001-2020_-_licenca_prefeito.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2882/projeto_de_decreto_legislativo_-_001-2020_-_licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Sr. Prefeito Municipal Jorge David Derbli Pinto a licenciar-se de seu cargo no período de 22 a 31 de dezembro de 2020.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2613/pl001_-_substitutivo_-_2785_altera_conselho_educacao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2613/pl001_-_substitutivo_-_2785_altera_conselho_educacao.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO - Dispõe sobre alterações da Lei n° 2785, de 19 de agosto de 2008 que institui o Conselho Municipal de Educação do Município de Irati.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/pl002_-_doa_area_acordo_judicial_francisco_shanaider.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/pl002_-_doa_area_acordo_judicial_francisco_shanaider.pdf</t>
   </si>
   <si>
     <t>Autoriza celebrar acordo judicial nos Autos nº 0001727-57.2015.8.16.0095, que tramita na 1ª Vara da Fazenda Pública da Comarca de Irati-PR.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/pl003_-_licenca_maternidade_adocao_altera_lei_2321_1045_e_2928.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/pl003_-_licenca_maternidade_adocao_altera_lei_2321_1045_e_2928.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 20 da Lei Municipal nº 2.321/2005 e artigo 101 da Lei 1045/1991, que trata sobre a licença maternidade de mães gestantes e adotantes.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2636/pl004_-_credito_16.811.000_diversos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2636/pl004_-_credito_16.811.000_diversos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial e suplementar na importância de até R$ 16.811.000,00.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/pl005_-_doacao_terreno_forum.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/pl005_-_doacao_terreno_forum.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóvel ao Poder Judiciário do Estado do Paraná.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/pl006_-_subvencao_anapci.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/pl006_-_subvencao_anapci.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à Anapci, e abrir crédito adicional especial no valor de até R$ 80.000,00.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/pl007_-_subvencao_guarda_mirim.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/pl007_-_subvencao_guarda_mirim.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à Guarda Mirim, e abrir crédito adicional especial no valor de até R$ 80.000,00.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/pl008-_creditos_535.000_agricultura.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/pl008-_creditos_535.000_agricultura.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial na importância de até R$ 535.000,00.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/pl009-_creditos_1.341.500_assistencia_social.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/pl009-_creditos_1.341.500_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial e suplementar na importância de até R$ 1.341.500,00.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/pl010-_creditos_170.000_conder.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/pl010-_creditos_170.000_conder.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial na importância de até R$ 170.000,00.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/pl011-_creditos_1.000.000_fundeb.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/pl011-_creditos_1.000.000_fundeb.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial na importância de até R$ 1.000.000,00.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/pl012_-_permuta_mitra_capela_vila_rural.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/pl012_-_permuta_mitra_capela_vila_rural.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a permutar área de terra que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/pl013_-_subvencao_asi.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/pl013_-_subvencao_asi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à Associação Santos Inocentes, e abrir crédito adicional especial no valor de até R$ 35.000,00.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/pl014_-_previdencia_caps_altera_leis_2321_4512_contribuicao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/pl014_-_previdencia_caps_altera_leis_2321_4512_contribuicao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei nº 2321/2005, de 24 de novembro de 2005, com alterações da Lei nº 4512/2018, de 15 de junho de 2018, que dispõe sobre o Regime Próprio da Previdência Social dos Servidores do Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/pl015_-_altera_gestao_animal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/pl015_-_altera_gestao_animal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações da Lei nº 4233/2016 – Política Municipal de Gestão Animal do Município de Irati.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/pl016-_creditos_1.625.000.000_coronavirus.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/pl016-_creditos_1.625.000.000_coronavirus.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Suplementar na importância de até R$ 1.625.000,00 (um milhão, seiscentos e vinte e cinco mil reais).</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/pl017_-_prorroga_iss_covid_19.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/pl017_-_prorroga_iss_covid_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prorrogação do pagamento do Imposto sobre Serviços de Qualquer Natureza – ISS, como medida excepcional de combate aos efeitos da pandemia gerada pela Covid -19 na população iratiense.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/pl018_-_creditos_1.455.000_assistencia_social.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/pl018_-_creditos_1.455.000_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial e suplementar na importância de até R$ 1,455.000,00.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/pl019_-_bonificacao_servidores_saude_35000_-_covid_19.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/pl019_-_bonificacao_servidores_saude_35000_-_covid_19.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder bonificação aos servidores e empregados públicos vinculados ao combate da pandemia convid-19 e dá outras providencias._x000D_
 (PROJETO RETIRADO DE PAUTA A PEDIDO DO EXECUTIVO)</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/pl020_-_creditos_4.500.000_-_finisa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/pl020_-_creditos_4.500.000_-_finisa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar na importância de até R$ 4.500.000,00.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/pl021_-_contribuicao_melhoria_rua_iapo_-_jardim_virginia.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/pl021_-_contribuicao_melhoria_rua_iapo_-_jardim_virginia.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza a cobrança de Contribuição de Melhoria da obra de pavimentação asfáltica da Rua Iapó, no bairro Jardim Virginia.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/pl022_-_reposicao_salarial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/pl022_-_reposicao_salarial.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial aos servidores públicos municipais de forma linear, fixa o piso e dá outras providências.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/pl023_-_creditos_145.000_assistencia_social.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/pl023_-_creditos_145.000_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial e Suplementar na importância de até R$ 145.000,00 (cento e quarenta e cinco mil reais).</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/pl024_-_credito_adicional_10.500.000_paranacidade.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/pl024_-_credito_adicional_10.500.000_paranacidade.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no valor de até R$ 10.500.000,00 (dez milhões e quinhentos mil reais).</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/pl025_-_reestruturacao_associacao_prair.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/pl025_-_reestruturacao_associacao_prair.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Reestruturação de Associações e dá outras providências.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/pl026_-_ldo_2021_orcamento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/pl026_-_ldo_2021_orcamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/pl027_-_substitutivo_caps_amortizacao_deficit_atuarial_previdencia.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/pl027_-_substitutivo_caps_amortizacao_deficit_atuarial_previdencia.pdf</t>
   </si>
   <si>
     <t>(SUBSTITUTIVO) -Dispõe sobre a forma de amortização de déficit técnico atuarial d acordo com a Portaria MF nº 464/2018 – custo suplementar da Previdência Social dos Servidores do Município de Irati – CAPSIRATI, mediante atualização anual, revoga a Lei 4512/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 4235/2016 (Lei de Edificações e Obras) e a Lei Municipal n° 4231/2016 (Lei de Uso e Ocupação do Solo).</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/pl029_-_revoga_lei_que_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/pl029_-_revoga_lei_que_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/pl030_-_altera_lei_2176_estrutura_habitacao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/pl030_-_altera_lei_2176_estrutura_habitacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.176/2004 que dispõe sobre a Estrutura Administrativa da Prefeitura do Município de Irati.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/pl031_-_prorroga_isencao_iptu.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/pl031_-_prorroga_isencao_iptu.pdf</t>
   </si>
   <si>
     <t>Prorroga a validade da isenção do IPTU para o exercício 2021 dos aposentados e pensionistas e dá outras providências.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/pl032_-_receber_doacao_anapci_veiculo_ambulancia.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/pl032_-_receber_doacao_anapci_veiculo_ambulancia.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal receber em doação da ANAPCI, um veículo tipo ambulância, e dá outras providências.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/pl033_-_receber_doacao_sesi_modulos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/pl033_-_receber_doacao_sesi_modulos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal receber em doação módulos do “Projeto Sesi Indústria do Conhecimento”.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/pl034_-_suspensao_contribuicao_patronal_previdencia_caps.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/pl034_-_suspensao_contribuicao_patronal_previdencia_caps.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a suspender o recolhimento das contribuições previdenciárias patronais ao RPPS – Regime Próprio de Previdência Social e a contribuição adicional do Município ao RPPS – Regime Próprio de Previdência Social.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/pl035_-_contribuicao_de_melhoria_travessa_irma_helena_olek.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/pl035_-_contribuicao_de_melhoria_travessa_irma_helena_olek.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza a cobrança de Contribuição de Melhoria da obra de pavimentação asfáltica da Travessa Irmã Helena Olek, no bairro Stroparo.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/pl036_-_altera_4231_anexo_uso_e_ocupacao_do_solo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/pl036_-_altera_4231_anexo_uso_e_ocupacao_do_solo.pdf</t>
   </si>
   <si>
     <t>Altera o anexo III – Mapa de Uso e Ocupação do Solo Urbano da Lei nº 4231/2016 e suas alterações – Uso e Ocupação do Solo Urbano do Município d Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/pl037_-_reversao_agro_mult.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/pl037_-_reversao_agro_mult.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber em reversão, imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/pl038_-_convenio_br_153_radio_transmissao_guarda_ministerio_da_justica_e_seguranca.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/pl038_-_convenio_br_153_radio_transmissao_guarda_ministerio_da_justica_e_seguranca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Ministério da Justiça e Segurança Pública, representado pelo Departamento de Polícia Rodoviária Federal, objetivando o compartilhamento do serviço de transmissão da rede digital de rádio comunicação da PRF para uso da Guarda Municipal de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/pl039_-_alteracao_4234_parcelamento_do_solo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/pl039_-_alteracao_4234_parcelamento_do_solo.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafos ao artigo da Lei nº 4234 – Parcelamento do solo para fins urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/pl040_-_juventude_conselho_conferencia_e_fundo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/pl040_-_juventude_conselho_conferencia_e_fundo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Conferência Municipal da Juventude, Conselho Municipal da Juventude, Fundo Municipal da Juventude e dá outras providências.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/pl041_-_esporte_conselho_conferencia_e_fundo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/pl041_-_esporte_conselho_conferencia_e_fundo.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Esporte e Lazer, a Conferência Municipal de Esporte e Lazer e o Fundo Municipal de Esporte e Lazer e dá outras providências.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/pl042_-_loa_2021_orcamento_anexos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/pl042_-_loa_2021_orcamento_anexos.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de IRATI, para o Exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/pl043_-_altera_ldo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/pl043_-_altera_ldo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 4.802/2020 - Lei de Diretrizes Orçamentárias para o exercício financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/pl044_-_altera_ppa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/pl044_-_altera_ppa.pdf</t>
   </si>
   <si>
     <t>Faz adequações no Plano Plurianual, aprovado pela Lei n° 4435/2017, e dá outras providências.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2836/pl045_-_creditos_403.805_estradas_vicinais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2836/pl045_-_creditos_403.805_estradas_vicinais.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional Especial na importância de até R$ 403.805,00.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2837/pl046_-_desafetacao_e_permuta_uiara.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2837/pl046_-_desafetacao_e_permuta_uiara.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação e a permuta de área pública, bem como dá outras providências.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2838/pl047_-_desafetacao_e_permuta_ariela_de_fatima_gondro_araujo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2838/pl047_-_desafetacao_e_permuta_ariela_de_fatima_gondro_araujo.pdf</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2852/pl048_-_desaferacao_e_permuta_angela_e_joao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2852/pl048_-_desaferacao_e_permuta_angela_e_joao.pdf</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2853/pl049_-_credito_50.000_caps.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2853/pl049_-_credito_50.000_caps.pdf</t>
   </si>
   <si>
     <t>Autoriza Abertura de Crédito Especial na importância de até R$ 50.000,00.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2854/pl050_-_credito_90.000_assistencia_social.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2854/pl050_-_credito_90.000_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial na importância de até R$ 90.000,00.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2855/pl051_-_credito_50.000_conder_agricultura.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2855/pl051_-_credito_50.000_conder_agricultura.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial na importância de até R$ 50.000,00.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2856/pl052_-_altera_anexo_4231_uso_e_ocupacao_do_solo_coronel_pires_e_outros.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2856/pl052_-_altera_anexo_4231_uso_e_ocupacao_do_solo_coronel_pires_e_outros.pdf</t>
   </si>
   <si>
     <t>Altera o anexo III – Mapa de Uso e Ocupação do Solo Urbano da Lei nº 4231/2016 e suas alterações – Uso e Ocupação do Solo Urbano do Município de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2857/pl053_-_subvencao_apae_-_assist_social.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2857/pl053_-_subvencao_apae_-_assist_social.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção a Associação de Pais e Amigos dos Excepcionais de Irati, no valor de até R$ 100.000,00.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2858/pl054_-_caps_previdencia_suspende_pagamento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2858/pl054_-_caps_previdencia_suspende_pagamento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a suspender o recolhimento das contribuições previdenciárias patronais ao RPPS – Regime Próprio da Previdência Social e a contribuição adicional do Município ao RPPS.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2876/pl055_-_desapropriacao_escola_sao_waldomiro_e_escola_professora_vilma_rossa_bartiechen_associacao_imaculada_virgem_maria.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2876/pl055_-_desapropriacao_escola_sao_waldomiro_e_escola_professora_vilma_rossa_bartiechen_associacao_imaculada_virgem_maria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir, por desapropriação, fração ideal de imóvel de propriedade da Associação Imaculada Virgem Maria.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2618/pl_001_-_cidadao_benemerito_anselmo_stadykoski.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2618/pl_001_-_cidadao_benemerito_anselmo_stadykoski.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito do Município de Irati ao Senhor Anselmo Stadykoski.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>ROGÉRIO LUIZ KUHN, RONILDO ANTONIO PAMPUCH SUREK</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/pl_002_-_proibe_queima_de_fogos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/pl_002_-_proibe_queima_de_fogos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do manuseio, utilização, queima e soltura de fogos de estampido e de artifício e artefatos pirotécnicos de alto impacto ou com efeito sonoro ruidoso no perímetro urbano do Município de Irati -PR.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/pl_003_-_cidadao_honorario_dr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/pl_003_-_cidadao_honorario_dr.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Dr. Luiz Ernesto Pujol.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/pl_004_-_up_associacao_arautos_do_bem.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/pl_004_-_up_associacao_arautos_do_bem.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública do Município de Irati-PR a “Associação Filantrópica Arautos do Bem de Irati – AFABI”.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>NEI CABRAL, EDSON LUIZ ELIAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/pl_005_-_denomina_barracao_esportivo_vadico_cabral.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/pl_005_-_denomina_barracao_esportivo_vadico_cabral.pdf</t>
   </si>
   <si>
     <t>Denomina o Espaço Esportivo Municipal, localizado no Estádio Municipal Abrahm Nagib Nejm, de “Espaço Esportivo Vadico Cabral”.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/pl_006_-_denomina_ubs_enf_izabel_maria_batista.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/pl_006_-_denomina_ubs_enf_izabel_maria_batista.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade de Saúde do bairro Rio Bonito, de “UBS Enfermeira Izabel Maria Batista”.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/pl_007_-_denomina_cmei_sirlei_n_brandalize.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/pl_007_-_denomina_cmei_sirlei_n_brandalize.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro Municipal de Educação Infantil, em construção na Av. Teixeira Soares esquina com a Rua Virgínio Trevisan, bairro Rio Bonito, de “CMEI Professora Sirlei Nedopetalski Brandalise”.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/pl_008_-_reposicao_servidores.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/pl_008_-_reposicao_servidores.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial aos servidores da Câmara Municipal de Irati -PR.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/pl_009_-_denomina_a_quadra_esportiva_da_escola_mun_franciso_v_de_araujo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/pl_009_-_denomina_a_quadra_esportiva_da_escola_mun_franciso_v_de_araujo.pdf</t>
   </si>
   <si>
     <t>Denomina a quadra de esportes da Escola Municipal Francisco Vieira de Araújo de “Quadra Esportiva Andrey Lucas de Oliveira”.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/pl_010_-_denomina_estrada_rural_antoninho_zanlorensi.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/pl_010_-_denomina_estrada_rural_antoninho_zanlorensi.pdf</t>
   </si>
   <si>
     <t>Denomina a via pública rural do Pinho de Baixo de “Estrada Municipal Antoninho Zanlorensi”.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/pl_011_-_denomina_ubs_gaspar_valenga.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/pl_011_-_denomina_ubs_gaspar_valenga.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde do bairro Riozinho de “USB Gaspar Valenga”.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/pl_012_-_dispoe_sobre_o_processo_de_transicao_de_mandato_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/pl_012_-_dispoe_sobre_o_processo_de_transicao_de_mandato_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o processo de transição de mandato no governo local, a instituição de equipe de transição pelo candidato eleito para o cargo de Prefeito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/pl_013_-_acessibilidade_cemiterios.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/pl_013_-_acessibilidade_cemiterios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia de acessibilidade a ser observada pelos cemitérios públicos e privados no Município de Irati – Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/pl_014_-_denomina_rua_francisco_luiz_vieira_neto.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/pl_014_-_denomina_rua_francisco_luiz_vieira_neto.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “07”, do Loteamento Vila Verde, de RUA FRANCISCO LUIZ VIEIRA NETO.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/pl_015_-_dispoe_sobre_o_descarte_de_acumuladores_de_energia.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/pl_015_-_dispoe_sobre_o_descarte_de_acumuladores_de_energia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o descarte consciente, para recolhimento e destinação de lâmpadas, pilhas, baterias comuns, baterias de celular e outros tipos de acumuladores de energia no âmbito do Município de Irati, Estado do Paraná.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/pl_016_-_denomina_parque_da_vila_sao_joao_de_joao_maria_rodrigues_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/pl_016_-_denomina_parque_da_vila_sao_joao_de_joao_maria_rodrigues_1.pdf</t>
   </si>
   <si>
     <t>Denomina o Parque da Vila São João, localizado na Rua Rodolfo Yurk Júnior, de “Parque João Maria Rodrigues”.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/pl_017_-_denomina_rua_teofilo_brunikoski.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/pl_017_-_denomina_rua_teofilo_brunikoski.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Sem Denominação, no Loteamento Margarida, de RUA TEOFILO BRUNIKOSKI.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/pl_018_-_institui_premio_mulheres_empreendedora.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/pl_018_-_institui_premio_mulheres_empreendedora.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Irati-PR o Prêmio Mulheres Empreendedoras de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/pl_019_-_denomina_rua_elio_santos_de_souza.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/pl_019_-_denomina_rua_elio_santos_de_souza.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Sem Denominação, no Loteamento Margarida, de Rua Elio Santos de Souza.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/pl_020_-_denomina_cmei_pastor_abilio_alves_de_araujo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/pl_020_-_denomina_cmei_pastor_abilio_alves_de_araujo.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro Municipal de Educação Infantil do bairro Dallegrave, de “CMEI Pastor Abílio Alves de Araujo”.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/pl_021_-_denomina_rua_venadete_ap_carneiro_aziliero.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/pl_021_-_denomina_rua_venadete_ap_carneiro_aziliero.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “13”, do Loteamento Vila Verde, de Rua Venadete Aparecida Carneiro Aziliero.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/pl_022_-_denomina_ubs_guamirim_maria_da_luz_vieira_da_silva.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/pl_022_-_denomina_ubs_guamirim_maria_da_luz_vieira_da_silva.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde do Distrito de Guamirim, de “UBS Maria da Luz Vieira da Silva”.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/pl_023_-_denomina_rua_lothario_anderson.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/pl_023_-_denomina_rua_lothario_anderson.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “11”, do Loteamento Vila Verde, da Rua Lhotário Anderson.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/pl_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/pl_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Irati para o período de 2021/2024.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/pl_025_-_fixa_os_subsidios_dos_vereadores.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/pl_025_-_fixa_os_subsidios_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Irati para a próxima Legislatura e dá outras providências.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/pl_026_-_denomina_rua_joao_carlos_stroparo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/pl_026_-_denomina_rua_joao_carlos_stroparo.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Sem Denominação, no Loteamento Margarida, de Rua João Carlos Stroparo.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/pl_027_-_altera_denominacao_da_rua_cuba_para_rua_mauricio_castro_dos_santos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/pl_027_-_altera_denominacao_da_rua_cuba_para_rua_mauricio_castro_dos_santos.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Cuba, localizada em Engenheiro Gutierrez, para Rua Maurício Castro dos Santos.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/pl_028_-_altera_denominacao_da_rua_costa_rica_para_rua_antonio_cultom.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/pl_028_-_altera_denominacao_da_rua_costa_rica_para_rua_antonio_cultom.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Costa Rica, localizada em Engenheiro Gutierrez, para Rua Antônio Cultom.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/pl_029_-_denomina_rua_eurides_passos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/pl_029_-_denomina_rua_eurides_passos.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “01” do Loteamento Santa Monica no bairro Vila São João, de Rua Eurides Passos.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/pl_030_-_denomina_rua_amadeu_ferreira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/pl_030_-_denomina_rua_amadeu_ferreira.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “02” do Loteamento Santa Mônica no bairro Vila São João, de Rua Amadeu Ferreira.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/pl_031_-_denomina_terminal_turistico_amadeu_ferreira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/pl_031_-_denomina_terminal_turistico_amadeu_ferreira.pdf</t>
   </si>
   <si>
     <t>Denomina o Terminal Turístico no Parque João Maria Rodrigues, na Vila São João, de “Terminal Turístico Amadeu Ferreira”.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/pl_032_-_denomina_rua_carolina_mroz_gnatkowski.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/pl_032_-_denomina_rua_carolina_mroz_gnatkowski.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “02” do Loteamento Santos Dumont, no bairro Vila São João, de Rua Carolina Mroz Gnatkowski.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/pl_033_-_denomina_rua_prof.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/pl_033_-_denomina_rua_prof.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “03” do Loteamento Santos Dumont, no bairro Vila São João, de Rua Prof. Nicolau Kuthanski.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2813/pl_034_-_denomina_rua_antonio_luiz_de_quadros.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2813/pl_034_-_denomina_rua_antonio_luiz_de_quadros.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “05” do Loteamento Santa Monica no bairro Vila São João, de Rua Antonio Luiz de Quadros.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2814/pl_035_-_dia_do_medico_veterinario.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2814/pl_035_-_dia_do_medico_veterinario.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Irati o “Dia Municipal do Médico Veterinário”.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2828/pl_036_-_denomina_rua_benedito_de_paula_pereira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2828/pl_036_-_denomina_rua_benedito_de_paula_pereira.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “06” do Loteamento Dallegrave, no bairro Colina Nossa Senhora das Graças, de Rua Benedito de Paula Pereira.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2829/pl_037_-_denomina_rua_antenor_spegiorin.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2829/pl_037_-_denomina_rua_antenor_spegiorin.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “03” do Loteamento Dallegrave, no bairro Colina Nossa Senhora das Graças, de Rua Antenor Spegiorin.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2830/pl_038_-_dia_do_eng._florestal_e_eng.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2830/pl_038_-_dia_do_eng._florestal_e_eng.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Irati o “Dia Municipal do Engenheiro Florestal e do Engenheiro Ambiental”.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2831/pl_039_-_dia_do_tec.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2831/pl_039_-_dia_do_tec.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Irati o “Dia Municipal do Técnico Florestal”.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2832/pl_040_-_dia_do_nutricionista_e_do_eng.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2832/pl_040_-_dia_do_nutricionista_e_do_eng.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Irati o “Dia Municipal do Nutricionista e do Engenheiro de Alimentos”.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2833/pl_041_-_dia_do_engenheiro_agronomo_e_do_tec.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2833/pl_041_-_dia_do_engenheiro_agronomo_e_do_tec.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Irati o “Dia Municipal do Engenheiro Agrônomo e do Técnico Agrícola”.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2834/pl_042_-_dia_do_educador_fisico.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2834/pl_042_-_dia_do_educador_fisico.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Irati o “Dia Municipal do Educador Físico”.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2835/pl_043_-_proibe_comercio_vias_publicas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2835/pl_043_-_proibe_comercio_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre proibição de atos de comércio, propaganda, distribuição de folhetos, arrecadação de ajuda financeira ou qualquer  ato que possa gerar perigo ou obstáculo para o trânsito de pedestres e veículos nas vias públicas e logradouros do Município de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2844/pl_044_-_altera_lei_4652_que_denomina_ruas_do_loteamento_vila_verde.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2844/pl_044_-_altera_lei_4652_que_denomina_ruas_do_loteamento_vila_verde.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.652, que “Denomina ruas do Loteamento Vila Verde, no bairro Alto da Lagoa, como se indica”.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2845/pl_045_-_denomina_rua_joao_dirceu_laroca.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2845/pl_045_-_denomina_rua_joao_dirceu_laroca.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Sem Denominação, no Loteamento Margarida, de Rua João Dirceu Laroca.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>Denomina Rua Sem Denominação, no bairro Camacuã, de Rua Estanislau Fillus.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2864/pl_047_-_denomina_avenida_sebastiao_miranda_bueno.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2864/pl_047_-_denomina_avenida_sebastiao_miranda_bueno.pdf</t>
   </si>
   <si>
     <t>Denomina Via Sem Denominação, no Loteamento Alto da Glória II, de AVENIDA SEBASTIÃO MIRANDA BUENO.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2865/pl_048_-_denomina_centro_comunitario_de_gutierrez_eugenio_de_souza_pantaleao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2865/pl_048_-_denomina_centro_comunitario_de_gutierrez_eugenio_de_souza_pantaleao.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro Comunitário do Bairro Engenheiro Gutierrez de “Centro Comunitário Eugênio de Souza Pantaleão”.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2866/pl_049_-_denomina_rua_carlito_molinari.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2866/pl_049_-_denomina_rua_carlito_molinari.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “C” do bairro Engenheiro Gutierrez de RUA CARLITO MOLINARI.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2877/pl_050_-_altera_denominacao_da_rua_suriname_para_rua_joao_antonio_siminionatto.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2877/pl_050_-_altera_denominacao_da_rua_suriname_para_rua_joao_antonio_siminionatto.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Suriname, localizada em Engenheiro Gutierrez, para Rua Antonio Simionato.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2878/pl_051_-_altera_denominacao_da_rua_estados_unidos_para_rua_francisco_oleinik.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2878/pl_051_-_altera_denominacao_da_rua_estados_unidos_para_rua_francisco_oleinik.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Estados Unidos, localizada em Engenheiro Gutierrez, para Rua Francisco Oleinik.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/projeto_de_resolucao_001_-_regulamenta_pregao_eletronico.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/projeto_de_resolucao_001_-_regulamenta_pregao_eletronico.pdf</t>
   </si>
   <si>
     <t>Regulamenta o pregão, na forma eletrônica, para aquisição de bens e serviços comuns no âmbito da Câmara Municipal de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/projeto_de_resolucao_002_-_institui_premiacao_mulher_destaque.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/projeto_de_resolucao_002_-_institui_premiacao_mulher_destaque.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Irati-PR a premiação “Mulher Destaque de Irati”, e dá outras providências.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2867/projeto_de_resolucao_003_-_eleicao_mesa_diretora.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2867/projeto_de_resolucao_003_-_eleicao_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo Único do artigo 6º do Regimento Interno da Câmara Municipal de Irati, Estado do Paraná.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Propostas de Emendas</t>
   </si>
   <si>
     <t>MARCELO RODRIGUES, EDSON LUIZ ELIAS, JOSÉ BODNAR, NEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2868/projeto_de_emenda_a_lom_-_001_-_numero_de_vereadores.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2868/projeto_de_emenda_a_lom_-_001_-_numero_de_vereadores.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda à lei Orgânica do Município de Irati nº 001/2020 - Súmula: Altera a redação do caput do artigo 19 da Lei Orgânica do Município de Irati, Estado do Paraná.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2869/projeto_de_emenda_a_lom_-_002_-_eleicao_mesa_diretora.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2869/projeto_de_emenda_a_lom_-_002_-_eleicao_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica do Município de Irati nº 002/2020 – Súmula: Altera a redação do artigo 26 da Lei Orgânica do Município de Irati, Estado do Paraná.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Quantas pontes foram construídas/recuperadas pela Secretaria competente, desde o início da atual gestão? - Qual o motivo para, até o momento, não ter sido realizada a substituição/recuperação da cobertura da quadra esportiva da Escola Municipal São Miguel de Itapará?</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o valor de superávit e/ou déficit financeiro na fonte 001 (recursos livres) nos anos de 2016, 2017, 2018 e 2019?</t>
   </si>
   <si>
     <t>2642</t>
   </si>
@@ -2902,67 +2902,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2882/projeto_de_decreto_legislativo_-_001-2020_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2613/pl001_-_substitutivo_-_2785_altera_conselho_educacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/pl002_-_doa_area_acordo_judicial_francisco_shanaider.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/pl003_-_licenca_maternidade_adocao_altera_lei_2321_1045_e_2928.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2636/pl004_-_credito_16.811.000_diversos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/pl005_-_doacao_terreno_forum.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/pl006_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/pl007_-_subvencao_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/pl008-_creditos_535.000_agricultura.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/pl009-_creditos_1.341.500_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/pl010-_creditos_170.000_conder.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/pl011-_creditos_1.000.000_fundeb.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/pl012_-_permuta_mitra_capela_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/pl013_-_subvencao_asi.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/pl014_-_previdencia_caps_altera_leis_2321_4512_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/pl015_-_altera_gestao_animal.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/pl016-_creditos_1.625.000.000_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/pl017_-_prorroga_iss_covid_19.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/pl018_-_creditos_1.455.000_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/pl019_-_bonificacao_servidores_saude_35000_-_covid_19.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/pl020_-_creditos_4.500.000_-_finisa.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/pl021_-_contribuicao_melhoria_rua_iapo_-_jardim_virginia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/pl022_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/pl023_-_creditos_145.000_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/pl024_-_credito_adicional_10.500.000_paranacidade.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/pl025_-_reestruturacao_associacao_prair.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/pl026_-_ldo_2021_orcamento.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/pl027_-_substitutivo_caps_amortizacao_deficit_atuarial_previdencia.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/pl029_-_revoga_lei_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/pl030_-_altera_lei_2176_estrutura_habitacao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/pl031_-_prorroga_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/pl032_-_receber_doacao_anapci_veiculo_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/pl033_-_receber_doacao_sesi_modulos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/pl034_-_suspensao_contribuicao_patronal_previdencia_caps.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/pl035_-_contribuicao_de_melhoria_travessa_irma_helena_olek.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/pl036_-_altera_4231_anexo_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/pl037_-_reversao_agro_mult.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/pl038_-_convenio_br_153_radio_transmissao_guarda_ministerio_da_justica_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/pl039_-_alteracao_4234_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/pl040_-_juventude_conselho_conferencia_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/pl041_-_esporte_conselho_conferencia_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/pl042_-_loa_2021_orcamento_anexos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/pl043_-_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/pl044_-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2836/pl045_-_creditos_403.805_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2837/pl046_-_desafetacao_e_permuta_uiara.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2838/pl047_-_desafetacao_e_permuta_ariela_de_fatima_gondro_araujo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2852/pl048_-_desaferacao_e_permuta_angela_e_joao.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2853/pl049_-_credito_50.000_caps.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2854/pl050_-_credito_90.000_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2855/pl051_-_credito_50.000_conder_agricultura.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2856/pl052_-_altera_anexo_4231_uso_e_ocupacao_do_solo_coronel_pires_e_outros.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2857/pl053_-_subvencao_apae_-_assist_social.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2858/pl054_-_caps_previdencia_suspende_pagamento.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2876/pl055_-_desapropriacao_escola_sao_waldomiro_e_escola_professora_vilma_rossa_bartiechen_associacao_imaculada_virgem_maria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2618/pl_001_-_cidadao_benemerito_anselmo_stadykoski.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/pl_002_-_proibe_queima_de_fogos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/pl_003_-_cidadao_honorario_dr.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/pl_004_-_up_associacao_arautos_do_bem.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/pl_005_-_denomina_barracao_esportivo_vadico_cabral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/pl_006_-_denomina_ubs_enf_izabel_maria_batista.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/pl_007_-_denomina_cmei_sirlei_n_brandalize.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/pl_008_-_reposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/pl_009_-_denomina_a_quadra_esportiva_da_escola_mun_franciso_v_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/pl_010_-_denomina_estrada_rural_antoninho_zanlorensi.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/pl_011_-_denomina_ubs_gaspar_valenga.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/pl_012_-_dispoe_sobre_o_processo_de_transicao_de_mandato_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/pl_013_-_acessibilidade_cemiterios.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/pl_014_-_denomina_rua_francisco_luiz_vieira_neto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/pl_015_-_dispoe_sobre_o_descarte_de_acumuladores_de_energia.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/pl_016_-_denomina_parque_da_vila_sao_joao_de_joao_maria_rodrigues_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/pl_017_-_denomina_rua_teofilo_brunikoski.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/pl_018_-_institui_premio_mulheres_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/pl_019_-_denomina_rua_elio_santos_de_souza.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/pl_020_-_denomina_cmei_pastor_abilio_alves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/pl_021_-_denomina_rua_venadete_ap_carneiro_aziliero.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/pl_022_-_denomina_ubs_guamirim_maria_da_luz_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/pl_023_-_denomina_rua_lothario_anderson.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/pl_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/pl_025_-_fixa_os_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/pl_026_-_denomina_rua_joao_carlos_stroparo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/pl_027_-_altera_denominacao_da_rua_cuba_para_rua_mauricio_castro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/pl_028_-_altera_denominacao_da_rua_costa_rica_para_rua_antonio_cultom.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/pl_029_-_denomina_rua_eurides_passos.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/pl_030_-_denomina_rua_amadeu_ferreira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/pl_031_-_denomina_terminal_turistico_amadeu_ferreira.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/pl_032_-_denomina_rua_carolina_mroz_gnatkowski.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/pl_033_-_denomina_rua_prof.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2813/pl_034_-_denomina_rua_antonio_luiz_de_quadros.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2814/pl_035_-_dia_do_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2828/pl_036_-_denomina_rua_benedito_de_paula_pereira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2829/pl_037_-_denomina_rua_antenor_spegiorin.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2830/pl_038_-_dia_do_eng._florestal_e_eng.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2831/pl_039_-_dia_do_tec.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2832/pl_040_-_dia_do_nutricionista_e_do_eng.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2833/pl_041_-_dia_do_engenheiro_agronomo_e_do_tec.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2834/pl_042_-_dia_do_educador_fisico.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2835/pl_043_-_proibe_comercio_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2844/pl_044_-_altera_lei_4652_que_denomina_ruas_do_loteamento_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2845/pl_045_-_denomina_rua_joao_dirceu_laroca.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2864/pl_047_-_denomina_avenida_sebastiao_miranda_bueno.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2865/pl_048_-_denomina_centro_comunitario_de_gutierrez_eugenio_de_souza_pantaleao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2866/pl_049_-_denomina_rua_carlito_molinari.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2877/pl_050_-_altera_denominacao_da_rua_suriname_para_rua_joao_antonio_siminionatto.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2878/pl_051_-_altera_denominacao_da_rua_estados_unidos_para_rua_francisco_oleinik.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/projeto_de_resolucao_001_-_regulamenta_pregao_eletronico.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/projeto_de_resolucao_002_-_institui_premiacao_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2867/projeto_de_resolucao_003_-_eleicao_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2868/projeto_de_emenda_a_lom_-_001_-_numero_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2869/projeto_de_emenda_a_lom_-_002_-_eleicao_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2882/projeto_de_decreto_legislativo_-_001-2020_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2613/pl001_-_substitutivo_-_2785_altera_conselho_educacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/pl002_-_doa_area_acordo_judicial_francisco_shanaider.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/pl003_-_licenca_maternidade_adocao_altera_lei_2321_1045_e_2928.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2636/pl004_-_credito_16.811.000_diversos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/pl005_-_doacao_terreno_forum.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/pl006_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/pl007_-_subvencao_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/pl008-_creditos_535.000_agricultura.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/pl009-_creditos_1.341.500_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/pl010-_creditos_170.000_conder.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/pl011-_creditos_1.000.000_fundeb.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/pl012_-_permuta_mitra_capela_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/pl013_-_subvencao_asi.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/pl014_-_previdencia_caps_altera_leis_2321_4512_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/pl015_-_altera_gestao_animal.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/pl016-_creditos_1.625.000.000_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/pl017_-_prorroga_iss_covid_19.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/pl018_-_creditos_1.455.000_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/pl019_-_bonificacao_servidores_saude_35000_-_covid_19.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/pl020_-_creditos_4.500.000_-_finisa.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/pl021_-_contribuicao_melhoria_rua_iapo_-_jardim_virginia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/pl022_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/pl023_-_creditos_145.000_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/pl024_-_credito_adicional_10.500.000_paranacidade.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/pl025_-_reestruturacao_associacao_prair.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/pl026_-_ldo_2021_orcamento.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/pl027_-_substitutivo_caps_amortizacao_deficit_atuarial_previdencia.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/pl029_-_revoga_lei_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/pl030_-_altera_lei_2176_estrutura_habitacao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/pl031_-_prorroga_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/pl032_-_receber_doacao_anapci_veiculo_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/pl033_-_receber_doacao_sesi_modulos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/pl034_-_suspensao_contribuicao_patronal_previdencia_caps.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/pl035_-_contribuicao_de_melhoria_travessa_irma_helena_olek.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/pl036_-_altera_4231_anexo_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/pl037_-_reversao_agro_mult.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/pl038_-_convenio_br_153_radio_transmissao_guarda_ministerio_da_justica_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/pl039_-_alteracao_4234_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/pl040_-_juventude_conselho_conferencia_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/pl041_-_esporte_conselho_conferencia_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/pl042_-_loa_2021_orcamento_anexos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/pl043_-_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/pl044_-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2836/pl045_-_creditos_403.805_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2837/pl046_-_desafetacao_e_permuta_uiara.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2838/pl047_-_desafetacao_e_permuta_ariela_de_fatima_gondro_araujo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2852/pl048_-_desaferacao_e_permuta_angela_e_joao.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2853/pl049_-_credito_50.000_caps.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2854/pl050_-_credito_90.000_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2855/pl051_-_credito_50.000_conder_agricultura.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2856/pl052_-_altera_anexo_4231_uso_e_ocupacao_do_solo_coronel_pires_e_outros.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2857/pl053_-_subvencao_apae_-_assist_social.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2858/pl054_-_caps_previdencia_suspende_pagamento.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2876/pl055_-_desapropriacao_escola_sao_waldomiro_e_escola_professora_vilma_rossa_bartiechen_associacao_imaculada_virgem_maria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2618/pl_001_-_cidadao_benemerito_anselmo_stadykoski.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/pl_002_-_proibe_queima_de_fogos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/pl_003_-_cidadao_honorario_dr.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/pl_004_-_up_associacao_arautos_do_bem.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/pl_005_-_denomina_barracao_esportivo_vadico_cabral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/pl_006_-_denomina_ubs_enf_izabel_maria_batista.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/pl_007_-_denomina_cmei_sirlei_n_brandalize.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/pl_008_-_reposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/pl_009_-_denomina_a_quadra_esportiva_da_escola_mun_franciso_v_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/pl_010_-_denomina_estrada_rural_antoninho_zanlorensi.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/pl_011_-_denomina_ubs_gaspar_valenga.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/pl_012_-_dispoe_sobre_o_processo_de_transicao_de_mandato_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/pl_013_-_acessibilidade_cemiterios.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/pl_014_-_denomina_rua_francisco_luiz_vieira_neto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/pl_015_-_dispoe_sobre_o_descarte_de_acumuladores_de_energia.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/pl_016_-_denomina_parque_da_vila_sao_joao_de_joao_maria_rodrigues_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/pl_017_-_denomina_rua_teofilo_brunikoski.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/pl_018_-_institui_premio_mulheres_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/pl_019_-_denomina_rua_elio_santos_de_souza.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/pl_020_-_denomina_cmei_pastor_abilio_alves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/pl_021_-_denomina_rua_venadete_ap_carneiro_aziliero.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/pl_022_-_denomina_ubs_guamirim_maria_da_luz_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/pl_023_-_denomina_rua_lothario_anderson.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/pl_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/pl_025_-_fixa_os_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/pl_026_-_denomina_rua_joao_carlos_stroparo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/pl_027_-_altera_denominacao_da_rua_cuba_para_rua_mauricio_castro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/pl_028_-_altera_denominacao_da_rua_costa_rica_para_rua_antonio_cultom.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/pl_029_-_denomina_rua_eurides_passos.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/pl_030_-_denomina_rua_amadeu_ferreira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/pl_031_-_denomina_terminal_turistico_amadeu_ferreira.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/pl_032_-_denomina_rua_carolina_mroz_gnatkowski.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/pl_033_-_denomina_rua_prof.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2813/pl_034_-_denomina_rua_antonio_luiz_de_quadros.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2814/pl_035_-_dia_do_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2828/pl_036_-_denomina_rua_benedito_de_paula_pereira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2829/pl_037_-_denomina_rua_antenor_spegiorin.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2830/pl_038_-_dia_do_eng._florestal_e_eng.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2831/pl_039_-_dia_do_tec.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2832/pl_040_-_dia_do_nutricionista_e_do_eng.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2833/pl_041_-_dia_do_engenheiro_agronomo_e_do_tec.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2834/pl_042_-_dia_do_educador_fisico.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2835/pl_043_-_proibe_comercio_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2844/pl_044_-_altera_lei_4652_que_denomina_ruas_do_loteamento_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2845/pl_045_-_denomina_rua_joao_dirceu_laroca.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2864/pl_047_-_denomina_avenida_sebastiao_miranda_bueno.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2865/pl_048_-_denomina_centro_comunitario_de_gutierrez_eugenio_de_souza_pantaleao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2866/pl_049_-_denomina_rua_carlito_molinari.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2877/pl_050_-_altera_denominacao_da_rua_suriname_para_rua_joao_antonio_siminionatto.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2878/pl_051_-_altera_denominacao_da_rua_estados_unidos_para_rua_francisco_oleinik.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/projeto_de_resolucao_001_-_regulamenta_pregao_eletronico.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/projeto_de_resolucao_002_-_institui_premiacao_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2867/projeto_de_resolucao_003_-_eleicao_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2868/projeto_de_emenda_a_lom_-_001_-_numero_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2020/2869/projeto_de_emenda_a_lom_-_002_-_eleicao_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H270"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="65.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="188.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="187.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>