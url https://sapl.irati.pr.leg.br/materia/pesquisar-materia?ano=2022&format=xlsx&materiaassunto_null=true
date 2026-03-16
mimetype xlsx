--- v0 (2025-10-09)
+++ v1 (2026-03-16)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>RONALDÃO DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício à Companhia de Saneamento do Paraná – Sanepar, sugerindo que sejam tomadas as medidas necessárias a fim de garantir, a todos os consumidores, o direito de instalação de equipamento eliminador de ar nas tubulações do sistema de abastecimento de água dos seus imóveis. É sabido que as tubulações das redes de abastecimento de água, quando desligadas por motivos operacionais ou em momentos de crise hídrica, necessitam de total ou parcial esgotamento da tubulação. Desse modo, quando a rede é religada, por questões técnicas, é necessária a presença de pressão proveniente do ar comprimido para que a água consiga adentrar ao sistema de distribuição, fazendo com que os hidrômetros registrem como consumo, penalizando os consumidores. A instalação dos redutores de ar é necessária para impedir que o consumidor continue a pagar pelo ar que passa pela tubulação, uma vez que, conforme estudos, o ar é pago como água e pode significar cerca de 40%</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CEZAR BATATINHA</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na Avenida das Torres, que liga o bairro Rio Bonito ao Alto da Lagoa, próximo de uma das entradas do CT Willy Laars. Trata-se de uma via movimentada e bastante utilizada por moradores, portanto, precisa de manutenção constante.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a conclusão dos trabalhos de melhoria nas ruas do bairro Vila Raquel. Os serviços de manutenção nas vias foram iniciados, porém, não foram concluídos.</t>
   </si>
@@ -2848,817 +2848,817 @@
 bairros Jardim Planalto e DER. Os veículos vêm transitando em alta _x000D_
 velocidade neste local</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de tapa-buracos na Rua Argentina, no bairro Nossa Senhora da Luz. A referida via encontra-se bastante esburacada e não recebe manutenção há muito tempo.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, HELIO DE MELLO, TERE, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3455/mocao_de_aplausos_001_-_atleta_de_tenis_de_mesa_cleverton_leal_de_jesus.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3455/mocao_de_aplausos_001_-_atleta_de_tenis_de_mesa_cleverton_leal_de_jesus.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, por meio dos Vereadores Alcides Cezar Pinto, Helio de Mello, Teresinha Miranda Veres e Vera Gabardo concedem Moção de Aplausos ao atleta de tênis de mesa Cleverton Leal de Jesus.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>NEI CABRAL, JORGE ZEN, NEGO JACUMASSO, WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3461/mocao_de_aplausos_002_-_enfermagem.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3461/mocao_de_aplausos_002_-_enfermagem.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal registra e concede por meio dos Vereadores Jorge Luiz Zen, Nei Cabral, Wilson Karas e Leomar Jacumasso, Moção de Aplausos aos Profissionais da Enfermagem do Município de Irati.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CESÃO JACUMASSO, NEGO JACUMASSO, RONALDÃO DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/mocao_de_aplausos_003_-_guarda_mirim.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/mocao_de_aplausos_003_-_guarda_mirim.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal, por meio dos Vereadores Helio de Mello, Amauri Cezar Jacumasso, José Ronaldo Ferreira e Leomar Jacumasso, registra e concede, Moção de Aplausos à GUARDA MIRIM DE IRATI.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3618/mocao_de_aplausos_004_-_alacs.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3618/mocao_de_aplausos_004_-_alacs.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, Moção de Aplausos: à Alacs - Academia de Letras, Artes e Ciências do Centro-Sul do Paraná.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3626/mocao_de_aplausos_005_-_paratleta_isabela_carla_francos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3626/mocao_de_aplausos_005_-_paratleta_isabela_carla_francos.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos nº 005/2022 (Alcides Cezar Pinto, Helio de Mello, Teresinha Miranda Veres e Vera Maria Gabardo) - A Câmara Municipal de Irati, registra e concede MOÇÃO DE APLAUSOS À PARATLETA ISABELA CARLA FRANCOS e sua comissão técnica.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CESÃO JACUMASSO, TERE, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3627/mocao_de_aplausos_006_-_atleta_valter_stadnik.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3627/mocao_de_aplausos_006_-_atleta_valter_stadnik.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos Nº 006/2022 (Helio de Mello, Amauri Cezar Jacumasso, Teresinha Miranda Veres e Vera Maria Gabardo) - A Câmara Municipal de Irati registra e concede MOÇÃO DE APLAUSOS Ao atleta de tiro esportivo VALTER STADNIK.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>VERA GABARDO, HELIO DE MELLO, RONALDÃO DO POVO, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3631/mocao_de_aplausos_007_-_marili_teixeira_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3631/mocao_de_aplausos_007_-_marili_teixeira_1.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos nº 007/2022 - A Câmara Municipal de Irati, por meio dos Vereadores Vera Maria Gabardo, Helio de Mello, José Ronaldo Ferreira e Teresinha Miranda Veres registra e concede Moção de Aplausos à artista iratiense Marili das Graças Vieira Teixeira.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3594/projeto_de_decreto_legislativo_-_001-2022_-_licenca_prefeito.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3594/projeto_de_decreto_legislativo_-_001-2022_-_licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Sr. Prefeito Municipal Jorge David Derbli Pinto a licenciar-se de seu cargo no período de 17 de outubro a 15 de novembro de 2022.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3339/pl001-altera_a_lei_no_3103_2010_e_dispoe_sobre_a_junta_administrativa_de_recursos_de_infracoes_-_jari.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3339/pl001-altera_a_lei_no_3103_2010_e_dispoe_sobre_a_junta_administrativa_de_recursos_de_infracoes_-_jari.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3103/2010, que dispõe sobre a Junta Administrativa de Recursos de Infrações – JARI, e dá outras providências.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3340/pl002-_programa_de_recuperacao_fiscal__refis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3340/pl002-_programa_de_recuperacao_fiscal__refis.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal – REFIS no município de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3360/pl003-regulamenta_a_atividade_de_agentes_de_reciclagem.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3360/pl003-regulamenta_a_atividade_de_agentes_de_reciclagem.pdf</t>
   </si>
   <si>
     <t>Regulamenta a atividade de agentes de reciclagem - Associações e Cooperativas, bem como os incentivos fiscais as cooperativas, e dá outras providências.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3361/pl004-reorganizacao_da_estrutura_administrativa_do_municipio_de_irati_-_revisado.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3361/pl004-reorganizacao_da_estrutura_administrativa_do_municipio_de_irati_-_revisado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa do município de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3362/pl005-concessao_de_direito_real_de_uso_com_associacao_s.o.s._amigo_bicho.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3362/pl005-concessao_de_direito_real_de_uso_com_associacao_s.o.s._amigo_bicho.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar concessões de direito real de uso de bem municipal com Associação S.O.S. Amigo Bicho e dá outras providências.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3363/pl006-_autoriza_credito_adicional_especial_na_importancia_de_ate_r_270.00000_dept_turismo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3363/pl006-_autoriza_credito_adicional_especial_na_importancia_de_ate_r_270.00000_dept_turismo.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional Especial na importância de até R$ 270.000,00 (Departamento de Turismo).</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3364/pl007-autoriza_a_abertura_de_credito_especial_na_importancia_de_ate_r_336.00000_sec_defesa_animal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3364/pl007-autoriza_a_abertura_de_credito_especial_na_importancia_de_ate_r_336.00000_sec_defesa_animal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito Especial na importância de até R$ 336.000,00 (Secretaria Defesa Animal).</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3365/pl008-autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_366.00000_sec._habitacao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3365/pl008-autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_366.00000_sec._habitacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional Especial na importância de até R$ 366.000,00 (Secretaria Habitação.)</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3366/pl009-utilidade_publica_atir.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3366/pl009-utilidade_publica_atir.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati a Associação dos Transportadores de Cargas de Irati e Região (ATIR).</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3405/pl010-reposicao_salarial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3405/pl010-reposicao_salarial.pdf</t>
   </si>
   <si>
     <t>Concede revisão e reajuste salarial aos servidores públicos municipais de forma linear, fixa o piso mínimo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3406/pl011-ratifica_o_termo_aditivo_do_contrato_de_consorcio_do_consorcio_intermunicipal_para_desenvolvimento_regional_-_conder.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3406/pl011-ratifica_o_termo_aditivo_do_contrato_de_consorcio_do_consorcio_intermunicipal_para_desenvolvimento_regional_-_conder.pdf</t>
   </si>
   <si>
     <t>Ratifica o Termo Aditivo do Contrato de Consórcio do “Consórcio Intermunicipal para Desenvolvimento Regional – CONDER dos Municípios que integram a Microrregião do Centro Sul do Estado do Paraná”.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3407/pl012_-_desafetacao_e_permuta_osny_matoso_cabral_-_novo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3407/pl012_-_desafetacao_e_permuta_osny_matoso_cabral_-_novo.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação e a permuta de área pública, bem como dá outras providências.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3408/pl013_-_reversao_mediante_licitacao_concedendo_direito_real_de_uso_de_imoveis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3408/pl013_-_reversao_mediante_licitacao_concedendo_direito_real_de_uso_de_imoveis.pdf</t>
   </si>
   <si>
     <t>Autoriza a licitação de concessão de direito real de uso de imóveis.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3409/pl014_-_terceirizacao_de_mao_de_obra.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3409/pl014_-_terceirizacao_de_mao_de_obra.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional Especial na importância de até R$ 800.000,00.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3427/pl015_-_institui_o_plano_decenal_municipal_pela_primeira_infancia.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3427/pl015_-_institui_o_plano_decenal_municipal_pela_primeira_infancia.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Decenal Municipal pela Primeira Infância de Irati-PR.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3438/pl016-concessao_de_direito_real_de_uso_com_associacao_assis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3438/pl016-concessao_de_direito_real_de_uso_com_associacao_assis.pdf</t>
   </si>
   <si>
     <t>Concede o direito real de uso de bem municipal para a Associação dos Grupos de Agricultura Ecológica São Francisco de Assis – ASSIS.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3439/pl017-_altera_a_lei_no_4746.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3439/pl017-_altera_a_lei_no_4746.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4746/2019 quanto aos percentuais de gratificação recebida pelo exercício das funções de direção, coordenação pedagógica e por tempo integral e dedicação exclusiva – TIDE nas Instituições Educacionais.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3440/pl018-_altera_a_lei_no_4430.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3440/pl018-_altera_a_lei_no_4430.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4430/2017.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3441/pl019_-_altera_a_lei_no_1796_ctm.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3441/pl019_-_altera_a_lei_no_1796_ctm.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1796/2001.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3452/pl020_-_concurso_irati_tecnologico.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3452/pl020_-_concurso_irati_tecnologico.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder premiação ao Concurso “Irati Tecnológico – Desenvolvimento de Aplicativo”.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3453/pl021_-_altera_a_lei_no_4229.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3453/pl021_-_altera_a_lei_no_4229.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4229/2016.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3454/pl022_-_reverte_e_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imovel.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3454/pl022_-_reverte_e_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imovel.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em reversão, e mediante licitação conceder direito real de uso de imóveis.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3456/pl023_-_autoriza_firmar_convenios_e_conceder_subvencao_sociais_a_liga_paranaense_de_combate_ao_cancer_entidade_mantenedora_do_hospital_erasto_gaertner.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3456/pl023_-_autoriza_firmar_convenios_e_conceder_subvencao_sociais_a_liga_paranaense_de_combate_ao_cancer_entidade_mantenedora_do_hospital_erasto_gaertner.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênios e conceder subvenção social à Liga Paranaense de Combate ao Câncer (Entidade Mantenedora do Hospital Erasto Gaertner) no valor de até R$ 350 mil.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3457/pl024-concessao_de_direito_real_de_uso_com_igreja_evangelica_assembleia_de_deus.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3457/pl024-concessao_de_direito_real_de_uso_com_igreja_evangelica_assembleia_de_deus.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar concessão de direito real de uso de bem municipal com Igreja Evangélica Assembleia de Deus Unção e Milagres e dá outras providências.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3458/pl025_-_programa_municipal_de_qualificacao_profissional_e_transferencia_de_renda.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3458/pl025_-_programa_municipal_de_qualificacao_profissional_e_transferencia_de_renda.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Programa Municipal de Qualificação Profissional e Transferência de Renda, denominado Programa Trabalho e Cidadania.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3459/pl026_-_fornecimento_de_absorventes_higienicos_nas_escolas_publicas_municipais_e_nos_centro_de_referencia_da_assistencia_social_cras.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3459/pl026_-_fornecimento_de_absorventes_higienicos_nas_escolas_publicas_municipais_e_nos_centro_de_referencia_da_assistencia_social_cras.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Combate à Pobreza Menstruai “Dignidade Menstruai” e dispõe sobre o fornecimento de absorventes higiênicos nas escolas públicas municipais e nos Centro de Referência da Assistência Social (CRAS) situados no Município de Irati, de forma complementar à Lei n° 4.922/2021.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3460/pl027_-_autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_100.00000_cem_mil_reais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3460/pl027_-_autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_100.00000_cem_mil_reais.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Especial na importância de até R$ 100.000,00.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3513/pl028-_estabelece_orientacoes_sobre_a_aceitacao_de_estagiarios_no_ambito_do_municipio_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3513/pl028-_estabelece_orientacoes_sobre_a_aceitacao_de_estagiarios_no_ambito_do_municipio_de_irati.pdf</t>
   </si>
   <si>
     <t>Estabelece orientações sobre a aceitação de estagiários no âmbito do Município de Irati, bem como a remuneração, e dá outras providências.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3514/pl029_-_ldo_2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3514/pl029_-_ldo_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3533/pl030_-_dispoe_sobre_a_criacao_e_denominacao_do_centro_de_eventos_aime_richa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3533/pl030_-_dispoe_sobre_a_criacao_e_denominacao_do_centro_de_eventos_aime_richa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e denominação do “Centro de Eventos Aimée Peixoto Vilela” e dá outras providências</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3572/pl031_-_altera_a_lei_no_4746-2019.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3572/pl031_-_altera_a_lei_no_4746-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 4746/2019, incluindo a Gratificação por Acréscimo de Jornada, e dá outras providências.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/pl32-autoriza_conceder_premiacao_outubro_rosa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/pl32-autoriza_conceder_premiacao_outubro_rosa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder premiação para a Campanha de Estímulo a Realização de Exames de Papanicolau e Mamografia, denominada “Outubro Rosa”, e dá outras providencias.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3593/pl33-desapropriacao_imovel_camara.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3593/pl33-desapropriacao_imovel_camara.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir imóvel registrado na matricula nº 6.302 do 1º Ofício de Registro de Imóveis de Irati, com a área de 647,80m², por desapropriação.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3597/substitutivo-ao-projeto-de-lei-n-034-2022_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3597/substitutivo-ao-projeto-de-lei-n-034-2022_1.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Irati-PR, para o exercício financeiro de 2023 e dá outras providências. (SUBSTITUTIVO)</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3598/pl035_2022-_altera_ppa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3598/pl035_2022-_altera_ppa.pdf</t>
   </si>
   <si>
     <t>Faz adequações no Plano Plurianual, aprovado pela Lei nº 4.943/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3623/pl036_substitutivo_-_amortizacao_do_deficit_tecnico_atuarial_caps.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3623/pl036_substitutivo_-_amortizacao_do_deficit_tecnico_atuarial_caps.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO - Dispõe sobre a forma de amortização do déficit técnico atuarial de acordo com a Portaria MF n° 464/2018 - custo suplementar - da Previdência Social dos Servidores do Município de Irati - CAPSIRATI, mediante atualização anual, bem como revoga a lei 4817/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_de_lei_037-2022_substitutivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_de_lei_037-2022_substitutivo.pdf</t>
   </si>
   <si>
     <t>Institui a Reforma da Previdência no Regime de Previdência Social do Servidor do Município de Irati e consolida a legislação previdenciária._x000D_
 (SUBSTITUTIVO)</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3629/pl038_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_300.00000_trezentos_mil_reais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3629/pl038_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_300.00000_trezentos_mil_reais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à Provopar de Irati no valor de até R$ 300.000,00.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3630/pl039-_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3630/pl039-_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à ASI - Associação Santos Inocentes - Cidade da Criança, no valor de até R$ 25.000,00 (vinte e cinco mil reais).</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3633/pl040_-_altera_a_lei_no_4614.18_cria_cargos_em_comissao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3633/pl040_-_altera_a_lei_no_4614.18_cria_cargos_em_comissao.pdf</t>
   </si>
   <si>
     <t>Visa alterar o artigo 37, da Lei Municipal nº 4614/2018, bem como cria novos cargos de provimento comissionado, que tem previsão na citada legislação.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3635/pl041--dispoe-sobre-o-vi-festival-de-bandas-de-rock-de-irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3635/pl041--dispoe-sobre-o-vi-festival-de-bandas-de-rock-de-irati.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o VI Festival de Bandas de Rock de Irati.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3636/pl042---subven-apae.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3636/pl042---subven-apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), na importância de até R$ 20.000,00.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3637/pl043---reversao-imovel-doado-pela-lei-4744.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3637/pl043---reversao-imovel-doado-pela-lei-4744.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber em reversão o imóvel doado ao Estado do Paraná pela Lei Municipal nº 4744/2019.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3638/pl044--desapropriacao-imovel-bombeiros.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3638/pl044--desapropriacao-imovel-bombeiros.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir imóvel registrado na matrícula nº 15.928 do 1º Ofício de Registro de Imóveis de Irati, com a área de 333,00m², por desapropriação.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3358/pll_001_-_auxilio-alimentacao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3358/pll_001_-_auxilio-alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio-alimentação aos servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3359/pll_002_-_denomina_rua_anselmo_zotto.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3359/pll_002_-_denomina_rua_anselmo_zotto.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “16’, do Loteamento Vila Verde, de Rua Anselmo Zotto.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3367/pll_003_-_up_guarani_esporte_clube.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3367/pll_003_-_up_guarani_esporte_clube.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati o “Guarani Esporte Clube”.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3368/pll_004_-_denomina_feira_do_produtor_rural_estanislau_waydzik.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3368/pll_004_-_denomina_feira_do_produtor_rural_estanislau_waydzik.pdf</t>
   </si>
   <si>
     <t>Denomina a Feira do Produtor Iratiense de “Estanislau Waydzik”.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CESÃO JACUMASSO, CEZAR BATATINHA, NATO KFFURI, NEGO JACUMASSO, NEI CABRAL, RONALDÃO DO POVO, TERE, VERA GABARDO, WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3403/pll_005_-_passaporte_vacinal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3403/pll_005_-_passaporte_vacinal.pdf</t>
   </si>
   <si>
     <t>Assegura a plena liberdade e o direito de ir e vir e veda exigência de Passaporte Sanitário comprobatório de vacinação contra a Covid-19 no âmbito do município de Irati, Estado do Paraná.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3404/pll_006_-_denomina_rua_valter_lourenco_de_souza.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3404/pll_006_-_denomina_rua_valter_lourenco_de_souza.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “01”, do Loteamento Mondrian no bairro Jardim Virgínia, de Rua Valter Lourenço de Souza.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CESÃO JACUMASSO, NEGO JACUMASSO, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3410/pll_007_-_reposicao_legislativo_municipal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3410/pll_007_-_reposicao_legislativo_municipal.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial aos servidores e vereadores da Câmara Municipal de Irati – PR.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3411/pll_008_-_denomina_rua_waldemar_borde.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3411/pll_008_-_denomina_rua_waldemar_borde.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “02”, do Loteamento Mondrian no bairro Jardim Virgínia, de Rua Waldemar Borde.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3428/pl_009_-_inclui_a_romaria_do_itapara_no_calendario_oficial_de_festividades.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3428/pl_009_-_inclui_a_romaria_do_itapara_no_calendario_oficial_de_festividades.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Festividades do Município de Irati a Romaria Penitencial do Itapará.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3429/pll_010_-_up_apmf_cmei_jose_maria_orreda.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3429/pll_010_-_up_apmf_cmei_jose_maria_orreda.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “APMF CMEI PROFESSOR JOSÉ MARIA ORREDA”.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3442/pll_011_-_dia_municipal_do_turismo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3442/pll_011_-_dia_municipal_do_turismo.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Irati-PR o “Dia Municipal do Turismo”.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3487/pll_012_-_up_associacao_dos_pracas_unidos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3487/pll_012_-_up_associacao_dos_pracas_unidos.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação dos Praças Unidos”.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3488/pll_013_-_up_associacao_iratiense_de_artesaos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3488/pll_013_-_up_associacao_iratiense_de_artesaos.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação Iratiense de Artesãos”.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>HELIO DE MELLO, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3510/pll_014_-_cidadao_benemerito_nelson_bakaus.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3510/pll_014_-_cidadao_benemerito_nelson_bakaus.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito do Município de Irati ao Senhor Nelson Bakaus.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3511/pll_015_-_cidadao_benemerito_air_cavalim.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3511/pll_015_-_cidadao_benemerito_air_cavalim.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito do Município de Irati ao Senhor Air Cavalim.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3512/pll_016_-_cidada_honoraria_joana_stroparo_duda.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3512/pll_016_-_cidada_honoraria_joana_stroparo_duda.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária do Município de Irati à Senhora Joana Stroparo Duda.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3515/pll_017_-_denomina_rua_jacirema_da_luz_oliveira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3515/pll_017_-_denomina_rua_jacirema_da_luz_oliveira.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Sem Denominação, do Loteamento São Miguel, no bairro Lagoa, de Rua Jacirema da Luz Oliveira.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3531/pll_018_-_denomina_rua_joao_cumin.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3531/pll_018_-_denomina_rua_joao_cumin.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua A do bairro Riozinho de Rua João Cumin.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3532/pll_019_-_denomina_ubs_cesar_chicalski.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3532/pll_019_-_denomina_ubs_cesar_chicalski.pdf</t>
   </si>
   <si>
     <t>denomina a Unidade Básica de Saúde do Bairro Lagoa, de “UBS Cesar Chicalski”.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3566/pll_020_-_regulamenta_contratacoes_direta_nova_lei_de_licitacos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3566/pll_020_-_regulamenta_contratacoes_direta_nova_lei_de_licitacos.pdf</t>
   </si>
   <si>
     <t>Regulamenta as Contratações Diretas no âmbito da Câmara Municipal de Irati, de acordo com a Lei nº 14.133, de 1º de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3567/pll_021_-_inclui_a_expoirati_no_calendario_oficial_de_eventos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3567/pll_021_-_inclui_a_expoirati_no_calendario_oficial_de_eventos.pdf</t>
   </si>
   <si>
     <t>Inclui a “ExpoIrati” no Calendário Oficial de eventos do Município de Irati.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/pll_022_-_denomina_rua_ari_ferreira_de_andrade.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/pll_022_-_denomina_rua_ari_ferreira_de_andrade.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Sem Denominação “B”, do Loteamento São Miguel, no bairro Lagoa, de Rua Ari Ferreira de Andrade.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/pll_023_-_denomina_ubs_adriana_morais_carvalho.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/pll_023_-_denomina_ubs_adriana_morais_carvalho.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde do Distrito de Gonçalves Júnior, de “UBS Adriana Morais Carvalho”.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3625/pll_024_-_denomina_rua_julio_gil.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3625/pll_024_-_denomina_rua_julio_gil.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Sem Denominação “A”, do Loteamento São Miguel, no Bairro Lagoa, de Rua Julio Gil.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>HELIO DE MELLO, NEGO JACUMASSO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3634/pll-025---altera-plano-cargos-e-salarios-legislativo_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3634/pll-025---altera-plano-cargos-e-salarios-legislativo_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.681/2019 que dispõe sobre a Estrutura Administrativa, o Sistema de Classificação de Cargos e o Plano de Carreira dos Servidores Públicos do Poder Legislativo Municipal de Irati-PR, e  dá outras providências</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3617/pr_001_-_credito_suplementar_-_130.000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3617/pr_001_-_credito_suplementar_-_130.000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no exercício financeiro de 2022, do Legislativo Municipal, a importância de até R$ 130.000,00 (cento e trinta mil reais).</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Propostas de Emendas</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CEZAR BATATINHA, TERE, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3596/proposta_de_emenda_lom_001-2022_orcamento_impositivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3596/proposta_de_emenda_lom_001-2022_orcamento_impositivo.pdf</t>
   </si>
   <si>
     <t>“Acrescenta o art. 123-A e altera o inciso XV, do artigo 68 da Lei Orgânica do Município de Irati, Estado do Paraná”.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Sejam informados os valores recebidos pelo Município de Irati, através de Emendas Parlamentares nos anos de 2017 a 2022, com o detalhamento do nome dos Deputados Estaduais e/ou Federais, a data e o tipo de recurso.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual será o impacto financeiro decorrente da aprovação do Projeto de Lei nº 017/2022, que “Altera a Lei nº 4746/2019 quanto aos percentuais de gratificação recebida pelo exercício das funções de Direção, Coordenação pedagógica e por Tempo Integral e Dedicação Exclusiva – TIDE nas Instituições Educacionais”?</t>
   </si>
   <si>
     <t>3465</t>
   </si>
@@ -3683,51 +3683,51 @@
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a previsão para entrega do uniforme escolar, ainda neste ano de 2022, para os alunos da rede pública municipal de ensino?</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>Requerimento nº 007/2022 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Em quais dias, horários e locais são realizados atendimentos por médicos pediatras nas Unidades de Saúde municipais? - Seja enviado relatório dos últimos 03 (três) meses dos atendimentos realizados pelos profissionais desta especialidade.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>Requerimento nº 008/2022 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o valor pago para à empresa terceirizada que prestou serviço de alimentação na 1ª ExpoIrati? - Qual o valor pago para locação de tendas, equipamentos de som e custos com equipes de trabalho? - Solicita-se também um relatório detalhado e completo sobre o custo total gasto na 1ª ExpoIrati.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>PJE</t>
   </si>
   <si>
     <t>Projeto de Emenda do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_de_emenda_a_lei_organica_001-2022_substitutivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_de_emenda_a_lei_organica_001-2022_substitutivo.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 106, 107 e 108, do Capítulo IV, do Título III, da Lei Orgânica Municipal, para estabelecer regras mínimas para concessão de aposentadoria, em conformidade com a Emenda Constitucional n° 103, de 2019._x000D_
 (SUBSTITUTIVO)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -4035,67 +4035,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3455/mocao_de_aplausos_001_-_atleta_de_tenis_de_mesa_cleverton_leal_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3461/mocao_de_aplausos_002_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/mocao_de_aplausos_003_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3618/mocao_de_aplausos_004_-_alacs.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3626/mocao_de_aplausos_005_-_paratleta_isabela_carla_francos.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3627/mocao_de_aplausos_006_-_atleta_valter_stadnik.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3631/mocao_de_aplausos_007_-_marili_teixeira_1.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3594/projeto_de_decreto_legislativo_-_001-2022_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3339/pl001-altera_a_lei_no_3103_2010_e_dispoe_sobre_a_junta_administrativa_de_recursos_de_infracoes_-_jari.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3340/pl002-_programa_de_recuperacao_fiscal__refis.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3360/pl003-regulamenta_a_atividade_de_agentes_de_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3361/pl004-reorganizacao_da_estrutura_administrativa_do_municipio_de_irati_-_revisado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3362/pl005-concessao_de_direito_real_de_uso_com_associacao_s.o.s._amigo_bicho.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3363/pl006-_autoriza_credito_adicional_especial_na_importancia_de_ate_r_270.00000_dept_turismo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3364/pl007-autoriza_a_abertura_de_credito_especial_na_importancia_de_ate_r_336.00000_sec_defesa_animal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3365/pl008-autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_366.00000_sec._habitacao.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3366/pl009-utilidade_publica_atir.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3405/pl010-reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3406/pl011-ratifica_o_termo_aditivo_do_contrato_de_consorcio_do_consorcio_intermunicipal_para_desenvolvimento_regional_-_conder.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3407/pl012_-_desafetacao_e_permuta_osny_matoso_cabral_-_novo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3408/pl013_-_reversao_mediante_licitacao_concedendo_direito_real_de_uso_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3409/pl014_-_terceirizacao_de_mao_de_obra.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3427/pl015_-_institui_o_plano_decenal_municipal_pela_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3438/pl016-concessao_de_direito_real_de_uso_com_associacao_assis.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3439/pl017-_altera_a_lei_no_4746.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3440/pl018-_altera_a_lei_no_4430.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3441/pl019_-_altera_a_lei_no_1796_ctm.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3452/pl020_-_concurso_irati_tecnologico.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3453/pl021_-_altera_a_lei_no_4229.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3454/pl022_-_reverte_e_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3456/pl023_-_autoriza_firmar_convenios_e_conceder_subvencao_sociais_a_liga_paranaense_de_combate_ao_cancer_entidade_mantenedora_do_hospital_erasto_gaertner.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3457/pl024-concessao_de_direito_real_de_uso_com_igreja_evangelica_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3458/pl025_-_programa_municipal_de_qualificacao_profissional_e_transferencia_de_renda.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3459/pl026_-_fornecimento_de_absorventes_higienicos_nas_escolas_publicas_municipais_e_nos_centro_de_referencia_da_assistencia_social_cras.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3460/pl027_-_autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_100.00000_cem_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3513/pl028-_estabelece_orientacoes_sobre_a_aceitacao_de_estagiarios_no_ambito_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3514/pl029_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3533/pl030_-_dispoe_sobre_a_criacao_e_denominacao_do_centro_de_eventos_aime_richa.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3572/pl031_-_altera_a_lei_no_4746-2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/pl32-autoriza_conceder_premiacao_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3593/pl33-desapropriacao_imovel_camara.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3597/substitutivo-ao-projeto-de-lei-n-034-2022_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3598/pl035_2022-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3623/pl036_substitutivo_-_amortizacao_do_deficit_tecnico_atuarial_caps.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_de_lei_037-2022_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3629/pl038_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_300.00000_trezentos_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3630/pl039-_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3633/pl040_-_altera_a_lei_no_4614.18_cria_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3635/pl041--dispoe-sobre-o-vi-festival-de-bandas-de-rock-de-irati.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3636/pl042---subven-apae.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3637/pl043---reversao-imovel-doado-pela-lei-4744.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3638/pl044--desapropriacao-imovel-bombeiros.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3358/pll_001_-_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3359/pll_002_-_denomina_rua_anselmo_zotto.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3367/pll_003_-_up_guarani_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3368/pll_004_-_denomina_feira_do_produtor_rural_estanislau_waydzik.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3403/pll_005_-_passaporte_vacinal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3404/pll_006_-_denomina_rua_valter_lourenco_de_souza.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3410/pll_007_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3411/pll_008_-_denomina_rua_waldemar_borde.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3428/pl_009_-_inclui_a_romaria_do_itapara_no_calendario_oficial_de_festividades.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3429/pll_010_-_up_apmf_cmei_jose_maria_orreda.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3442/pll_011_-_dia_municipal_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3487/pll_012_-_up_associacao_dos_pracas_unidos.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3488/pll_013_-_up_associacao_iratiense_de_artesaos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3510/pll_014_-_cidadao_benemerito_nelson_bakaus.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3511/pll_015_-_cidadao_benemerito_air_cavalim.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3512/pll_016_-_cidada_honoraria_joana_stroparo_duda.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3515/pll_017_-_denomina_rua_jacirema_da_luz_oliveira.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3531/pll_018_-_denomina_rua_joao_cumin.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3532/pll_019_-_denomina_ubs_cesar_chicalski.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3566/pll_020_-_regulamenta_contratacoes_direta_nova_lei_de_licitacos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3567/pll_021_-_inclui_a_expoirati_no_calendario_oficial_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/pll_022_-_denomina_rua_ari_ferreira_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/pll_023_-_denomina_ubs_adriana_morais_carvalho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3625/pll_024_-_denomina_rua_julio_gil.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3634/pll-025---altera-plano-cargos-e-salarios-legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3617/pr_001_-_credito_suplementar_-_130.000.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3596/proposta_de_emenda_lom_001-2022_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_de_emenda_a_lei_organica_001-2022_substitutivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3455/mocao_de_aplausos_001_-_atleta_de_tenis_de_mesa_cleverton_leal_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3461/mocao_de_aplausos_002_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/mocao_de_aplausos_003_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3618/mocao_de_aplausos_004_-_alacs.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3626/mocao_de_aplausos_005_-_paratleta_isabela_carla_francos.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3627/mocao_de_aplausos_006_-_atleta_valter_stadnik.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3631/mocao_de_aplausos_007_-_marili_teixeira_1.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3594/projeto_de_decreto_legislativo_-_001-2022_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3339/pl001-altera_a_lei_no_3103_2010_e_dispoe_sobre_a_junta_administrativa_de_recursos_de_infracoes_-_jari.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3340/pl002-_programa_de_recuperacao_fiscal__refis.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3360/pl003-regulamenta_a_atividade_de_agentes_de_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3361/pl004-reorganizacao_da_estrutura_administrativa_do_municipio_de_irati_-_revisado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3362/pl005-concessao_de_direito_real_de_uso_com_associacao_s.o.s._amigo_bicho.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3363/pl006-_autoriza_credito_adicional_especial_na_importancia_de_ate_r_270.00000_dept_turismo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3364/pl007-autoriza_a_abertura_de_credito_especial_na_importancia_de_ate_r_336.00000_sec_defesa_animal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3365/pl008-autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_366.00000_sec._habitacao.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3366/pl009-utilidade_publica_atir.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3405/pl010-reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3406/pl011-ratifica_o_termo_aditivo_do_contrato_de_consorcio_do_consorcio_intermunicipal_para_desenvolvimento_regional_-_conder.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3407/pl012_-_desafetacao_e_permuta_osny_matoso_cabral_-_novo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3408/pl013_-_reversao_mediante_licitacao_concedendo_direito_real_de_uso_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3409/pl014_-_terceirizacao_de_mao_de_obra.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3427/pl015_-_institui_o_plano_decenal_municipal_pela_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3438/pl016-concessao_de_direito_real_de_uso_com_associacao_assis.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3439/pl017-_altera_a_lei_no_4746.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3440/pl018-_altera_a_lei_no_4430.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3441/pl019_-_altera_a_lei_no_1796_ctm.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3452/pl020_-_concurso_irati_tecnologico.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3453/pl021_-_altera_a_lei_no_4229.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3454/pl022_-_reverte_e_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3456/pl023_-_autoriza_firmar_convenios_e_conceder_subvencao_sociais_a_liga_paranaense_de_combate_ao_cancer_entidade_mantenedora_do_hospital_erasto_gaertner.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3457/pl024-concessao_de_direito_real_de_uso_com_igreja_evangelica_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3458/pl025_-_programa_municipal_de_qualificacao_profissional_e_transferencia_de_renda.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3459/pl026_-_fornecimento_de_absorventes_higienicos_nas_escolas_publicas_municipais_e_nos_centro_de_referencia_da_assistencia_social_cras.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3460/pl027_-_autoriza_a_abertura_de_credito_adicional_especial_na_importancia_de_ate_r_100.00000_cem_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3513/pl028-_estabelece_orientacoes_sobre_a_aceitacao_de_estagiarios_no_ambito_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3514/pl029_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3533/pl030_-_dispoe_sobre_a_criacao_e_denominacao_do_centro_de_eventos_aime_richa.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3572/pl031_-_altera_a_lei_no_4746-2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/pl32-autoriza_conceder_premiacao_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3593/pl33-desapropriacao_imovel_camara.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3597/substitutivo-ao-projeto-de-lei-n-034-2022_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3598/pl035_2022-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3623/pl036_substitutivo_-_amortizacao_do_deficit_tecnico_atuarial_caps.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_de_lei_037-2022_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3629/pl038_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_300.00000_trezentos_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3630/pl039-_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3633/pl040_-_altera_a_lei_no_4614.18_cria_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3635/pl041--dispoe-sobre-o-vi-festival-de-bandas-de-rock-de-irati.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3636/pl042---subven-apae.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3637/pl043---reversao-imovel-doado-pela-lei-4744.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3638/pl044--desapropriacao-imovel-bombeiros.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3358/pll_001_-_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3359/pll_002_-_denomina_rua_anselmo_zotto.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3367/pll_003_-_up_guarani_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3368/pll_004_-_denomina_feira_do_produtor_rural_estanislau_waydzik.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3403/pll_005_-_passaporte_vacinal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3404/pll_006_-_denomina_rua_valter_lourenco_de_souza.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3410/pll_007_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3411/pll_008_-_denomina_rua_waldemar_borde.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3428/pl_009_-_inclui_a_romaria_do_itapara_no_calendario_oficial_de_festividades.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3429/pll_010_-_up_apmf_cmei_jose_maria_orreda.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3442/pll_011_-_dia_municipal_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3487/pll_012_-_up_associacao_dos_pracas_unidos.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3488/pll_013_-_up_associacao_iratiense_de_artesaos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3510/pll_014_-_cidadao_benemerito_nelson_bakaus.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3511/pll_015_-_cidadao_benemerito_air_cavalim.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3512/pll_016_-_cidada_honoraria_joana_stroparo_duda.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3515/pll_017_-_denomina_rua_jacirema_da_luz_oliveira.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3531/pll_018_-_denomina_rua_joao_cumin.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3532/pll_019_-_denomina_ubs_cesar_chicalski.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3566/pll_020_-_regulamenta_contratacoes_direta_nova_lei_de_licitacos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3567/pll_021_-_inclui_a_expoirati_no_calendario_oficial_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/pll_022_-_denomina_rua_ari_ferreira_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/pll_023_-_denomina_ubs_adriana_morais_carvalho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3625/pll_024_-_denomina_rua_julio_gil.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3634/pll-025---altera-plano-cargos-e-salarios-legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3617/pr_001_-_credito_suplementar_-_130.000.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3596/proposta_de_emenda_lom_001-2022_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_de_emenda_a_lei_organica_001-2022_substitutivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="146.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="219.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="218.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>