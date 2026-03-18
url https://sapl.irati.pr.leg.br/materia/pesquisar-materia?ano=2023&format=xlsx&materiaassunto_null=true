--- v0 (2025-10-10)
+++ v1 (2026-03-18)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>RONALDÃO DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de placas a fim de identificar todas as vias públicas do Município. A identificação dos logradouros é imprescindível para localização dos moradores, principalmente na entrega de correspondências, bem como para o acesso de outras pessoas que se deslocam pela cidade e necessitam destas informações.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de energia elétrica no cemitério da localidade de Monjolo, a fim de viabilizar os serviços de limpeza, manutenção e construção do local, bem como d túmulos e capelas. O pedido foi encaminhado pelo morador Jair Pereira, representando o anseio de toda a comunidade.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de reparos na parte final da Rua Venezuela, em frente ao nº 26, no bairro Nossa Senhora da Luz, onde formou-se uma valeta na via, que vem causando risco e transtorno para pedestres e motoristas.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
@@ -3443,979 +3443,979 @@
   <si>
     <t>- Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que seja requerida a regularização, através de doação, dos imóveis que pertencem ao Estado onde atualmente funcionam escolas municipais, assim como do imóvel onde funcionava a antiga Fecli, tendo em vista que, em contrapartida, o Município adquiriu um imóvel com área de mais de 30 alqueires com benfeitorias, o qual foi repassado à Universidade.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de tapa-buracos na Adão Panka, bairro Rio Bonito. A via, segundo os moradores, encontra-se em condições precárias, precisando de manutenção urgente.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, RONALDÃO DO POVO, TERE, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3740/mocao_de_aplausos_001_-_paratleta_heverton_gil.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3740/mocao_de_aplausos_001_-_paratleta_heverton_gil.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati registra e concede, por meio dos Vereadores Alcides Cezar Pinto, José Ronaldo Ferreira, Teresinha Miranda Veres e Vera Maria Gabardo, Moção de Aplausos ao Paratleta Heverton Gil.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3783/mocao_de_aplausos_002_-_jornal_folha_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3783/mocao_de_aplausos_002_-_jornal_folha_de_irati.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, por meio dos Vereadores Helio de Mello, José Ronaldo Ferreira, Vera Maria Gabardo e Dr. João Henrique Duarte, registra e concede Moção de Aplausos ao Jornal FOLHA DE IRATI.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
     <t>RONALDÃO DO POVO, CEZAR BATATINHA, DR. JOÃO HENRIQUE, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3863/mocao_de_aplausos_003_-_grupo_de_teatro_sao_francisco_de_assis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3863/mocao_de_aplausos_003_-_grupo_de_teatro_sao_francisco_de_assis.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati por meio dos Vereadores José Ronaldo Ferreira, Dr. João Henrique Duarte, Alcides Cezar Pinto e Vera Maria Gabardo concede Moção de Aplausos ao Grupo de Teatro São Francisco de Assis.</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
     <t>VERA GABARDO, HELIO DE MELLO, RONALDÃO DO POVO, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3913/mocao_de_aplausos_004_-_diacono_agostinho_vanderlei_basso.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3913/mocao_de_aplausos_004_-_diacono_agostinho_vanderlei_basso.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, por meio dos Vereadores Vera Maria Gabardo, José Ronaldo Ferreira, Teresinha Miranda Veres e Helio de Mello, registra e concede Moção de Aplausos ao DIÁCONO AGOSTINHO VANDERLEI BASSO.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>RONALDÃO DO POVO, CEZAR BATATINHA, HELIO DE MELLO, NEGO JACUMASSO, VERA GABARDO</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati registra e concede, por meio dos Vereadores Helio de Mello, Alcides Cezar Pinto, Teresinha Miranda Veres e Leomar Jacumasso Moção de Aplausos à EQUIPE DE BOCHA DE IRATI.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, HELIO DE MELLO, RONALDÃO DO POVO, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4063/mocao_de_aplausos_006_-_professor_edson_luis_kuzma.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4063/mocao_de_aplausos_006_-_professor_edson_luis_kuzma.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS Nº 006/2023 (Alcides Cezar Pinto, Helio de Mello, Teresinha Miranda Veres e José Ronaldo Ferreira) -   A Câmara Municipal registra e concede MOÇÃO DE APLAUSOS ao Professor EDSON LUIS KUZMA.</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, NEGO JACUMASSO, RONALDÃO DO POVO, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4098/mocao_de_aplausos_007_-_foco_esportivo_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4098/mocao_de_aplausos_007_-_foco_esportivo_1.pdf</t>
   </si>
   <si>
     <t>- A Câmara Municipal de Irati, registra e concede, por meios dos Vereadores Alcides Cezar Pinto, José Ronaldo Ferreira, Leomar Jacumasso e Vera Maria Gabardo Moção de Aplausos ao CANAL FOCO ESPORTIVO.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, RONALDÃO DO POVO, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4118/mocao_de_aplausos_008_-_ciee.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4118/mocao_de_aplausos_008_-_ciee.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati concede e registra Moção de Aplausos ao Centro de Integração Empresa Escola do Paraná – CIEE/PR – Unidade de Irati.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4149/mocao_de_aplausos_009_-_equipe_de_volei.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4149/mocao_de_aplausos_009_-_equipe_de_volei.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À EQUIPE “IRATI VÔLEI AVI VITAMINAS NEO QUÍMICA”.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>VERA GABARDO, CEZAR BATATINHA, HELIO DE MELLO, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4176/mocao_de_aplausos_010_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4176/mocao_de_aplausos_010_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, registra e concede Moção de Aplausos ao CONSELHO TUTELAR DE IRATI.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3964/projeto_de_decreto_legislativo_-_001-2023_-_licenca_prefeito.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3964/projeto_de_decreto_legislativo_-_001-2023_-_licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Sr. Prefeito Municipal Jorge David Derbli Pinto a licenciar-se de seu cargo no período de 07 de agosto a 06 de setembro de 2023.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, VERA GABARDO, WILSON KARAS</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_decreto_legislativo_-_002-2023_aprovacao_de_contas_2016.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_decreto_legislativo_-_002-2023_aprovacao_de_contas_2016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo DO Município de Irati, referente ao Exercício financeiro de 2016.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_decreto_legislativo_-_003-2023_aprovacao_de_contas_2019.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_decreto_legislativo_-_003-2023_aprovacao_de_contas_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo Município de Irati/PR, referente ao exercício financeiro de 2019</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_decreto_legislativo_-_004-2023_aprovacao_de_contas_2020.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_decreto_legislativo_-_004-2023_aprovacao_de_contas_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo Município de Irati/PR, referente ao exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_decreto_legislativo_-_005-2023_aprovacao_de_contas_2021.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_decreto_legislativo_-_005-2023_aprovacao_de_contas_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo Município de Irati/PR, referente ao exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3699/pl001--reposicao-salarial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3699/pl001--reposicao-salarial.pdf</t>
   </si>
   <si>
     <t>Concede revisão sobre os vencimentos dos _x000D_
 servidores públicos municipais estatutários, _x000D_
 remanescente do regime CLT, empregados públicos, _x000D_
 conselheiros tutelares, cargos em comissão, Prefeito e _x000D_
 Vice-Prefeito e Secretários, concede reajuste salarial _x000D_
 nos valores dos vencimentos dos servidores públicos _x000D_
 municipais, fixa o piso mínimo municipal, e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3701/pl002_-_programa_de_recuperacao_fiscal__refis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3701/pl002_-_programa_de_recuperacao_fiscal__refis.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal – Refis, no Município de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3702/pl003-altera_a_lei_n_4513.2018_que_dispoe_sobre_a_politica_municipal_de_atendimento_a_crianca_e_ao_adolescente_do_municipio_de_irati_-_final_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3702/pl003-altera_a_lei_n_4513.2018_que_dispoe_sobre_a_politica_municipal_de_atendimento_a_crianca_e_ao_adolescente_do_municipio_de_irati_-_final_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.513/2018, que dispõe sobre a Política Municipal de Atendimento à Criança e ao Adolescente, Conselho Municipal dos Direitos da Criança e do Adolescente (CMDCA), Colegiado de Adolescentes Observadores (CAO), Fundo Municipal dos Direitos da Criança e do Adolescente (FMDCA) e Conselho Tutelar.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3739/pl004-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3739/pl004-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a conceder premiação em decorrência de campeonatos esportivos promovidos pela Secretaria de Esportes e Lazer e dá outras providências.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3763/pl005_-_autoriza_o_municipio_de_irati_a_celebrar_parceria_com_a_uniao_dos_dirigentes_municipais_de_educacao__undime-pr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3763/pl005_-_autoriza_o_municipio_de_irati_a_celebrar_parceria_com_a_uniao_dos_dirigentes_municipais_de_educacao__undime-pr.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Irati a celebrar parceria com a União dos Dirigentes Municipais de Educação – UNDIME/PR, associação civil de direito privado sem fins lucrativos, que realiza atividades de defesa em favor das políticas públicas e interesses do município e a pagar as respectivas anuidades, conforme especifica.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3764/pl006_-_institui_o_programa_porteira_adentro_de_fomento_e_incentivo_ao_produtor_rural_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3764/pl006_-_institui_o_programa_porteira_adentro_de_fomento_e_incentivo_ao_produtor_rural_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Porteira Adentro”, de fomento e incentivo ao produtor rural, e dá outras providências.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3779/pl007_-_subvencao_apae.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3779/pl007_-_subvencao_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), na importância de até R$ 344.288,00.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3780/pl008_-_auxilio_apae.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3780/pl008_-_auxilio_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), e a abrir crédito adicional especial no valor de até R$ 139.799,23.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3781/pl009_-altera_o_art._2o_da_lei_municipal_no_4910.2021.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3781/pl009_-altera_o_art._2o_da_lei_municipal_no_4910.2021.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei Municipal nº 4910/2021.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3808/pl010_-_altera_lei_2909.2009_do_conselho_municipal_de_cultura_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3808/pl010_-_altera_lei_2909.2009_do_conselho_municipal_de_cultura_de_irati.pdf</t>
   </si>
   <si>
     <t>altera artigos da lei nº 2.909/2009. Acresce novas atribuições ao Conselho Municipal de Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3809/pl011_-_cria_o_fundo_municipal_de_cultura_-_2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3809/pl011_-_cria_o_fundo_municipal_de_cultura_-_2023.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta o Fundo Municipal de Cultura de Irati – Paraná, revoga as Leis nº 3.593/2012 e nº 4.724/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3810/pl012_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3810/pl012_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_irati.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura o Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3811/pl013_-_plano_municipal_de_cultura_-_apos_audiencia_publica_e_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3811/pl013_-_plano_municipal_de_cultura_-_apos_audiencia_publica_e_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Municipal de Cultura o Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3812/pl014-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3812/pl014-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à ASI – Associação Santos Inocentes – Cidade da Criança, no valor de até R$ 120.000,00.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3813/pl015-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3813/pl015-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à Guarda Mirim de Irati, no valor de até R$ 120.000,00.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3814/pl016-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3814/pl016-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à Associação do Núcleo de Apoio ao Portador de Câncer de Irati – ANAPCI, no valor de até R$ 120.000,00.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3815/pl017-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3815/pl017-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Apoio às Estradas Rurais do Município de Irati (FUNDESTRADAS) e dá outras providências.</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3861/pl018_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3861/pl018_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar abertura de crédito adicional especial no Orçamento do Município de Irati, para o exercício de 2023.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3862/pl019_-autoriza_o_executivo_municipal_a_contratar_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1_1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3862/pl019_-autoriza_o_executivo_municipal_a_contratar_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar Operações de Crédito com a Agência de Fomento do Paraná S.A, e dá outras providências.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3872/pl020-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3872/pl020-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4231/2016, que dispõe sobre o uso e ocupação do solo urbano e rural do Município de Irati, acrescendo o parágrafo terceiro, ao artigo 26, da referida lei.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3895/pl021.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3895/pl021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir imóvel registrado na matrícula nº 6143, do 2º Ofício de Registro de Imóveis de Irati, com a área de 5.475m², por desapropriação.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3896/pl022.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3896/pl022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder premiação ao Concurso Fotográfico “Irati em Imagens” – IX Concurso Fotográfico Pe. Tadeu Dziedzic e VIII Concurso de Vídeo João Wasilewski e dá outras providências.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3905/pl023-concessao_de_direito_real_de_uso_com_a_arautos_do_bem.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3905/pl023-concessao_de_direito_real_de_uso_com_a_arautos_do_bem.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar Concessão de Direito Real de Uso de Bem Municipal com a Associação Filantrópica Arautos do Bem de Irati – AFABI, e dá outras providências.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3910/pl024-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3910/pl024-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial dos Municípios do Paraná como veículo oficial de comunicação dos atos normativos e administrativos do Município de Irati.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3938/pl025_-_altera_o_art._1o_da_lei_municipal_no_4639.2019.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3938/pl025_-_altera_o_art._1o_da_lei_municipal_no_4639.2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 4639/2019.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3961/pl026_-_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3961/pl026_-_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Regularização Fundiária de Áreas Industriais do Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3962/pl027-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3962/pl027-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4002/pl028_-_reversao_imovel_doado_pela_lei_3550.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4002/pl028_-_reversao_imovel_doado_pela_lei_3550.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber em reversão o imóvel doado à Universidade Estadual do Centro-Oeste – Unicentro – pela Lei Municipal nº 3550/2012. (PL COM OFÍCIO EM ANEXO)</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4003/pl029-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4003/pl029-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar cessão de uso de bem público com o 10º Subgrupamento de Bombeiros Independente.</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4004/pl030-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4004/pl030-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito com a Caixa Econômica Federal, no âmbito do Programa Pró-Moradia, ou seu sucedâneo.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4012/pl031-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4012/pl031-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação e o recebimento de patrocínio pelo poder público a eventos realizados no território do Município de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4013/pl032-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4013/pl032-2023.pdf</t>
   </si>
   <si>
     <t>Altera artigos da Lei nº 4.956/2022 que dispõe sobre a reorganização da estrutura administrativa do Município de Irati, cria a Secretaria da Mulher, da Criança e do Idoso, e dá outras providências.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4028/pl033_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4028/pl033_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo, mediante licitação, a conceder direito real de uso de imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4029/pl034_-_dispoe_sobre_a_criacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_sim-poa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4029/pl034_-_dispoe_sobre_a_criacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_sim-poa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço de Inspeção Municipal de Produtos de Origem Animal (SIM/POA).</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4030/pl035_-_altera_o_art._1_da_lei_municipal_no_4.563-2018.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4030/pl035_-_altera_o_art._1_da_lei_municipal_no_4.563-2018.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 4.563/2018, que autoriza o Poder Executivo a conceder, mediante licitação, a empresa ou consórcio de empresas, a instalação, manutenção, conservação e veiculação de publicidades em lixeiras contentoras de lixo, bancos, pontos de ônibus e dá outras providências.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4041/pl037_-_dispoe_sobre_as_diretrizes_e_regras_para_oferta_por_empresas_privadas_de_atividades_de_contra_turno_escolar_ou_centro_de_recreacao_e_lazer.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4041/pl037_-_dispoe_sobre_as_diretrizes_e_regras_para_oferta_por_empresas_privadas_de_atividades_de_contra_turno_escolar_ou_centro_de_recreacao_e_lazer.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes e regras para oferta, por empresas privadas, de atividades de contraturno escolar ou centro de recreação e lazer.</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4064/pl038_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4064/pl038_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder premiação ao Concurso Rainha e Princesas da EXPOIRATI.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4085/pl_no_039-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4085/pl_no_039-2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Irati-PR, para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4099/pl040_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_comunidade_bethania_no_valor_de_ate_r_36.00000_trinta_e_seis_mil_reais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4099/pl040_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_comunidade_bethania_no_valor_de_ate_r_36.00000_trinta_e_seis_mil_reais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à Comunidade Bethânia, no valor de até R$ 36.000,00.</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a contratar operações de crédito com a Agência de Fomento do Paraná S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4101/pl042_-_autoriza_o_poder_executivo_municipal_a_efetuar_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4101/pl042_-_autoriza_o_poder_executivo_municipal_a_efetuar_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a efetuar a abertura de crédito adicional especial no PPA, LDO e no orçamento do Município de Irati.</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4116/pl043-1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4116/pl043-1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 3136/2010, que dispõe sobre a Política Municipal de Prevenção e Repressão ao uso de Drogas Lícitas e Ilícitas, tratamento e ressocialização e cria o Conselho Municipal Sobre Drogas - COMUSD, Conferência Municipal e Fundo Municipal.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4117/pl044_-_reduz_por_prazo_determinado_os_valores_das_multas_aplicadas_por_infracao_aos_decretos_editados_para_enfrentamento_da_covid-19.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4117/pl044_-_reduz_por_prazo_determinado_os_valores_das_multas_aplicadas_por_infracao_aos_decretos_editados_para_enfrentamento_da_covid-19.pdf</t>
   </si>
   <si>
     <t>Reduz, por prazo determinado, os valores das multas aplicadas por infração aos decretos editados para enfrentamento da COVID-19.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4147/pl045_-_cria_o_fundo_municipal_para_calamidades_publicas_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4147/pl045_-_cria_o_fundo_municipal_para_calamidades_publicas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal para Calamidades Públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4164/pl046-1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4164/pl046-1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Consórcio Intermunicipal de Desenvolvimento Regional – Conder a contratar, por meio de parceria público privada os serviços de iluminação pública no Município de Irati, Estado do Paraná, e altera a Lei Municipal nº 1922/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4165/pl047_-_altera_a_lei_municipal_no_4.943-2021_que_dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2022-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4165/pl047_-_altera_a_lei_municipal_no_4.943-2021_que_dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2022-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.943/2021, que dispõe sobre o Plano Plurianual para o período de 2022/2025.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4166/pl048_-_autoriza_a_loja_maconica_uniao_e_progresso_979_a_implantar_um_monumento_a_rotatoria_da_praca_edgard_andrade_gomes_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4166/pl048_-_autoriza_a_loja_maconica_uniao_e_progresso_979_a_implantar_um_monumento_a_rotatoria_da_praca_edgard_andrade_gomes_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza a Loja Maçônica União e Progresso 979 a implantar um monumento a rotatória da praça Edgard Andrade Gomes e dá outras providências.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4177/pl049_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_106.57380_m2.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4177/pl049_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_106.57380_m2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóvel ao Governo do Estado do Paraná com área total de 106.573,80 m² (cento e seis mil, quinhentos e setenta e três metros quadrados e oitenta decímetros quadrados), registrado sob a matrícula n° 13.662 do 2º Ofício do Registro de Imóveis de Irati.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4178/pl050_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_59.91966_m2_r.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4178/pl050_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_59.91966_m2_r.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóvel ao Governo do Estado do Paraná com área total de 59.919,66 m² (cinquenta e nove mil, novecentos e dezenove metros quadrados e sessenta e seis decímetros quadrados), registrado sob a matrícula n° 13.663 do 2º Ofício do Registro de Imóveis de Irati.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4179/pl051_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_governo_do_estado_do_parana_o_imovel_de_area_total_de_8.10000_m2.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4179/pl051_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_governo_do_estado_do_parana_o_imovel_de_area_total_de_8.10000_m2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóvel ao Governo do Estado do Paraná o imóvel de área total de 8.100,00 m² (oito mil e cem metros quadrados), registrado sob a matrícula n° 17.623 do 1º Ofício do Registro de Imóveis de Irati.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4180/pl052_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_300.00000_trezentos_mil_reais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4180/pl052_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_300.00000_trezentos_mil_reais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à PROVOPAR DE IRATI no valor de até R$ 300.000,00.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4181/pl053_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_associacao_do_nucleo_de_apoio_ao_portador_de_cancer_de_irati__anapci.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4181/pl053_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_associacao_do_nucleo_de_apoio_ao_portador_de_cancer_de_irati__anapci.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio à Associação do Núcleo de Apoio ao Portador de Câncer de Irati - ANAPCI.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4182/pl054_-_autoriza_o_poder_executivo_a_contratar_concessao_de_direito_real_de_uso_de_bem_municipal_com_a_associacao_cultural_e_esportiva.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4182/pl054_-_autoriza_o_poder_executivo_a_contratar_concessao_de_direito_real_de_uso_de_bem_municipal_com_a_associacao_cultural_e_esportiva.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar concessão de direito real de uso de bem municipal com a Associação Cultural e Esportiva União dos Amigos das Crianças de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4183/pl_subst_055-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4183/pl_subst_055-2023.pdf</t>
   </si>
   <si>
     <t>Projeto Substitutivo - Dispõe sobre a forma de amortização do déficit técnico atuarial, de acordo com a Portaria n° 1467 de 02 de junho de 2022, Plano de Amortização por Aportes Crescentes e Alíquotas Crescentes da Previdência Social dos Servidores do Município de Irati - CAPSIRATI, mediante atualização anual, bem como revoga a Lei n° 5.005/2022, e dá outras providencias.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4184/pl056_-_parcelamento_capsirati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4184/pl056_-_parcelamento_capsirati.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do Município de Irati relativos ao aporte financeiro anual de 2023 com seu Regime Próprio de Previdência Social – RPPS, CAPSIRATI – Caixa de Aposentadoria e Pensão dos Servidores Municipais de Irati de acordo com o art. 14 da Portaria MTP nº 1467 de 2 de junho de 2022.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4198/pl_no_057-2023.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4198/pl_no_057-2023.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de Irati, Estado do Paraná, do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4200/pl058_-_institui_a_taxa_de_protecao_a_desastres_no_municipio_de_irati_revoga_a_lei_no_2158-2004_e_os_artigos_274_a_283_do_codigo_tributario_de_irati_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4200/pl058_-_institui_a_taxa_de_protecao_a_desastres_no_municipio_de_irati_revoga_a_lei_no_2158-2004_e_os_artigos_274_a_283_do_codigo_tributario_de_irati_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Proteção a Desastres no Município de Irati, revoga a Lei n° 2158/2004 e os artigos 274 a 283 do Código Tributário de Irati, e dá outras providências</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4202/pl059_-_permuta_center_pecas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4202/pl059_-_permuta_center_pecas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a permutar área de terra que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3700/pll-001---reposicao-legislativo-municipal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3700/pll-001---reposicao-legislativo-municipal.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial aos servidores e vereadores da Câmara Municipal de Irati – PR.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3782/pll_002_-_denomina_rua_olyvio_pereira_de_souza.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3782/pll_002_-_denomina_rua_olyvio_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Sem Denominação, no Bairro Riozinho, de RUA OLYVIO PEREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3816/pll_003_-_denomina_rua_dirceu_iasnok.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3816/pll_003_-_denomina_rua_dirceu_iasnok.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “D”, no Bairro Alto da Glória, de RUA DIRCEU IASNOK.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3893/pll_004_-_denomina_ambulatorio_medico_de_especialidade_-_ame.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3893/pll_004_-_denomina_ambulatorio_medico_de_especialidade_-_ame.pdf</t>
   </si>
   <si>
     <t>Denomina o Ambulatório Médico de Especialidade (AME), de “JOÃO ANTONIO DE ALMEIDA”.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3894/pll_005_-_classifica_a_visao_monocular_como_deficiencia_sensorial_do_tipo_visual_2.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3894/pll_005_-_classifica_a_visao_monocular_como_deficiencia_sensorial_do_tipo_visual_2.pdf</t>
   </si>
   <si>
     <t>Classifica a visão monocular como deficiência sensorial do tipo visual, e dá outras providências.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3906/pll_006_-_denomina_pista_de_laco_ct.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3906/pll_006_-_denomina_pista_de_laco_ct.pdf</t>
   </si>
   <si>
     <t>Denomina a pista de laço do CT Willy Laars de “PISTA DE LAÇO NEI CABRAL”.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3911/pll_007_-_denomina_rua_exp_stanislau_mikuczka.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3911/pll_007_-_denomina_rua_exp_stanislau_mikuczka.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua nº 02 do Loteamento Lagoa Dourada, no Bairro Lagoa, de RUA EXPEDICIONÁRIO STANISLAU MIKUCZKA.</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3912/pll_008_-_denomina_rua_sergio_luis_caetano.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3912/pll_008_-_denomina_rua_sergio_luis_caetano.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua nº 03 do Loteamento Lagoa Dourada, no Bairro Lagoa, de RUA SERGIO LUÍS CAETANO.</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3922/pll_009_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3922/pll_009_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de funcionamento dos estabelecimentos comerciais, industriais e prestadores de serviços no Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3939/pll_010_-_denomina_rua_maria_eugenia_mendes.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3939/pll_010_-_denomina_rua_maria_eugenia_mendes.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “I” do Loteamento Professor Lico, no bairro Engenheiro Gutierrez, de RUA MARIA EUGÊNIA MENDES.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3953/pll_011_-_denomina_rua_maria_rosa_pacheco_kremer.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3953/pll_011_-_denomina_rua_maria_rosa_pacheco_kremer.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada 01 do Loteamento Vila Verde, no bairro Alto da Lagoa, de RUA MARIA ROSA PACHECO KREMER.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3954/pll_012_-_autoriza_termo_de_cessao_de_uso_unicentro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3954/pll_012_-_autoriza_termo_de_cessao_de_uso_unicentro.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Irati a firmar Termo de Cessão de Uso com a Universidade Estadual do Centro-Oeste, UNICENTRO.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4001/pll_013_-_up_magos_da_estrada.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4001/pll_013_-_up_magos_da_estrada.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação de Motociclistas Magos da Estrada – Motoclube”.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4042/pll_014_-_up_amigos_da_santa_casa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4042/pll_014_-_up_amigos_da_santa_casa.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação dos Amigos da Santa Casa de Irati – AASCI”.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4043/pll_015_-_denomina_rua_pedro_barabacz.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4043/pll_015_-_denomina_rua_pedro_barabacz.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua B / 01 no Bairro Colina Nossa Senhora das Graças, de RUA PEDRO BARABACZ.</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4044/pll_016_-_denomina_rua_jose_fernando_teixeira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4044/pll_016_-_denomina_rua_jose_fernando_teixeira.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada 07 do Loteamento Lagoa Real, de RUA JOSÉ FERNANDO TEIXEIRA.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4127/pll_017_-_cidadao_benemerito_odair_miguel_gonsalves_dos_santos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4127/pll_017_-_cidadao_benemerito_odair_miguel_gonsalves_dos_santos.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito do Município de Irati ao Senhor Odair Miguel Gonsalves dos Santos.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4148/pll_018_-_cidadao_benemerito_paulo_henrique_santos_fraxino.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4148/pll_018_-_cidadao_benemerito_paulo_henrique_santos_fraxino.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito do Município de Irati ao Senhor Paulo Henrique Santos Fraxino.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4150/pll_019_-_cidadao_honorario_jose_nelson_menon.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4150/pll_019_-_cidadao_honorario_jose_nelson_menon.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor José Nelson Menon.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4151/pll_020_-_cidadao_honorario_edison_uliana.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4151/pll_020_-_cidadao_honorario_edison_uliana.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Edison Uliana.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3829/pr_001_-_regulamenta_nova_lei_de_licitacoes.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3829/pr_001_-_regulamenta_nova_lei_de_licitacoes.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei n° 14.133, de 1° de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, no Âmbito da Câmara Municipal de Irati – PR.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>TERE, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3963/pr_002_-_mencao_honrosa_vidas_idosas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3963/pr_002_-_mencao_honrosa_vidas_idosas.pdf</t>
   </si>
   <si>
     <t>Institui a Menção Honrosa “Vidas Idosas Importam”, a ser conferida anualmente pela Câmara Municipal de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4000/pr_003_-_ouvidoria_parlamentar.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4000/pr_003_-_ouvidoria_parlamentar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, a estrutura e o funcionamento da Ouvidoria Parlamentar da Câmara Municipal de Vereadores de Irati, Estado do Paraná.</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4076/pr_004_-_credito_suplementar_205.00000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4076/pr_004_-_credito_suplementar_205.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no exercício financeiro de 2023, do Legislativo Municipal, na importância de até R$ 205.000,00 (duzentos e cinco mil reais).</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>DR. JOÃO HENRIQUE, CEZAR BATATINHA, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4199/pr_005_-_credito_suplementar_15.00000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4199/pr_005_-_credito_suplementar_15.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no exercício financeiro de 2023, do Legislativo Municipal, na importância de até R$ 15.000,00.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a previsão para entrega dos uniformes escolares aos alunos da rede pública municipal de ensino?</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a previsão para conclusão da obra do CMEI do bairro Rio Bonito?</t>
   </si>
   <si>
     <t>3730</t>
   </si>
@@ -4939,67 +4939,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3740/mocao_de_aplausos_001_-_paratleta_heverton_gil.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3783/mocao_de_aplausos_002_-_jornal_folha_de_irati.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3863/mocao_de_aplausos_003_-_grupo_de_teatro_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3913/mocao_de_aplausos_004_-_diacono_agostinho_vanderlei_basso.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4063/mocao_de_aplausos_006_-_professor_edson_luis_kuzma.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4098/mocao_de_aplausos_007_-_foco_esportivo_1.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4118/mocao_de_aplausos_008_-_ciee.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4149/mocao_de_aplausos_009_-_equipe_de_volei.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4176/mocao_de_aplausos_010_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3964/projeto_de_decreto_legislativo_-_001-2023_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_decreto_legislativo_-_002-2023_aprovacao_de_contas_2016.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_decreto_legislativo_-_003-2023_aprovacao_de_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_decreto_legislativo_-_004-2023_aprovacao_de_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_decreto_legislativo_-_005-2023_aprovacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3699/pl001--reposicao-salarial.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3701/pl002_-_programa_de_recuperacao_fiscal__refis.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3702/pl003-altera_a_lei_n_4513.2018_que_dispoe_sobre_a_politica_municipal_de_atendimento_a_crianca_e_ao_adolescente_do_municipio_de_irati_-_final_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3739/pl004-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3763/pl005_-_autoriza_o_municipio_de_irati_a_celebrar_parceria_com_a_uniao_dos_dirigentes_municipais_de_educacao__undime-pr.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3764/pl006_-_institui_o_programa_porteira_adentro_de_fomento_e_incentivo_ao_produtor_rural_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3779/pl007_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3780/pl008_-_auxilio_apae.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3781/pl009_-altera_o_art._2o_da_lei_municipal_no_4910.2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3808/pl010_-_altera_lei_2909.2009_do_conselho_municipal_de_cultura_de_irati.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3809/pl011_-_cria_o_fundo_municipal_de_cultura_-_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3810/pl012_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3811/pl013_-_plano_municipal_de_cultura_-_apos_audiencia_publica_e_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3812/pl014-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3813/pl015-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3814/pl016-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3815/pl017-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3861/pl018_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3862/pl019_-autoriza_o_executivo_municipal_a_contratar_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1_1.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3872/pl020-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3895/pl021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3896/pl022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3905/pl023-concessao_de_direito_real_de_uso_com_a_arautos_do_bem.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3910/pl024-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3938/pl025_-_altera_o_art._1o_da_lei_municipal_no_4639.2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3961/pl026_-_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3962/pl027-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4002/pl028_-_reversao_imovel_doado_pela_lei_3550.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4003/pl029-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4004/pl030-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4012/pl031-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4013/pl032-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4028/pl033_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4029/pl034_-_dispoe_sobre_a_criacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_sim-poa.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4030/pl035_-_altera_o_art._1_da_lei_municipal_no_4.563-2018.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4041/pl037_-_dispoe_sobre_as_diretrizes_e_regras_para_oferta_por_empresas_privadas_de_atividades_de_contra_turno_escolar_ou_centro_de_recreacao_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4064/pl038_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4085/pl_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4099/pl040_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_comunidade_bethania_no_valor_de_ate_r_36.00000_trinta_e_seis_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4101/pl042_-_autoriza_o_poder_executivo_municipal_a_efetuar_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4116/pl043-1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4117/pl044_-_reduz_por_prazo_determinado_os_valores_das_multas_aplicadas_por_infracao_aos_decretos_editados_para_enfrentamento_da_covid-19.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4147/pl045_-_cria_o_fundo_municipal_para_calamidades_publicas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4164/pl046-1.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4165/pl047_-_altera_a_lei_municipal_no_4.943-2021_que_dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4166/pl048_-_autoriza_a_loja_maconica_uniao_e_progresso_979_a_implantar_um_monumento_a_rotatoria_da_praca_edgard_andrade_gomes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4177/pl049_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_106.57380_m2.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4178/pl050_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_59.91966_m2_r.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4179/pl051_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_governo_do_estado_do_parana_o_imovel_de_area_total_de_8.10000_m2.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4180/pl052_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_300.00000_trezentos_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4181/pl053_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_associacao_do_nucleo_de_apoio_ao_portador_de_cancer_de_irati__anapci.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4182/pl054_-_autoriza_o_poder_executivo_a_contratar_concessao_de_direito_real_de_uso_de_bem_municipal_com_a_associacao_cultural_e_esportiva.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4183/pl_subst_055-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4184/pl056_-_parcelamento_capsirati.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4198/pl_no_057-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4200/pl058_-_institui_a_taxa_de_protecao_a_desastres_no_municipio_de_irati_revoga_a_lei_no_2158-2004_e_os_artigos_274_a_283_do_codigo_tributario_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4202/pl059_-_permuta_center_pecas.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3700/pll-001---reposicao-legislativo-municipal.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3782/pll_002_-_denomina_rua_olyvio_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3816/pll_003_-_denomina_rua_dirceu_iasnok.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3893/pll_004_-_denomina_ambulatorio_medico_de_especialidade_-_ame.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3894/pll_005_-_classifica_a_visao_monocular_como_deficiencia_sensorial_do_tipo_visual_2.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3906/pll_006_-_denomina_pista_de_laco_ct.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3911/pll_007_-_denomina_rua_exp_stanislau_mikuczka.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3912/pll_008_-_denomina_rua_sergio_luis_caetano.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3922/pll_009_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3939/pll_010_-_denomina_rua_maria_eugenia_mendes.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3953/pll_011_-_denomina_rua_maria_rosa_pacheco_kremer.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3954/pll_012_-_autoriza_termo_de_cessao_de_uso_unicentro.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4001/pll_013_-_up_magos_da_estrada.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4042/pll_014_-_up_amigos_da_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4043/pll_015_-_denomina_rua_pedro_barabacz.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4044/pll_016_-_denomina_rua_jose_fernando_teixeira.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4127/pll_017_-_cidadao_benemerito_odair_miguel_gonsalves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4148/pll_018_-_cidadao_benemerito_paulo_henrique_santos_fraxino.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4150/pll_019_-_cidadao_honorario_jose_nelson_menon.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4151/pll_020_-_cidadao_honorario_edison_uliana.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3829/pr_001_-_regulamenta_nova_lei_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3963/pr_002_-_mencao_honrosa_vidas_idosas.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4000/pr_003_-_ouvidoria_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4076/pr_004_-_credito_suplementar_205.00000.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4199/pr_005_-_credito_suplementar_15.00000.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3740/mocao_de_aplausos_001_-_paratleta_heverton_gil.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3783/mocao_de_aplausos_002_-_jornal_folha_de_irati.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3863/mocao_de_aplausos_003_-_grupo_de_teatro_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3913/mocao_de_aplausos_004_-_diacono_agostinho_vanderlei_basso.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4063/mocao_de_aplausos_006_-_professor_edson_luis_kuzma.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4098/mocao_de_aplausos_007_-_foco_esportivo_1.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4118/mocao_de_aplausos_008_-_ciee.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4149/mocao_de_aplausos_009_-_equipe_de_volei.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4176/mocao_de_aplausos_010_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3964/projeto_de_decreto_legislativo_-_001-2023_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_decreto_legislativo_-_002-2023_aprovacao_de_contas_2016.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_decreto_legislativo_-_003-2023_aprovacao_de_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_decreto_legislativo_-_004-2023_aprovacao_de_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_decreto_legislativo_-_005-2023_aprovacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3699/pl001--reposicao-salarial.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3701/pl002_-_programa_de_recuperacao_fiscal__refis.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3702/pl003-altera_a_lei_n_4513.2018_que_dispoe_sobre_a_politica_municipal_de_atendimento_a_crianca_e_ao_adolescente_do_municipio_de_irati_-_final_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3739/pl004-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3763/pl005_-_autoriza_o_municipio_de_irati_a_celebrar_parceria_com_a_uniao_dos_dirigentes_municipais_de_educacao__undime-pr.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3764/pl006_-_institui_o_programa_porteira_adentro_de_fomento_e_incentivo_ao_produtor_rural_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3779/pl007_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3780/pl008_-_auxilio_apae.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3781/pl009_-altera_o_art._2o_da_lei_municipal_no_4910.2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3808/pl010_-_altera_lei_2909.2009_do_conselho_municipal_de_cultura_de_irati.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3809/pl011_-_cria_o_fundo_municipal_de_cultura_-_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3810/pl012_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3811/pl013_-_plano_municipal_de_cultura_-_apos_audiencia_publica_e_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3812/pl014-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3813/pl015-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3814/pl016-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3815/pl017-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3861/pl018_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3862/pl019_-autoriza_o_executivo_municipal_a_contratar_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_s.a_1_1.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3872/pl020-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3895/pl021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3896/pl022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3905/pl023-concessao_de_direito_real_de_uso_com_a_arautos_do_bem.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3910/pl024-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3938/pl025_-_altera_o_art._1o_da_lei_municipal_no_4639.2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3961/pl026_-_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3962/pl027-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4002/pl028_-_reversao_imovel_doado_pela_lei_3550.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4003/pl029-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4004/pl030-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4012/pl031-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4013/pl032-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4028/pl033_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4029/pl034_-_dispoe_sobre_a_criacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_sim-poa.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4030/pl035_-_altera_o_art._1_da_lei_municipal_no_4.563-2018.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4041/pl037_-_dispoe_sobre_as_diretrizes_e_regras_para_oferta_por_empresas_privadas_de_atividades_de_contra_turno_escolar_ou_centro_de_recreacao_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4064/pl038_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4085/pl_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4099/pl040_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_comunidade_bethania_no_valor_de_ate_r_36.00000_trinta_e_seis_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4101/pl042_-_autoriza_o_poder_executivo_municipal_a_efetuar_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4116/pl043-1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4117/pl044_-_reduz_por_prazo_determinado_os_valores_das_multas_aplicadas_por_infracao_aos_decretos_editados_para_enfrentamento_da_covid-19.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4147/pl045_-_cria_o_fundo_municipal_para_calamidades_publicas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4164/pl046-1.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4165/pl047_-_altera_a_lei_municipal_no_4.943-2021_que_dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4166/pl048_-_autoriza_a_loja_maconica_uniao_e_progresso_979_a_implantar_um_monumento_a_rotatoria_da_praca_edgard_andrade_gomes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4177/pl049_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_106.57380_m2.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4178/pl050_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_estado_do_parana_o_imovel_de_area_total_de_59.91966_m2_r.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4179/pl051_-_autoriza_o_poder_executivo_municipal_a_doar_imovel_ao_governo_do_estado_do_parana_o_imovel_de_area_total_de_8.10000_m2.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4180/pl052_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_300.00000_trezentos_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4181/pl053_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_associacao_do_nucleo_de_apoio_ao_portador_de_cancer_de_irati__anapci.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4182/pl054_-_autoriza_o_poder_executivo_a_contratar_concessao_de_direito_real_de_uso_de_bem_municipal_com_a_associacao_cultural_e_esportiva.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4183/pl_subst_055-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4184/pl056_-_parcelamento_capsirati.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4198/pl_no_057-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4200/pl058_-_institui_a_taxa_de_protecao_a_desastres_no_municipio_de_irati_revoga_a_lei_no_2158-2004_e_os_artigos_274_a_283_do_codigo_tributario_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4202/pl059_-_permuta_center_pecas.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3700/pll-001---reposicao-legislativo-municipal.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3782/pll_002_-_denomina_rua_olyvio_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3816/pll_003_-_denomina_rua_dirceu_iasnok.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3893/pll_004_-_denomina_ambulatorio_medico_de_especialidade_-_ame.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3894/pll_005_-_classifica_a_visao_monocular_como_deficiencia_sensorial_do_tipo_visual_2.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3906/pll_006_-_denomina_pista_de_laco_ct.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3911/pll_007_-_denomina_rua_exp_stanislau_mikuczka.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3912/pll_008_-_denomina_rua_sergio_luis_caetano.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3922/pll_009_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3939/pll_010_-_denomina_rua_maria_eugenia_mendes.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3953/pll_011_-_denomina_rua_maria_rosa_pacheco_kremer.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3954/pll_012_-_autoriza_termo_de_cessao_de_uso_unicentro.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4001/pll_013_-_up_magos_da_estrada.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4042/pll_014_-_up_amigos_da_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4043/pll_015_-_denomina_rua_pedro_barabacz.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4044/pll_016_-_denomina_rua_jose_fernando_teixeira.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4127/pll_017_-_cidadao_benemerito_odair_miguel_gonsalves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4148/pll_018_-_cidadao_benemerito_paulo_henrique_santos_fraxino.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4150/pll_019_-_cidadao_honorario_jose_nelson_menon.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4151/pll_020_-_cidadao_honorario_edison_uliana.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3829/pr_001_-_regulamenta_nova_lei_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/3963/pr_002_-_mencao_honrosa_vidas_idosas.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4000/pr_003_-_ouvidoria_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4076/pr_004_-_credito_suplementar_205.00000.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2023/4199/pr_005_-_credito_suplementar_15.00000.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H496"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="235.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="234.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>