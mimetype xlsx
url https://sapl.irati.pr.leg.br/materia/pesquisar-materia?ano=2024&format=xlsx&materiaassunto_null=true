--- v0 (2025-12-08)
+++ v1 (2026-03-16)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CEZAR BATATINHA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias urgentes na Rua José Freitas dos Santos, bairro Gutierrez, via que dá acesso às Universidades Campo Real e Unicentro. A mencionada via encontra-se bastante esburacada por falta de manutenção.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na rampa de acesso do Pronto Atendimento Municipal de Irati. As rampas de acesso são fundamentais para garantir acessibilidade a todo.</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a liberação de comerciantes no Parque da Vila São João, com o intuito de melhorar a praça de alimentação existente, tornando o ponto ainda mais atrativo para os frequentadores do local.</t>
   </si>
   <si>
     <t>4207</t>
   </si>
@@ -2941,948 +2941,948 @@
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a implantação de placa de sinalização referente à lombada existente na Rua 24 de Maio, próximo ao acesso da Faculdade São Vicente, orientando assim, adequadamente, os motoristas que transitam pelo local.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, reiterando o a necessidade urgente da instalação de um redutor de velocidade (quebra-molas ou lombada) na Avenida das Torres, esquina com a Rua das Perdizes, no Bairro Alto da Lagoa. Essa solicitação já havia sido encaminhada anteriormente, mas, até o momento, não foi executada. Ressalta-se que, recentemente, ocorreu outro acidente no local, desta vez com vítima, o que reforça a necessidade de medidas imediatas para aumentar a segurança viária na região. O trecho apresenta fluxo intenso de veículos e frequentes excessos de velocidade, colocando em risco a vida de pedestres e motoristas. A implementação do redutor de velocidade, acompanhada de sinalização adequada, é essencial para prevenir novos acidentes e preservar vidas. Diante do exposto, solicitamos que esta indicação seja tratada com prioridade, considerando a gravidade da situação e o bem-estar da comunidade.</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, HELIO DE MELLO, TERE, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4366/mocao_de_aplausos_001_-_prof._cibelli_batista_belo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4366/mocao_de_aplausos_001_-_prof._cibelli_batista_belo.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À PROFESSORA CIBELLI BATISTA BELO.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4428/mocao_de_aplausos_002_-_colegio_florestal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4428/mocao_de_aplausos_002_-_colegio_florestal.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede,  MOÇÃO DE APLAUSOS: Ao CENTRO FLORESTAL DE EDUCAÇÃO PROFISSIONAL PRESIDENTE COSTA E SILVA.</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>CESÃO JACUMASSO, JORGE ZEN, NEGO JACUMASSO, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4429/mocao_de_aplausos_003_-_corpo_de_bombeiros.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4429/mocao_de_aplausos_003_-_corpo_de_bombeiros.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao CORPO DE BOMBEIROS DE IRATI.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, HELIO DE MELLO, NATO KFFURI, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4640/mocao_de_aplausos_004_-_medalhistas_oba.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4640/mocao_de_aplausos_004_-_medalhistas_oba.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS:_x000D_
 _x000D_
 Aos Estudantes: _x000D_
 LUCAS FERREIRA DIADIO (medalha de ouro)_x000D_
 TIAGO ORREDA (medalha de ouro)_x000D_
 MARIA SOPHIA NIEPCHI (medalha de prata)_x000D_
 GUSTAVO HENRIQUE FERREIRA MACHADO (medalha de bronze)_x000D_
 JOÃO CARLOS DA SILVA PEPI (medalha de bronze)_x000D_
 LORENZO KRUK MENON (medalha de bronze)_x000D_
 MARIA CLARA LIKES MARKOWSKI (medalha de bronze)</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, NEGO JACUMASSO, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4641/mocao_de_aplausos_005_-_atleta_vitor_lorenzato.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4641/mocao_de_aplausos_005_-_atleta_vitor_lorenzato.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS:_x000D_
 _x000D_
 Ao Atleta VITOR LORENZATO.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>NATO KFFURI, NEGO JACUMASSO, VERA GABARDO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4643/projeto_de_decreto_legislativo_-_001-2024_aprovacao_de_contas_2017.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4643/projeto_de_decreto_legislativo_-_001-2024_aprovacao_de_contas_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo Município de Irati/PR, referente ao exercício financeiro de 2017.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4644/projeto_de_decreto_legislativo_-_002-2024_aprovacao_de_contas_2018.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4644/projeto_de_decreto_legislativo_-_002-2024_aprovacao_de_contas_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo Município de Irati/PR, referente ao exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4645/projeto_de_decreto_legislativo_-_003-2024_aprovacao_de_contas_2022.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4645/projeto_de_decreto_legislativo_-_003-2024_aprovacao_de_contas_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo Município de Irati/PR, referente ao exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4203/pl001_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_-_2024_2.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4203/pl001_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_-_2024_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial no Orçamento do Município de Irati, para o exercício de 2024.</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4213/pl002-_reposicao_salarial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4213/pl002-_reposicao_salarial.pdf</t>
   </si>
   <si>
     <t>Concede revisão sobre os vencimentos dos servidores públicos municipais estatutários, remanescente do regime CLT, empregados públicos não vinculados à legislação federal, conselheiros tutelares, cargos em comissão, Prefeito e Vice-Prefeito e Secretários, concede reajuste salarial nos valores dos vencimentos dos servidores públicos municipais, fixa o piso mínimo municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4267/pl003_-autoriza_a_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4267/pl003_-autoriza_a_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4268/pl004-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_cartom_ii.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4268/pl004-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_cartom_ii.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir os imóveis registrados nas matrículas nº 17.730, 17.691, 18.341, 17.799 e 18.340,  do 2º Ofício de Registro de Imóveis de Irati, compostos por, na totalidade, 61 (sessenta e uma) unidades habitacionais.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4269/pl005-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_do_condominio_residencial_bela.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4269/pl005-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_do_condominio_residencial_bela.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir os imóveis do condomínio Residencial Bela, registrados nas matrículas nº 12.680, 12.681, 12.682, 12.683, 12.684, 12.685, 12.686, 12.687, 12.688, 12.689, 12.690, 12.691, 12.692, 12.693 e 12.694,  do 1º Ofício de Registro de Imóveis de Irati, compostos por, na totalidade, 15 (quinze) unidades habitacionais.</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4287/pl006-altera_a_lei_no_5.088-2023_-_amortizacao_deficit_atuarial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4287/pl006-altera_a_lei_no_5.088-2023_-_amortizacao_deficit_atuarial.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 5.088/2023, que dispõe sobre a forma de amortização do déficit técnico atuarial, de acordo com a Portaria nº 1467 de 02 de junho de 2022, Plano de Amortização por Aportes Crescentes e Alíquotas Crescentes da Previdência Social dos Servidores do Município de Irati - CAPSIRATI, mediante atualização anual, bem como revoga a Lei nº 5.005/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4288/pl007-altera_a_lei_no_5.089-2023_-_parcelamento_caps.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4288/pl007-altera_a_lei_no_5.089-2023_-_parcelamento_caps.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 5.089/2023, que dispõe sobre o parcelamento de débitos do Município de Irati relativos ao aporte financeiro anual de 2023 com seu Regime Próprio de Previdência Social – RPPS, CAPSIRATI – Caixa de Aposentadoria e Pensão dos Servidores Municipais de Irati de acordo com o art. 14, da Portaria MTP nº 1467, de 02 de junho de 2022.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/pl008_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_apae_e_a_abrir_credito_adicional_especial_no_valor_de_ate_r_147.88608.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/pl008_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_apae_e_a_abrir_credito_adicional_especial_no_valor_de_ate_r_147.88608.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), e a abrir crédito adicional especial no valor de até R$ 147.886,08 (cento e quarenta e sete mil, oitocentos e oitenta e seis reais e oito centavos).</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/pl009_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_apae_e_a_abrir_credito_adicional_suplementar_no_valor_de_ate_r_357.19200.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/pl009_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_apae_e_a_abrir_credito_adicional_suplementar_no_valor_de_ate_r_357.19200.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), e a abrir crédito adicional suplementar no valor de até R$ 357.192,00 (trezentos e cinquenta e sete mil, cento e noventa e dois reais).</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/pl010-1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/pl010-1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênios e conceder subvenção sociais à Liga Paranaense de Combate ao Câncer (Entidade Mantenedora do Hospital Erasto Gaertner) no valor de até R$ 350.000,00 (trezentos e cinquenta mil reais).</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4342/pl_011-2024.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4342/pl_011-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar  a abertura de Crédito Adicional Especial, no valor de  até R$ 432.000,00 (quatrocentos e trinta e dois mil _x000D_
 reais), no Orçamento do Município de Irati, para o exercício de 2024</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4344/pl012_-_dispoe_sobre_a_politica_municipal_de_residuos_solidos_pmrs_e_institui_o_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_irati_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4344/pl012_-_dispoe_sobre_a_politica_municipal_de_residuos_solidos_pmrs_e_institui_o_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_irati_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Resíduos Sólidos (PMRS) e institui o Plano Municipal de Gestão Integrada de resíduos Sólidos (PMGIRS) Irati, e dá outras providencias.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4474/pl013_-_2_substitutivo_-_dispoe_sobre_o_processo_de_escolha_dos_diretores_das_instituicoes_de_ensino_da_rede_publica_municipal_de_irati__pr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4474/pl013_-_2_substitutivo_-_dispoe_sobre_o_processo_de_escolha_dos_diretores_das_instituicoes_de_ensino_da_rede_publica_municipal_de_irati__pr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o processo de escolha dos Diretores das Instituições de Ensino da Rede Pública Municipal de Irati – PR, revoga as Leis 3992/2015 e 4539/2018, e dá outras providências. (SUBSTITUTIVO)</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4346/pl014_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_defesa_do_meio_ambiente_revoga_a_lei_municipal_no_4.735-2019_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4346/pl014_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_defesa_do_meio_ambiente_revoga_a_lei_municipal_no_4.735-2019_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Defesa do Meio Ambiente, revoga a Lei Municipal nº 4.735/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/pl015_-_institui_o_plano_de_saneamento_basico_do_municipio_de_irati_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/pl015_-_institui_o_plano_de_saneamento_basico_do_municipio_de_irati_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Saneamento Básico do Município de Irati, revoga as Leis nº 2735/2008 e 3608/2012, e dá outras providências.</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4387/pl016_-_autoriza_a_abertura_de_credito_adicional_especial_obra_centro_capacitacao_gari.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4387/pl016_-_autoriza_a_abertura_de_credito_adicional_especial_obra_centro_capacitacao_gari.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 320.000,00 (trezentos e vinte mil reais), no Orçamento do Município de Irati, para o exercício de 2024.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/pl017_-autoriza_conceder_premiacao_ao_x_concurso_fotografico_irati_em_imagens_2024.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/pl017_-autoriza_conceder_premiacao_ao_x_concurso_fotografico_irati_em_imagens_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder premiação ao Concurso Fotográfico “Irati em Imagens” – X Concurso Fotográfico Pe. Tadeu Dziedzic e IX Concurso de Vídeo João Wasilewski, e dá outras providências.</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4404/pl018_-_altera_o_art._1_caput_e_paragrafo_unico_da_lei_no_4.982-2022.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4404/pl018_-_altera_o_art._1_caput_e_paragrafo_unico_da_lei_no_4.982-2022.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º, caput e parágrafo único, da Lei nº 4.982/2022, que Autoriza o Poder Executivo Municipal a receber em reversão, e mediante licitação conceder direito real de uso de imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4405/pl019_-_altera_os_artigos_1-a_e_2-a_da_lei_no_5107-2024_em_relacao_ao_indice_de_atualizacao_monetaria.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4405/pl019_-_altera_os_artigos_1-a_e_2-a_da_lei_no_5107-2024_em_relacao_ao_indice_de_atualizacao_monetaria.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º-A e 2º-A, da Lei nº 5107/2024, em relação ao índice de atualização monetária.</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4406/pl020_-_autoriza_o_executivo_municipal_a_auxiliar_com_pessoal_materiais_e_equipamentos_outros_municipios_ou_estados_em_situacao_de_emergencia_ou_de_calamidade_publica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4406/pl020_-_autoriza_o_executivo_municipal_a_auxiliar_com_pessoal_materiais_e_equipamentos_outros_municipios_ou_estados_em_situacao_de_emergencia_ou_de_calamidade_publica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a auxiliar com pessoal, materiais e equipamentos, outros municípios ou estados em situação de emergência ou de calamidade pública, e dá outras providências.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4421/pl021_-_altera_a_lei_no_4.438-2017_que_institui_o_sistema_municipal_de_habitacao_de_interesse_social_smhis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4421/pl021_-_altera_a_lei_no_4.438-2017_que_institui_o_sistema_municipal_de_habitacao_de_interesse_social_smhis.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.438/2017, que institui o Sistema Municipal de Habitação de Interesse Social (SMHIS), a Política Municipal de Habitação de Interesse Social (PMHIS), o Conselho Municipal De Habitação De Interesse Social (CMHIS), o Fundo Municipal de Habitação de Interesse Social (FMHIS), e dá outras providências.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4426/pl022_-autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_200.00000_duzentos_mil_reais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4426/pl022_-autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_200.00000_duzentos_mil_reais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 200.000,00 (duzentos mil reais), no Orçamento do Município de Irati, para o exercício de 2024.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4441/pl023_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4441/pl023_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder premiação ao Concurso Rainha e Princesas da EXPOIRATI, e dá outras providências.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4442/projeto_de_lei_024.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4442/projeto_de_lei_024.pdf</t>
   </si>
   <si>
     <t>Institui o programa de “Guarda Subsidiada Provisória” no Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4447/pl025_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_320.00000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4447/pl025_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_320.00000.pdf</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4463/pl026_-_altera_a_lei_no_4748-2019_-_isencao_iptu_doencas_graves.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4463/pl026_-_altera_a_lei_no_4748-2019_-_isencao_iptu_doencas_graves.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4748/2019 que concede isenção de pagamento do Imposto Predial e Territorial Urbano (IPTU) ao imóvel habitado por portador de doença grave e dá outras providências.</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4464/pl027_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4464/pl027_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio à ILPI – Instituição de Longa Permanência para Idosos Santa Rita, e a abrir crédito adicional especial no valor de até R$ 31.500,00 (trinta e um mil e quinhentos reais).</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4465/pl028_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4465/pl028_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal conceder subvenção à ILPI – Instituição de Longa Permanência para Idosos Santa Rita, e a abrir crédito adicional especial no valor de até R$ 31.500,00 (trinta e um mil e quinhentos reais).</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4466/pl029_-_autoriza_o_poder_executivo_municipal_conceder_auxilio_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4466/pl029_-_autoriza_o_poder_executivo_municipal_conceder_auxilio_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal conceder auxilio à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), e a abrir crédito adicional suplementar na importância de até R$ 70.000,00 (setenta mil reais).</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4467/pl030_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4467/pl030_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal conceder subvenção à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), e a abrir crédito adicional suplementar na importância de até R$ 30.000,00 (trinta mil reais).</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4468/pl031_-subvencao_hospital_santa_casa_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4468/pl031_-subvencao_hospital_santa_casa_de_irati.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à Irmandade do Hospital de Caridade de Irati – Santa Casa de Irati no valor de até R$ 1.100.000,00 (um milhão e cem mil reais).</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4469/pl032-1.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4469/pl032-1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à ASI – Associação Santos Inocentes – Cidade da Criança, no valor de até R$ 72.000,00 (setenta e dois mil reais).</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4473/pl033-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2025_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4473/pl033-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2025_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4489/pl034_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_125.05528_-_guarda_subsidiadav.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4489/pl034_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_125.05528_-_guarda_subsidiadav.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 125.055,28 (cento e vinte e cinco mil, cinquenta e cinco reais e vinte e oito centavos), no Orçamento do Município de Irati, para o exercício de 2024.</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4490/pl035_-_altera_o_art._2_da_lei_no_5143-2024_subfuncao_subvencao_santa_casa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4490/pl035_-_altera_o_art._2_da_lei_no_5143-2024_subfuncao_subvencao_santa_casa.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º, da Lei nº 5143/2024, que autoriza o Poder Executivo Municipal a conceder subvenção social à Irmandade do Hospital de Caridade de Irati – Santa Casa de Irati no valor de até R$ 1.100.000,00 (um milhão e cem mil reais), em relação à funcional programática da dotação orçamentária utilizada.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/pl036_-_autoriza_a_abertura_de_credito_adicional_especial_capsirati_ate_100.000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/pl036_-_autoriza_a_abertura_de_credito_adicional_especial_capsirati_ate_100.000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial, no valor de até R$ 100.000,00 (cem mil reais), no Orçamento do Caixa de Aposentadoria e Pensão dos Servidores Municipais de Irati-CAPSIRATI, para o exercício de 2024.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4533/pl037_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2024_no_valor_de_ate_r_1.000.00000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4533/pl037_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2024_no_valor_de_ate_r_1.000.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no Orçamento do Município de Irati, para o exercício de 2024, no valor de até R$ 1.000.000,00 (hum milhão de reais).</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4554/pl038_-_altera_o_anexo_iii_da_lei_de_uso_e_ocupacao_do_solo_urbano_lei_municipal_no_42312016.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4554/pl038_-_altera_o_anexo_iii_da_lei_de_uso_e_ocupacao_do_solo_urbano_lei_municipal_no_42312016.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III, Lei Municipal nº 4231/2016 que dispõe sobre o Uso e Ocupação do Solo Urbano e Rural, e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/pl039_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/pl039_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo, mediante licitação, a conceder direito real de uso do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4633/pl040_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_irati__pr_para_o_exercicio_financeiro_de_2025_e_da_outras_providencias_-_loa_-_substitutivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4633/pl040_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_irati__pr_para_o_exercicio_financeiro_de_2025_e_da_outras_providencias_-_loa_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de IRATI – PR, para o Exercício Financeiro de 2025 e dá outras providências. (SUBSTITUTIVO)</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4577/pl041_-_denomina_como_praca_publica_praca_santos_dumont_a_area_de_lazer_situada_no_bairro_jardim_aeroporto.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4577/pl041_-_denomina_como_praca_publica_praca_santos_dumont_a_area_de_lazer_situada_no_bairro_jardim_aeroporto.pdf</t>
   </si>
   <si>
     <t>Denomina como praça pública “Praça Santos Dumont”, a área de lazer situada no Bairro Jardim Aeroporto.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/pl042_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/pl042_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/pl043-_amortizacao_caps.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/pl043-_amortizacao_caps.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial, de acordo com a Portaria nº 1467 de 02 de junho de 2022, Plano de Amortização por Aportes Crescentes e Alíquotas Crescentes com valores apresentados pelo Executivo Municipal.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/pl044_-_parcelamento_capsirati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/pl044_-_parcelamento_capsirati.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do Município de Irati relativos ao aporte financeiro anual de 2024 com seu Regime Próprio de Previdência Social – RPPS, CAPSIRATI – Caixa de Aposentadoria e Pensão dos Servidores Municipais de Irati de acordo com o art. 14, da Portaria MTP nº 1467, de 02 de junho de 2022.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4605/pl045_-_autoriza_reversao_de_parte_de_imovel_condominio_vila_sao_joao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4605/pl045_-_autoriza_reversao_de_parte_de_imovel_condominio_vila_sao_joao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber em reversão, imóvel que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4618/pl046_-_altera_o_art._4_da_lei_3.136-2010_alterada_pela_lei_5.072-2023_que_dispoe_sobre_a_politica_municipal_de_prevencao_e_repressao_ao_uso_de_drogas_licitas_e_ilicitas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4618/pl046_-_altera_o_art._4_da_lei_3.136-2010_alterada_pela_lei_5.072-2023_que_dispoe_sobre_a_politica_municipal_de_prevencao_e_repressao_ao_uso_de_drogas_licitas_e_ilicitas.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4º da Lei nº 3.136/2010, alterada pela Lei nº 5.072/2023, que dispõe sobre a Política Municipal de Prevenção e Repressão ao uso de Drogas Lícitas e Ilícitas, tratamento e ressocialização e cria o Conselho Municipal Sobre Drogas - COMUSD, Conferência Municipal e Fundo Municipal.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4619/pl047_-_dispoe_sobre_a_restricao_ao_trafego_de_veiculos_pesados_em_estrada_municipal_vicinal_secundaria_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4619/pl047_-_dispoe_sobre_a_restricao_ao_trafego_de_veiculos_pesados_em_estrada_municipal_vicinal_secundaria_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a restrição ao tráfego de veículos pesados em estrada municipal vicinal secundária específica e dá outras providências.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4621/pl048_-_denomina_a_concha_acustica_localizada_no_parque_municipal_da_vila_sao_joao_de_concha_acustica_silvio_francisco_ribeiro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4621/pl048_-_denomina_a_concha_acustica_localizada_no_parque_municipal_da_vila_sao_joao_de_concha_acustica_silvio_francisco_ribeiro.pdf</t>
   </si>
   <si>
     <t>Denomina a Concha Acústica localizada no Parque Municipal da Vila São João de “CONCHA ACÚSTICA SILVIO FRANCISCO RIBEIRO”.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4638/pl049_-_autoriza_o_executivo_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_aos_centros_de_tradicoes_gauchas_do_municipio_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4638/pl049_-_autoriza_o_executivo_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_aos_centros_de_tradicoes_gauchas_do_municipio_de_irati.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a conceder direito real de uso de imóveis que especifica aos Centros de Tradições Gaúchas do Município de Irati, bem como a regulamenta a organização sobre os eventos anuais promovidos pelos CTGs, e dá outras providências.</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4214/pll_001_-_reposicao_legislativo_municipal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4214/pll_001_-_reposicao_legislativo_municipal.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial aos servidores e vereadores da Câmara Municipal de Irati – PR.</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4216/pll_002_-_denomina_campo_society_antonio_celso_de_souza.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4216/pll_002_-_denomina_campo_society_antonio_celso_de_souza.pdf</t>
   </si>
   <si>
     <t>Denomina o campo Society do bairro Jardim Planalto de “ANTONIO CELSO DE SOUZA”.</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4217/pll_003_-_revisao_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4217/pll_003_-_revisao_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária sobre o auxílio-alimentação pago aos servidores da Câmara Municipal de Irati – PR.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4255/pll_004_-_denomina_rua_pedro_rodrigues_da_silva.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4255/pll_004_-_denomina_rua_pedro_rodrigues_da_silva.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “G” do Loteamento Anciutti no bairro Riozinho, de RUA PEDRO RODRIGUES DA SILVA.</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4256/pll_005_-_denomina_rua_joao_freitas_filho.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4256/pll_005_-_denomina_rua_joao_freitas_filho.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “Sem Denominação” do Loteamento Jardim Kennedy no bairro Lagoa, de RUA JOÃO FREITAS FILHO.</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4257/pll_006_-_denomina_rua_vitoldo_michalski.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4257/pll_006_-_denomina_rua_vitoldo_michalski.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Rio Vermelho, localizada no Loteamento Jardim Kennedy no bairro Lagoa, para RUA VITOLDO MICHALSKI</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4258/pll_007_-_extensao_rua_ametista.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4258/pll_007_-_extensao_rua_ametista.pdf</t>
   </si>
   <si>
     <t>Amplia a extensão da RUA AMETISTA, localizada no Loteamento Santa Fé no bairro Pedreira</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4270/pll_008_-_up_ctg_pousada_de_tropeiro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4270/pll_008_-_up_ctg_pousada_de_tropeiro.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR o “Centro de Tradições Gaúchas Pousada de Tropeiro”.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/pll_009_-_up_ctg_fazenda_neumann.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/pll_009_-_up_ctg_fazenda_neumann.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR o “CTG Fazenda Neumann”.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4324/pll_010_-_denomina_rua_albina_pabis_gavlak.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4324/pll_010_-_denomina_rua_albina_pabis_gavlak.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “Sem Denominação” no bairro Nhapindazal, de RUA ALBINA PABIS GAVLAK.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4343/pll_011_-_denomina_rua_pedro_filus.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4343/pll_011_-_denomina_rua_pedro_filus.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “Sem Denominação” no bairro Colina Nossa Senhora das Graças, de RUA PEDRO FILUS.</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/pll_012_-_semana_de_conscientizacao_trantorno_espectro_autista.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/pll_012_-_semana_de_conscientizacao_trantorno_espectro_autista.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Conscientização do Transtorno do Espectro Autista – TEA no Calendário Oficial do Município de Irati.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4368/pll_013_-_up_ctg_missioneiro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4368/pll_013_-_up_ctg_missioneiro.pdf</t>
   </si>
   <si>
     <t>Súmula: Declara de Utilidade Pública no Município de Irati-PR o “Centro de Tradições Gaúchas Missioneiro”.</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4369/pll_014_-_denomina_rua_des._claudio_nunes_do_nascimento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4369/pll_014_-_denomina_rua_des._claudio_nunes_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “B” do Loteamento Residencial Professor Lico, no bairro Engenheiro Gutierrez, de RUA DESEMBARGADOR CLÁUDIO NUNES DO NASCIMENTO.</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4389/pll_015_-_denomina_rua_madalena_sembai_serenato.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4389/pll_015_-_denomina_rua_madalena_sembai_serenato.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “8” do Loteamento Aurora, no bairro Vila São João, de RUA MADALENA SEMBAI SERENATO.</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4390/pll_016_-_cidadao_honorario_deonisio_mazur.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4390/pll_016_-_cidadao_honorario_deonisio_mazur.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Deonisio Mazur.</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4402/pll_017_-_up_liga_paranaense_de_combate_ao_cancer.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4402/pll_017_-_up_liga_paranaense_de_combate_ao_cancer.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Liga Paranaense de Combate ao Câncer”.</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4403/pll_018_-_denomina_rua_jose_kanarski_neto.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4403/pll_018_-_denomina_rua_jose_kanarski_neto.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “03” do Loteamento Tucholka de RUA JOSÉ KANARSKI NETO.</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4407/pll_019_-_parcelamento_itbi.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4407/pll_019_-_parcelamento_itbi.pdf</t>
   </si>
   <si>
     <t>Acrescenta os artigos 235-A, 235-B, 235-C, 235-D e 235-E à Lei Municipal nº 1.796 de 24 de dezembro de 2001, que institui o Código Tributário Municipal.</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4427/pll_020_-_denomina_rua_irene_patrzyk.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4427/pll_020_-_denomina_rua_irene_patrzyk.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “Sem Denominação” do Loteamento Village Solaris de RUA IRENE PATRZYK.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4440/pll_021_-_cidadao_benemerito_eugenio_mazepa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4440/pll_021_-_cidadao_benemerito_eugenio_mazepa.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito do Município de Irati ao Senhor Eugênio Mazepa.</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4443/pll_022_-_denomina_rua_doil_de_fatima_valentim.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4443/pll_022_-_denomina_rua_doil_de_fatima_valentim.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Rio Negro, localizada no Loteamento Jardim Kennedy no bairro Lagoa, para RUA DOIL DE FÁTIMA VALENTIM.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4470/pll_023_-_fixa_os_subsidios_dos_vereadores.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4470/pll_023_-_fixa_os_subsidios_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Irati para a próxima Legislatura e dá outras providências.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4471/pll_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4471/pll_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Irati para o período de 2025/2028.</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4462/pll_025_-_denomina_sede_recreativa_ct.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4462/pll_025_-_denomina_sede_recreativa_ct.pdf</t>
   </si>
   <si>
     <t>Denomina a sede recreativa e administrativa do CT Willy Laars de “ANTÔNIO TOTI COLAÇO VAZ”.</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4472/pll_026_-_denomina_ruas_do_residencial_rebesco.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4472/pll_026_-_denomina_ruas_do_residencial_rebesco.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento Residencial Rebesco, localizado no Bairro Lagoa, como se indica.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4488/pll_027_-_denomina_rua_adao_alves_de_andrade.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4488/pll_027_-_denomina_rua_adao_alves_de_andrade.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “5” do Loteamento Lagoa Dourada, de RUA ADÃO ALVES DE ANDRADE.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4500/pll_028_-_denomina_ruas_do_residencial_professor_lico.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4500/pll_028_-_denomina_ruas_do_residencial_professor_lico.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento Residencial Professor Lico, localizado no Bairro Engenheiro Gutierrez, como se indica.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4507/pll_029_-_inclui_a_festa_do_agricultor_na_comunidade_do_cerro_da_ponte_alta_no_calendario_oficial_de_festividades.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4507/pll_029_-_inclui_a_festa_do_agricultor_na_comunidade_do_cerro_da_ponte_alta_no_calendario_oficial_de_festividades.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Festividades do Município de Irati a Festa do Agricultor na Comunidade do Cerro da Ponte Alta.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4508/pll_030_-_denomina_rua_pedro_maganelli.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4508/pll_030_-_denomina_rua_pedro_maganelli.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “04” do Loteamento Santos Dumont de RUA PEDRO MAGANELLI.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/pll_031_-_denomina_rua_primo_campagnaro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/pll_031_-_denomina_rua_primo_campagnaro.pdf</t>
   </si>
   <si>
     <t>Denomina Rua “Sem Denominação” no Bairro Vila Nova de RUA PRIMO CAMPAGNARO.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4532/pll_032_-_denomina_capela_vila_sao_joao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4532/pll_032_-_denomina_capela_vila_sao_joao.pdf</t>
   </si>
   <si>
     <t>Denomina a capela mortuária do bairro Vila São João de “CAPELA MORTUÁRIA VEREADOR JOSÉ RONALDO FERREIRA”.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4544/pll_033_-_denomina_rua_darci_portela.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4544/pll_033_-_denomina_rua_darci_portela.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “Sem Denominação” no bairro Colina Nossa Senhora das Graças, de RUA DARCI PORTELA.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4555/pll_034_-_denomina_rua_jeroslau_jatzek.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4555/pll_034_-_denomina_rua_jeroslau_jatzek.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “Sem Denominação” no bairro Marcelo, de RUA JEROSLAU JATZEK.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4620/pll_035_-_up_associacao_das_mulheres_que_lutam.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4620/pll_035_-_up_associacao_das_mulheres_que_lutam.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação das Mulheres que Lutam - AMQL”.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4622/pll_036_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4622/pll_036_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de funcionamento dos estabelecimentos comerciais, industriais e prestadores de serviços no Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4623/pll_037_-_up_associacao_teabraca.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4623/pll_037_-_up_associacao_teabraca.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação Irati TEAbraça”.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>HELIO DE MELLO, JORGE ZEN</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4639/pll_038_-_up_ctg_estancia_jacumasso.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4639/pll_038_-_up_ctg_estancia_jacumasso.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR o “Centro de Tradições Gaúchas Estância Jacumasso”.</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Propostas de Emendas</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4215/proposta_de_emenda_lom_001-2024.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4215/proposta_de_emenda_lom_001-2024.pdf</t>
   </si>
   <si>
     <t>“Altera o caput do art. 21 e o §1º do art. 25 da Lei Orgânica do Município de Irati – Paraná.”</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a previsão para o início e a conclusão da obra de recape asfáltico das ruas do bairro Rio Bonito?</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
     <t>Apresentou requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Relatório detalhado de quantos proprietários de imóveis não edificados foram notificados e quantos foram multados por falta de limpeza? - Quantos fiscais atuam neste trabalho?</t>
   </si>
   <si>
     <t>4246</t>
   </si>
@@ -4303,51 +4303,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4366/mocao_de_aplausos_001_-_prof._cibelli_batista_belo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4428/mocao_de_aplausos_002_-_colegio_florestal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4429/mocao_de_aplausos_003_-_corpo_de_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4640/mocao_de_aplausos_004_-_medalhistas_oba.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4641/mocao_de_aplausos_005_-_atleta_vitor_lorenzato.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4643/projeto_de_decreto_legislativo_-_001-2024_aprovacao_de_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4644/projeto_de_decreto_legislativo_-_002-2024_aprovacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4645/projeto_de_decreto_legislativo_-_003-2024_aprovacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4203/pl001_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_-_2024_2.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4213/pl002-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4267/pl003_-autoriza_a_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4268/pl004-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_cartom_ii.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4269/pl005-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_do_condominio_residencial_bela.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4287/pl006-altera_a_lei_no_5.088-2023_-_amortizacao_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4288/pl007-altera_a_lei_no_5.089-2023_-_parcelamento_caps.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/pl008_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_apae_e_a_abrir_credito_adicional_especial_no_valor_de_ate_r_147.88608.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/pl009_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_apae_e_a_abrir_credito_adicional_suplementar_no_valor_de_ate_r_357.19200.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/pl010-1.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4342/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4344/pl012_-_dispoe_sobre_a_politica_municipal_de_residuos_solidos_pmrs_e_institui_o_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4474/pl013_-_2_substitutivo_-_dispoe_sobre_o_processo_de_escolha_dos_diretores_das_instituicoes_de_ensino_da_rede_publica_municipal_de_irati__pr.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4346/pl014_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_defesa_do_meio_ambiente_revoga_a_lei_municipal_no_4.735-2019_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/pl015_-_institui_o_plano_de_saneamento_basico_do_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4387/pl016_-_autoriza_a_abertura_de_credito_adicional_especial_obra_centro_capacitacao_gari.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/pl017_-autoriza_conceder_premiacao_ao_x_concurso_fotografico_irati_em_imagens_2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4404/pl018_-_altera_o_art._1_caput_e_paragrafo_unico_da_lei_no_4.982-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4405/pl019_-_altera_os_artigos_1-a_e_2-a_da_lei_no_5107-2024_em_relacao_ao_indice_de_atualizacao_monetaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4406/pl020_-_autoriza_o_executivo_municipal_a_auxiliar_com_pessoal_materiais_e_equipamentos_outros_municipios_ou_estados_em_situacao_de_emergencia_ou_de_calamidade_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4421/pl021_-_altera_a_lei_no_4.438-2017_que_institui_o_sistema_municipal_de_habitacao_de_interesse_social_smhis.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4426/pl022_-autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_200.00000_duzentos_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4441/pl023_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4442/projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4447/pl025_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_320.00000.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4463/pl026_-_altera_a_lei_no_4748-2019_-_isencao_iptu_doencas_graves.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4464/pl027_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4465/pl028_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4466/pl029_-_autoriza_o_poder_executivo_municipal_conceder_auxilio_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4467/pl030_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4468/pl031_-subvencao_hospital_santa_casa_de_irati.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4469/pl032-1.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4473/pl033-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4489/pl034_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_125.05528_-_guarda_subsidiadav.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4490/pl035_-_altera_o_art._2_da_lei_no_5143-2024_subfuncao_subvencao_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/pl036_-_autoriza_a_abertura_de_credito_adicional_especial_capsirati_ate_100.000.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4533/pl037_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2024_no_valor_de_ate_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4554/pl038_-_altera_o_anexo_iii_da_lei_de_uso_e_ocupacao_do_solo_urbano_lei_municipal_no_42312016.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/pl039_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4633/pl040_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_irati__pr_para_o_exercicio_financeiro_de_2025_e_da_outras_providencias_-_loa_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4577/pl041_-_denomina_como_praca_publica_praca_santos_dumont_a_area_de_lazer_situada_no_bairro_jardim_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/pl042_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/pl043-_amortizacao_caps.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/pl044_-_parcelamento_capsirati.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4605/pl045_-_autoriza_reversao_de_parte_de_imovel_condominio_vila_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4618/pl046_-_altera_o_art._4_da_lei_3.136-2010_alterada_pela_lei_5.072-2023_que_dispoe_sobre_a_politica_municipal_de_prevencao_e_repressao_ao_uso_de_drogas_licitas_e_ilicitas.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4619/pl047_-_dispoe_sobre_a_restricao_ao_trafego_de_veiculos_pesados_em_estrada_municipal_vicinal_secundaria_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4621/pl048_-_denomina_a_concha_acustica_localizada_no_parque_municipal_da_vila_sao_joao_de_concha_acustica_silvio_francisco_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4638/pl049_-_autoriza_o_executivo_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_aos_centros_de_tradicoes_gauchas_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4214/pll_001_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4216/pll_002_-_denomina_campo_society_antonio_celso_de_souza.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4217/pll_003_-_revisao_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4255/pll_004_-_denomina_rua_pedro_rodrigues_da_silva.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4256/pll_005_-_denomina_rua_joao_freitas_filho.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4257/pll_006_-_denomina_rua_vitoldo_michalski.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4258/pll_007_-_extensao_rua_ametista.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4270/pll_008_-_up_ctg_pousada_de_tropeiro.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/pll_009_-_up_ctg_fazenda_neumann.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4324/pll_010_-_denomina_rua_albina_pabis_gavlak.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4343/pll_011_-_denomina_rua_pedro_filus.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/pll_012_-_semana_de_conscientizacao_trantorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4368/pll_013_-_up_ctg_missioneiro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4369/pll_014_-_denomina_rua_des._claudio_nunes_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4389/pll_015_-_denomina_rua_madalena_sembai_serenato.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4390/pll_016_-_cidadao_honorario_deonisio_mazur.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4402/pll_017_-_up_liga_paranaense_de_combate_ao_cancer.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4403/pll_018_-_denomina_rua_jose_kanarski_neto.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4407/pll_019_-_parcelamento_itbi.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4427/pll_020_-_denomina_rua_irene_patrzyk.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4440/pll_021_-_cidadao_benemerito_eugenio_mazepa.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4443/pll_022_-_denomina_rua_doil_de_fatima_valentim.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4470/pll_023_-_fixa_os_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4471/pll_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4462/pll_025_-_denomina_sede_recreativa_ct.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4472/pll_026_-_denomina_ruas_do_residencial_rebesco.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4488/pll_027_-_denomina_rua_adao_alves_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4500/pll_028_-_denomina_ruas_do_residencial_professor_lico.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4507/pll_029_-_inclui_a_festa_do_agricultor_na_comunidade_do_cerro_da_ponte_alta_no_calendario_oficial_de_festividades.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4508/pll_030_-_denomina_rua_pedro_maganelli.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/pll_031_-_denomina_rua_primo_campagnaro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4532/pll_032_-_denomina_capela_vila_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4544/pll_033_-_denomina_rua_darci_portela.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4555/pll_034_-_denomina_rua_jeroslau_jatzek.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4620/pll_035_-_up_associacao_das_mulheres_que_lutam.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4622/pll_036_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4623/pll_037_-_up_associacao_teabraca.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4639/pll_038_-_up_ctg_estancia_jacumasso.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4215/proposta_de_emenda_lom_001-2024.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4366/mocao_de_aplausos_001_-_prof._cibelli_batista_belo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4428/mocao_de_aplausos_002_-_colegio_florestal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4429/mocao_de_aplausos_003_-_corpo_de_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4640/mocao_de_aplausos_004_-_medalhistas_oba.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4641/mocao_de_aplausos_005_-_atleta_vitor_lorenzato.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4643/projeto_de_decreto_legislativo_-_001-2024_aprovacao_de_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4644/projeto_de_decreto_legislativo_-_002-2024_aprovacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4645/projeto_de_decreto_legislativo_-_003-2024_aprovacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4203/pl001_-autoriza_a_abertura_de_credito_adicional_especial_operacoes_de_credito_com_a_agencia_de_fomento_do_parana_-_2024_2.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4213/pl002-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4267/pl003_-autoriza_a_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4268/pl004-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_cartom_ii.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4269/pl005-_autoriza_o_poder_executivo_municipal_a_adquirir_os_imoveis_do_condominio_residencial_bela.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4287/pl006-altera_a_lei_no_5.088-2023_-_amortizacao_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4288/pl007-altera_a_lei_no_5.089-2023_-_parcelamento_caps.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/pl008_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_apae_e_a_abrir_credito_adicional_especial_no_valor_de_ate_r_147.88608.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/pl009_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_a_apae_e_a_abrir_credito_adicional_suplementar_no_valor_de_ate_r_357.19200.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/pl010-1.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4342/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4344/pl012_-_dispoe_sobre_a_politica_municipal_de_residuos_solidos_pmrs_e_institui_o_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4474/pl013_-_2_substitutivo_-_dispoe_sobre_o_processo_de_escolha_dos_diretores_das_instituicoes_de_ensino_da_rede_publica_municipal_de_irati__pr.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4346/pl014_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_defesa_do_meio_ambiente_revoga_a_lei_municipal_no_4.735-2019_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/pl015_-_institui_o_plano_de_saneamento_basico_do_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4387/pl016_-_autoriza_a_abertura_de_credito_adicional_especial_obra_centro_capacitacao_gari.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/pl017_-autoriza_conceder_premiacao_ao_x_concurso_fotografico_irati_em_imagens_2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4404/pl018_-_altera_o_art._1_caput_e_paragrafo_unico_da_lei_no_4.982-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4405/pl019_-_altera_os_artigos_1-a_e_2-a_da_lei_no_5107-2024_em_relacao_ao_indice_de_atualizacao_monetaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4406/pl020_-_autoriza_o_executivo_municipal_a_auxiliar_com_pessoal_materiais_e_equipamentos_outros_municipios_ou_estados_em_situacao_de_emergencia_ou_de_calamidade_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4421/pl021_-_altera_a_lei_no_4.438-2017_que_institui_o_sistema_municipal_de_habitacao_de_interesse_social_smhis.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4426/pl022_-autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_200.00000_duzentos_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4441/pl023_-autoriza_o_executivo_municipal_a_conceder_premiacao_ao_concurso_rainha_e_princesas_da_expoirati.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4442/projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4447/pl025_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_320.00000.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4463/pl026_-_altera_a_lei_no_4748-2019_-_isencao_iptu_doencas_graves.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4464/pl027_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4465/pl028_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_ilpi__instituicao_de_longa_permanencia_para_idosos_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4466/pl029_-_autoriza_o_poder_executivo_municipal_conceder_auxilio_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4467/pl030_-_autoriza_o_poder_executivo_municipal_conceder_subvencao_a_apae_associacao_de_pais_e_amigos_dos_excepcionais_de_irati.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4468/pl031_-subvencao_hospital_santa_casa_de_irati.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4469/pl032-1.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4473/pl033-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4489/pl034_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_125.05528_-_guarda_subsidiadav.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4490/pl035_-_altera_o_art._2_da_lei_no_5143-2024_subfuncao_subvencao_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/pl036_-_autoriza_a_abertura_de_credito_adicional_especial_capsirati_ate_100.000.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4533/pl037_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2024_no_valor_de_ate_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4554/pl038_-_altera_o_anexo_iii_da_lei_de_uso_e_ocupacao_do_solo_urbano_lei_municipal_no_42312016.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/pl039_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4633/pl040_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_irati__pr_para_o_exercicio_financeiro_de_2025_e_da_outras_providencias_-_loa_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4577/pl041_-_denomina_como_praca_publica_praca_santos_dumont_a_area_de_lazer_situada_no_bairro_jardim_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/pl042_-_autoriza_o_executivo_mediante_licitacao_a_conceder_direito_real_de_uso_do_imovel_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/pl043-_amortizacao_caps.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/pl044_-_parcelamento_capsirati.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4605/pl045_-_autoriza_reversao_de_parte_de_imovel_condominio_vila_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4618/pl046_-_altera_o_art._4_da_lei_3.136-2010_alterada_pela_lei_5.072-2023_que_dispoe_sobre_a_politica_municipal_de_prevencao_e_repressao_ao_uso_de_drogas_licitas_e_ilicitas.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4619/pl047_-_dispoe_sobre_a_restricao_ao_trafego_de_veiculos_pesados_em_estrada_municipal_vicinal_secundaria_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4621/pl048_-_denomina_a_concha_acustica_localizada_no_parque_municipal_da_vila_sao_joao_de_concha_acustica_silvio_francisco_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4638/pl049_-_autoriza_o_executivo_a_conceder_direito_real_de_uso_de_imoveis_que_especifica_aos_centros_de_tradicoes_gauchas_do_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4214/pll_001_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4216/pll_002_-_denomina_campo_society_antonio_celso_de_souza.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4217/pll_003_-_revisao_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4255/pll_004_-_denomina_rua_pedro_rodrigues_da_silva.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4256/pll_005_-_denomina_rua_joao_freitas_filho.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4257/pll_006_-_denomina_rua_vitoldo_michalski.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4258/pll_007_-_extensao_rua_ametista.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4270/pll_008_-_up_ctg_pousada_de_tropeiro.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/pll_009_-_up_ctg_fazenda_neumann.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4324/pll_010_-_denomina_rua_albina_pabis_gavlak.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4343/pll_011_-_denomina_rua_pedro_filus.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/pll_012_-_semana_de_conscientizacao_trantorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4368/pll_013_-_up_ctg_missioneiro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4369/pll_014_-_denomina_rua_des._claudio_nunes_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4389/pll_015_-_denomina_rua_madalena_sembai_serenato.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4390/pll_016_-_cidadao_honorario_deonisio_mazur.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4402/pll_017_-_up_liga_paranaense_de_combate_ao_cancer.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4403/pll_018_-_denomina_rua_jose_kanarski_neto.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4407/pll_019_-_parcelamento_itbi.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4427/pll_020_-_denomina_rua_irene_patrzyk.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4440/pll_021_-_cidadao_benemerito_eugenio_mazepa.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4443/pll_022_-_denomina_rua_doil_de_fatima_valentim.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4470/pll_023_-_fixa_os_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4471/pll_024_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4462/pll_025_-_denomina_sede_recreativa_ct.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4472/pll_026_-_denomina_ruas_do_residencial_rebesco.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4488/pll_027_-_denomina_rua_adao_alves_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4500/pll_028_-_denomina_ruas_do_residencial_professor_lico.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4507/pll_029_-_inclui_a_festa_do_agricultor_na_comunidade_do_cerro_da_ponte_alta_no_calendario_oficial_de_festividades.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4508/pll_030_-_denomina_rua_pedro_maganelli.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/pll_031_-_denomina_rua_primo_campagnaro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4532/pll_032_-_denomina_capela_vila_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4544/pll_033_-_denomina_rua_darci_portela.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4555/pll_034_-_denomina_rua_jeroslau_jatzek.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4620/pll_035_-_up_associacao_das_mulheres_que_lutam.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4622/pll_036_-_dispoe_sobre_o_horario_de_funcionamento_dos_estabelecimentos_comerciais_industriais_e_prestadores_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4623/pll_037_-_up_associacao_teabraca.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4639/pll_038_-_up_ctg_estancia_jacumasso.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2024/4215/proposta_de_emenda_lom_001-2024.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H432"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>