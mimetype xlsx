--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6474" uniqueCount="2464">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7578" uniqueCount="2871">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -5638,165 +5638,1092 @@
   <si>
     <t>605</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que sejam adotadas medidas para a coleta e destinação adequada do lixo depositado às margens das estradas do interior, especialmente nas proximidades dos pontos de ônibus, visando a preservação ambiental, a saúde pública e a conservação das vias e do entorno.</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que sejam retomadas as melhorias nas ruas do bairro Engenheiro Gutierrez, que até o momento não receberam o cascalhamento necessário para garantir melhores condições de tráfego, segurança e acesso dos moradores.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a retomada das melhorias na estrada que dá acesso às comunidades de Pedra Preta e Monjolo, onde, recentemente, os trabalhos foram iniciados, porém não foram concluídos, permanecendo diversos trechos necessitando de cascalhamento para garantir a trafegabilidade e segurança dos moradores.</t>
   </si>
   <si>
+    <t>5468</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços para manutenção da estrada rural da localidade de Coloninha, importante via que interliga as comunidades de Rio Preto, Coloninha, Volta Grande e Mato Queimado, proporcionando melhores condições de trafegabilidade e contribuindo para a segurança e o bem-estar dos moradores locais.</t>
+  </si>
+  <si>
+    <t>5469</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de manutenção com cascalhamento nas estradas rurais das localidades de Governador Ribas e Barra do Gavião, visando melhorar as condições de tráfego e garantir o acesso seguro de moradores, produtores rurais, transporte escolar e demais usuários.</t>
+  </si>
+  <si>
+    <t>5470</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de manutenção com patrolamento e cascalhamento das estradas da localidade de Arroio Grande, especialmente no trecho próximo à Comunidade Bethânia, melhorando as condições de tráfego e acesso no local.</t>
+  </si>
+  <si>
+    <t>5471</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a pedido do morador Juliano José de Brito, a realização de melhorias, com cascalhamento e patrolamento, da estrada rural localizada na divisa dos municípios de Irati e Rio Azul, nas proximidades do Ponto do Taiko, tendo em vista que a referida via se encontra em condições precárias, comprometendo o tráfego de veículos e o escoamento da produção agrícola.</t>
+  </si>
+  <si>
+    <t>5472</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de vistoria nas condições dos banheiros existentes nos cemitérios municipais, e que, em caso de insuficiência ou ausência, seja providenciada a instalação de, pelo menos, um banheiro químico em cada cemitério, especialmente para o período de visitação do Dia de Finados, considerando o grande fluxo de pessoas que frequentam os cemitérios municipais nesta data, sendo de extrema importância garantir condições adequadas de higiene e conforto aos visitantes.</t>
+  </si>
+  <si>
+    <t>5473</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo o conserto do bueiro localizado na Rua Polônia, esquina com a Rua Espanha, no Bairro Ouro Verde, visando garantir a segurança de pedestres e motoristas, bem como o adequado escoamento das águas pluviais.</t>
+  </si>
+  <si>
+    <t>5474</t>
+  </si>
+  <si>
+    <t>614</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a construção de um bueiro nas proximidades da Igreja do Pinho de Cima, com o objetivo de melhorar o escoamento das águas pluviais e garantir maior segurança e trafegabilidade para quem transita pelo local.</t>
+  </si>
+  <si>
+    <t>5475</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo melhorias, com serviço de cascalhamento, na via rural de acesso ao Assentamento, saindo da BR 277 à esquerda, logo após ao Posto da Polícia Rodoviária Federal, garantindo melhores condições de trafegabilidade e segurança aos usuários.</t>
+  </si>
+  <si>
+    <t>5476</t>
+  </si>
+  <si>
+    <t>616</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias, com patrolamento e cascalhamento, na estrada que liga à comunidade do Cerro do Canhadão, oferecendo melhores condições de tráfego e segurança para os moradores e demais usuários da via.</t>
+  </si>
+  <si>
+    <t>5477</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que seja enviado um convite, mediante ofício, à Diretora do Consórcio Intermunicipal de Saúde, Angela Maria da Cruz, a fim de que a mesma compareça a esta Casa de Leis para fazer uso da Tribuna Popular, com o intuito de discorrer sobre os atendimentos e serviços prestados pelo Consórcio. A data poderá ser agendada de acordo com a disponibilidade da convidada e a critério da Mesa Diretora desta Casa de Leis.</t>
+  </si>
+  <si>
+    <t>5478</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a pintura da sinalização viária das ruas centrais da cidade, que está bastante desgastada. A melhoria visa garantir segurança e melhor fluidez no trânsito, beneficiando pedestres, condutores e ciclistas.</t>
+  </si>
+  <si>
+    <t>5479</t>
+  </si>
+  <si>
+    <t>619</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal e ao Senador Sergio Moro solicitando esforços para viabilização de mais um ônibus para os pacientes que realizam tratamento fora domicilio com o intuito de atender a demanda, que tem aumentado significativamente com a promessa do Executivo de zerar filas de espera. Hoje, dois ônibus prestam esse serviço, porém, estão insuficientes para atender toda a população.</t>
+  </si>
+  <si>
+    <t>5480</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que seja avaliada a possibilidade de alargamento da estrada que inicia na comunidade de Cadeadinho, passando pelas comunidades de Cadeado Santana, Cadeado Grande, Palmital, Cachoeira do Palmital chegando até Cerro da Ponte Alta. A referida estrada é amplamente utilizada pelos moradores das comunidades mencionadas, sendo uma importante via de ligação com a BR-277, além de constituir o principal trajeto utilizado pelos caminhões que realizam o transporte da safra agrícola da região.</t>
+  </si>
+  <si>
+    <t>5481</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>JOÃO LEUCH, MARCELO DUDA</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na sinalização de trânsito, com início na rotatória para quem vem da cidade de Inácio Martins e precisa acessar a BR-277, passando pela Rua Trajano Gracia, seguindo até a esquina com a Rua Dr. José Augusto Silva (esquina do Supermercado Cavalim, à direita), até a rotatória, continuando pela Rua Luiza Simionato Stroparo e Rua Jornalista José da Silva, atingindo assim a Rodovia BR-153, a qual faz ligação com a BR-277 e demais malha viária local. A solicitação tem por objetivo orientar melhor o trajeto indicado por sistemas de GPS, como Google Maps e Waze, que atualmente apontam como caminho mais curto ou principal o trajeto pelo bairro Ouro Verde, em vez de seguir pela Rua Jornalista José da Silva até a Rodovia. No entanto, o percurso pelo bairro Ouro Verde apresenta dificuldades significativas para caminhões, devido ao acentuado aclive e ruas estreitas, e, além disso, o</t>
+  </si>
+  <si>
+    <t>5501</t>
+  </si>
+  <si>
+    <t>622</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a aquisição, com urgência, de alimentação via sonda (alimentação enteral) destinada a pacientes que fazem uso contínuo desse tipo de nutrição, considerando que o produto possui alto custo e que muitas famílias não dispõem de condições financeiras para adquiri-lo e sua falta pode acarretar sérios prejuízos à recuperação e bem-estar dos pacientes. Sugere-se, ainda, que o Poder Executivo encaminhe a esta Casa de Leis um Projeto de Lei que autorize a flexibilização da compra direta de alimentação enteral em situações emergenciais ou de desabastecimento, visando assegurar o fornecimento ininterrupto aos pacientes cadastrados no sistema municipal de saúde.</t>
+  </si>
+  <si>
+    <t>5502</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na Rua Antônio Borazo, no bairro Lagoa, proporcionando mais segurança e facilitando o trânsito de veículos e pedestres.</t>
+  </si>
+  <si>
+    <t>5503</t>
+  </si>
+  <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a criação de vagas de estacionamento também no lado oposto da primeira quadra da Avenida Getúlio Vargas, tendo em vista que atualmente há vagas apenas em um dos lados da via, contribuindo para melhor aproveitamento do espaço urbano e atendendo à demanda sem prejudicar o trânsito.</t>
+  </si>
+  <si>
+    <t>5504</t>
+  </si>
+  <si>
+    <t>625</t>
+  </si>
+  <si>
+    <t>SELMO FISIOTERAPEUTA, NEGO JACUMASSO</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a contratação de profissionais Técnicos em Saúde Bucal, especialmente para atuação nas unidades localizadas no Bairro Engenheiro Gutierrez e na comunidade de Gonçalves Júnior, bem como em outros locais onde houver necessidade, com o objetivo de agilizar e aprimorar os atendimentos odontológicos oferecidos à população.</t>
+  </si>
+  <si>
+    <t>5505</t>
+  </si>
+  <si>
+    <t>626</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a construção de uma capela mortuária no bairro Rio Bonito, proporcionando dignidade, conforto e acolhimento às famílias enlutadas, além de representar uma importante melhoria na infraestrutura comunitária no local.</t>
+  </si>
+  <si>
+    <t>5506</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de limpeza dos bueiros localizados na Rua Lino Esculápio, no bairro Rio Bonito, a fim de garantir o escoamento adequado das águas pluviais e prevenir alagamentos.</t>
+  </si>
+  <si>
+    <t>5507</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de caçambas para destinação adequada de lixo em pontos estratégicos dos bairros do município, com prioridade e urgência na região entre a Rua Lino Esculápio e a Rua Expedicionário Miguel Langner, no bairro Rio Bonito, com o objetivo de promover a limpeza urbana, evitando o acúmulo indevido de resíduos em vias públicas e terrenos baldios.</t>
+  </si>
+  <si>
+    <t>5508</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a execução de pavimentação asfáltica na Avenida João Filipaki, via que faz a ligação entre os bairros Tucholka e Fragatas, trazendo melhorias significativas na mobilidade urbana, segurança e qualidade de vida dos munícipes que utilizam essa importante via de acesso.</t>
+  </si>
+  <si>
+    <t>5510</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de estudo técnico e elaboração de projeto visando à conclusão das obras do sistema de saneamento básico no bairro Nossa Senhora da Luz, oferecendo benefícios diretos à saúde pública, à preservação ambiental e à qualidade de vida da população local.</t>
+  </si>
+  <si>
+    <t>5511</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de uma avaliação da frota de veículos e maquinários pertencentes ao Município, com o objetivo de identificar aqueles que não possuem mais condições de uso ou que apresentam elevado custo de manutenção, e, posteriormente, promover leilão público para a alienação desses bens inservíveis, visando otimizar o uso dos recursos públicos e permitir que os valores arrecadados sejam aplicados na renovação da frota e na melhoria dos serviços municipais.</t>
+  </si>
+  <si>
+    <t>5512</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da Sra. Cleide, a readequação do poste de iluminação da Avenida Francisco Setnarski, no bairro Lagoa, o qual não possui suporte para a lâmpada, assim como os demais.</t>
+  </si>
+  <si>
+    <t>5513</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de estudos junto a ACIAI para implantar um novo horário do transporte coletivo a noite, visto que no final do ano os trabalhadores ficam até mais tarde no comércio e, muitas vezes, não têm como retornar às suas residências por falta de transporte.</t>
+  </si>
+  <si>
+    <t>5514</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo cascalhamento na Rua Rio Araguaia, próximo do número 176, no bairro Lagoa, a qual está em estado precário de conservação. Segundo o morador Sr. Jonas Ortis, em dias de sol ninguém aguenta a poeira e em dias de chuva, forma muita lama e buracos.</t>
+  </si>
+  <si>
+    <t>5515</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na Rua Rondônia, esquina com a Rua Rio de Janeiro, nas proximidades do Posto Mierzwa, visando garantir melhores condições de tráfego e segurança aos motoristas e pedestres que circulam pela via.</t>
+  </si>
+  <si>
+    <t>5516</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a adoção de medidas de segurança nos cruzamentos com a linha férrea, tais como instalação de faróis (semáforos) e/ou cancelas automáticas para controle de tráfego durante a passagem dos trens, bem como a realização de melhorias na iluminação, visando à segurança da população e à prevenção de acidentes, considerando que, em diversos trechos, a visibilidade é limitada e a sinalização insuficiente, o que aumenta consideravelmente o risco de acidentes, sobretudo no período noturno.</t>
+  </si>
+  <si>
+    <t>5517</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias e reparos na Rua Olavo Bilac, localizada no Bairro Stroparo, tendo em vista que a via se encontra em situação precária, com muitos buracos, dificultando o tráfego de veículos e pedestres.</t>
+  </si>
+  <si>
+    <t>5518</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de patrolamento nas estradas rurais da Serra do Papuã e da Serra dos Nogueiras, com o objetivo de melhorar as condições de tráfego e garantir a segurança dos moradores e produtores rurais que utilizam as vias diariamente.</t>
+  </si>
+  <si>
+    <t>5519</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização serviços de patrolamento e recuperação das estradas da Colônia São Lourenço, que se encontram intransitáveis em diversos pontos, prejudicando o acesso de veículos.</t>
+  </si>
+  <si>
+    <t>5520</t>
+  </si>
+  <si>
+    <t>640</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a adoção das medidas necessárias para a aquisição e disponibilização do aparelho de monitoramento contínuo de glicose FreeStyle Libre 2 aos pacientes portadores de Diabetes Mellitus Tipo 1, atendidos pela rede pública de saúde, proporcionando maior conforto e qualidade de vida aos pacientes diabéticos, além de contribuir para a prevenção de complicações decorrentes da doença, como hipoglicemias severas e lesões crônicas.</t>
+  </si>
+  <si>
+    <t>5521</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido dos alunos, a ampliação do ponto de ônibus localizado em frente à Faculdade Campo Real. O espaço atual é pequeno e não comporta adequadamente o grande número de estudantes e usuários do transporte coletivo que utilizam o local diariamente. A proposta visa oferecer mais conforto e segurança aos passageiros, especialmente nos horários de maior movimento.</t>
+  </si>
+  <si>
+    <t>5522</t>
+  </si>
+  <si>
+    <t>642</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de estudos com o intuito de conceder isenção do IPTU às famílias atípicas que possuam em seu núcleo pessoas com Transtorno do Espectro Autista (TEA). A proposta busca oferecer apoio concreto às famílias que enfrentam despesas elevadas com tratamentos, terapias e acompanhamento especializado. A iniciativa tem como objetivo promover mais inclusão, dignidade e qualidade de vida para essas famílias no município.</t>
+  </si>
+  <si>
+    <t>5523</t>
+  </si>
+  <si>
+    <t>643</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de estudos para implantação de sistemas de energia solar em espaços públicos do município. A proposta busca promover a sustentabilidade, reduzir os custos com energia elétrica e incentivar o uso de fontes renováveis.</t>
+  </si>
+  <si>
+    <t>5524</t>
+  </si>
+  <si>
+    <t>644</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da Sra. Jaqueline, a realização de melhorias urgentes na Rua Rodolfo Yurk, rua do CMEI, atrás do Parque da Vila São João. Segundo a moradora, a referida via não recebe manutenção há muito tempo, e está repleta de buracos, tornando-se perigosa para os usuários.</t>
+  </si>
+  <si>
+    <t>5525</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da taxista Sra. Sirlei, a instalação de forros nos bancos de concreto da Capela Mortuária da Vila São João. A medida visa proporcionar mais conforto às famílias que utilizam o local durante os velórios, especialmente em dias frios, além de melhorar a estrutura e oferecer um ambiente mais acolhedor à comunidade.</t>
+  </si>
+  <si>
+    <t>5530</t>
+  </si>
+  <si>
+    <t>646</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que seja reavaliada a condição estabelecida para acompanhantes de pacientes internados em UTI fora do Município, de modo que os acompanhantes tenham direito a pernoite na casa de apoio, como ocorrem com demais acompanhantes de pacientes que não ficam em UTI.</t>
+  </si>
+  <si>
+    <t>5531</t>
+  </si>
+  <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que seja dada a devida atenção aos banheiros públicos do Município, com maior segurança através de iluminação, câmeras de segurança, vigilância e reformas com estruturas mais seguras, evitando inclusive o cometimento de crimes nos locais. Além disso, se faz necessário um cronograma de execução de limpeza diária destes espaços, mantendo a higiene e saúde da população que utiliza.</t>
+  </si>
+  <si>
+    <t>5533</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a pedido dos moradores da via e também do Grupo Ivasko, a realização de serviços de limpeza e roçada na Rua Edgar Távora, a fim de garantir melhores condições de tráfego, segurança e higiene para a comunidade local.</t>
+  </si>
+  <si>
+    <t>5534</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de pavimentação asfáltica na Rua José Parpeleon, trecho de 80 a 100 metros, atendendo solicitação dos moradores e do Grupo Ivasko, visto que o calçamento de pedras está muito deteriorado, dificultando o tráfego e o acesso local.</t>
+  </si>
+  <si>
+    <t>5535</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de cascalhamento das estradas do Rio dos Coxos, visando à melhoria das condições de tráfego, segurança dos usuários e preservação da infraestrutura viária da região.</t>
+  </si>
+  <si>
+    <t>5536</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de placas de sinalização de trânsito em pontos estratégicos do bairro Jardim Virgínia, bem como especificamente na Rua Mariano Calux, nº 100, esquina com a Rua Eugênio Manoel Mendes, local onde não há placa de preferência, sendo frequentes os acidentes de trânsito. A medida visa garantir maior segurança aos pedestres e condutores, prevenindo acidentes e melhorando a organização do trânsito local.</t>
+  </si>
+  <si>
+    <t>5537</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias, com urgência, na estrada da comunidade de Vista Alegre, que se trata de trecho de linha escolar e encontra-se em situação precária, colocando em risco os usuários da referida estrada.</t>
+  </si>
+  <si>
+    <t>5538</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias, com urgência, na ponte da comunidade de Linha E de Itapará, a qual sofreu danos com as chuvas dos últimos dias e precisa de reparos imediatos. Também se fazem necessárias melhorias em alguns pontos da estrada desta comunidade, principalmente nos trechos de linha escolar, oferecendo mais segurança aos alunos e demais usuários que diariamente transitam pelas mencionadas estradas.</t>
+  </si>
+  <si>
+    <t>5539</t>
+  </si>
+  <si>
+    <t>654</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias nas estradas da região de Linha B de Itapará, onde há pontos com danos em bueiros entupidos e a água vem abrindo valas no leito da estrada e formando encalhadores. Solicita-se uma ação imediata no trecho desta estrada que dá acesso aos moradores das famílias Ostachuki e Ivaniski, onde o transporte escolar não está conseguindo chegar para buscar os alunos. Destaca-se que são dois pequenos trechos que impedem a passagem do transporte escolar, pois há risco de encalhar e compromete a segurança dos alunos e demais usuários.</t>
+  </si>
+  <si>
+    <t>5540</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias, com urgência, nos bueiros localizados na estrada principal que liga Irati à Itapará, em especial nos existentes na localidade de Cadeadinho, distribuídos no trecho de aproximadamente 4 Km, entre a estrada de acesso à localidade de Rio da Prata até ponte antes de chegar na comunidade de Pinheiro Machado. Estes bueiros já avançaram desmoronando para o leito da estrada, oferecendo risco aos usuários desta importante via de trânsito rural.</t>
+  </si>
+  <si>
+    <t>5541</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de pontos de água e energia elétrica (tomadas) no Cemitério Municipal, visando oferecer melhores condições de manutenção e conforto para os visitantes e proporcionar um espaço mais estruturado, seguro e funcional para todos que frequentam o local.</t>
+  </si>
+  <si>
+    <t>5542</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de sinalização de trânsito na interseção entre a Rua Santo Antônio de Pádua e a Rua São Francisco, no bairro Riozinho, atendendo a solicitação dos moradores da região, visando organizar o tráfego e aumentar a segurança de pedestres e condutores.</t>
+  </si>
+  <si>
+    <t>5543</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de bebedouro nas dependências do Pronto Atendimento Municipal, garantindo acesso fácil à água potável para pacientes, acompanhantes e funcionários, promovendo mais saúde, bem-estar e dignidade a todos.</t>
+  </si>
+  <si>
+    <t>5544</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da Associação de Moradores, a realização de melhorias na rua que liga o bairro Lagoa à Vila Raquel, a qual apresenta inúmeros buracos e condições precárias, prejudicando o tráfego e a segurança dos moradores que passam pelo local.</t>
+  </si>
+  <si>
+    <t>5545</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido dos moradores, a realização de conserto e/ou melhorias no bueiro localizado na Rua Chuva de Ouro, bairro Jardim das Orquídeas, visando garantir a adequada drenagem pluvial e a segurança de pedestres e veículos.</t>
+  </si>
+  <si>
+    <t>5546</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido dos moradores, a execução de meio-fio na Rua Chile, no bairro Engenheiro Gutierrez, próximo à saída para o bairro Lagoa, visando garantir a segurança de pedestres e veículos e contribuir para a adequada drenagem da via.</t>
+  </si>
+  <si>
+    <t>5547</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que a Administração Pública Municipal proceda à regularização da documentação referente ao imóvel localizado no Cemitério Jardim das Paineiras, bem como promova sua devida inclusão no patrimônio municipal, a fim de que a verba oriunda de emenda parlamentar possa ser efetivamente aplicada na construção da Capela Mortuária do bairro Rio Bonito, atendendo aos requisitos legais e garantindo a execução da obra em benefício da comunidade..</t>
+  </si>
+  <si>
+    <t>5548</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que sejam adotadas medidas para melhorar a organização e o fluxo das Consultas Especializadas, estabelecendo, quando possível, um sistema que permita o atendimento alternado entre pacientes classificados como "preferência/prioridade" e "normal", com o objetivo de proporcionar maior agilidade no atendimento, considerando que muitos usuários possuem compromissos profissionais, necessitam cumprir horários de trabalho e realizar suas refeições, enfrentando longas esperas até serem atendidos..</t>
+  </si>
+  <si>
+    <t>5549</t>
+  </si>
+  <si>
+    <t>664</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que sejam adotadas providências referentes ao atendimento de pacientes residentes no interior do Município que se deslocam até o Posto de Saúde e, ao chegarem, encontram-se em condição de saúde fragilizada, necessitando de atendimento imediato. Considerando que, em diversas situações, as fichas de consulta médica já se encontram esgotadas, indica-se que o responsável pela unidade de saúde estabeleça contato imediato com a Secretaria Municipal de Saúde, especificamente com o Ambulatório Idefonso Zanetti, a fim de garantir a reserva de uma ficha para atendimento, nos casos em que se configurar uma possível pré-emergência, visando assegurar que nenhum paciente em situação de risco fique sem assistência, especialmente aos moradores das áreas rurais que enfrentam maiores dificuldades de deslocamento.</t>
+  </si>
+  <si>
+    <t>5550</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que sejam tomadas providências quanto ao descarte irregular de resíduos sólidos na via pública localizada atrás da empresa Yazaki, a qual também dá acesso aos fundos do Parque Industrial, o que tem contribuído para a formação de um lixão a céu aberto, causando transtornos aos trabalhadores, moradores e empresas próximas, além de representar riscos à saúde pública e ao meio ambiente.</t>
+  </si>
+  <si>
+    <t>5552</t>
+  </si>
+  <si>
+    <t>666</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização estudo técnico para a construção de novas Unidades Básicas de Saúde (UBSs) nas localidades de Palmital, Faxinal dos Neves e Rio Preto. Tais unidades são de suma importância, pois permitirão que as mencionadas comunidades sejam atendidas de maneira adequada e satisfatória pelas equipes da Saúde da Família (ESF), garantindo maior acessibilidade aos serviços básicos de saúde e contribuindo para a melhoria da qualidade de vida dos moradores.</t>
+  </si>
+  <si>
+    <t>5553</t>
+  </si>
+  <si>
+    <t>667</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias em parte da Rua Sebastião Miranda Bueno, especialmente nos trechos próximos ao acesso à BR-153, os quais apresentam buracos e valetas, comprometendo o deslocamento seguro dos usuários que precisam acessar a Rodovia.</t>
+  </si>
+  <si>
+    <t>5554</t>
+  </si>
+  <si>
+    <t>668</t>
+  </si>
+  <si>
+    <t>JOÃO LEUCH, NEGO JACUMASSO</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias no bueiro localizado na estrada da Colônia Rio Bonito, nas proximidades da residência do Sr. Fernando Pachude, pois o mesmo não está suportando a vazão da água, mesmo em períodos de chuva de pequeno volume, ocasionando o transbordamento sobre o leito da estrada e impedindo a passagem de veículos, causando transtornos e oferecendo riscos à segurança de todos que transitam pelo local.  Ao longo da mesma estrada, se faz necessária também a realização de serviços de patrolamento e aplicação de cascalho, pois a mesma se encontra em condições precárias, dificultando o trânsito e agravando a insegurança viária.</t>
+  </si>
+  <si>
+    <t>5555</t>
+  </si>
+  <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instituição, no município de Irati, do uso de coleiras refletivas para animais de rua, contendo a frase “Sou castrado e monitorado”, com a finalidade de facilitar a identificação, pelo poder público e pela sociedade, dos animais que já passaram por procedimentos como castração, vacinação, cuidados veterinários ou monitoramento.</t>
+  </si>
+  <si>
+    <t>5556</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a implantação de um Centro de Controle de Zoonoses (CCZ), órgão responsável por prevenir e controlar doenças transmitidas de animais para humanos, como raiva, leishmaniose e dengue. O CCZ realiza ações essenciais de saúde pública, como vacinação, castração, controle de vetores e manejo de animais de rua, além de desenvolver atividades educativas e sua criação fortalecerá a vigilância em saúde, trazendo mais segurança à população.</t>
+  </si>
+  <si>
+    <t>5557</t>
+  </si>
+  <si>
+    <t>671</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a notificação da empresa responsável pela coleta de lixo orgânico no município, a fim de que sejam adotadas medidas imediatas para corrigir problemas recorrentes no serviço prestado. Além da questão já mencionada em outras oportunidades nesta Casa, referente ao fato de que os cachorros têm revirado sacos de lixo deixados amontoados pelos coletores até a chegada do caminhão, ocasionando sujeira nas vias públicas - sujeira esta que, na maioria das vezes, não é recolhida pela própria equipe de coleta - também se verifica o agravamento de outros problemas, tais como mau cheiro, proliferação de insetos e animais que podem transmitir doenças, bem como prejuízos ambientais e risco de entupimento de bueiros, contribuindo para enchentes. Outro ponto crítico e frequente é o não recolhimento de lixo em determinadas vias que ficam fora da rota atual do caminhão, como por exemplo na Rua Teodoro Checheviski, e</t>
+  </si>
+  <si>
+    <t>5558</t>
+  </si>
+  <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na Rua Beija-Flor, no Bairro DER, especialmente no entorno da Escola Municipal Plínio Anciutti Pessoa, consistindo em: manilhamento da via, visando corrigir problemas de drenagem; dragagem do rio que passa aos fundos da escola, com a implantação de barreira de contenção para maior segurança; limpeza geral nas áreas externas e entorno da Escola Municipal Plínio Anciutti Pessoa e execução de pavimentação asfáltica na Rua Beija-Flor, melhorando, assim a infraestrutura local e garantinndo maior segurança à comunidade escolar e aos moradores.</t>
+  </si>
+  <si>
+    <t>5559</t>
+  </si>
+  <si>
+    <t>673</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de um ponto de ônibus na Rua Joana Nascimento, no bairro Lagoa, nas proximidades do Posto de Saúde, proporcionando mais conforto, segurança e comodidade aos usuários e contribuindo para a organização do tráfego na via.</t>
+  </si>
+  <si>
+    <t>5560</t>
+  </si>
+  <si>
+    <t>674</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a implantação de uma travessia elevada na Rua Estefano Gil, no bairro Lagoa, em frente ao Posto de Saúde, contribuindo para a redução da velocidade dos automóveis e proporcionando um acesso mais seguro no local.</t>
+  </si>
+  <si>
+    <t>5561</t>
+  </si>
+  <si>
+    <t>675</t>
+  </si>
+  <si>
+    <t>NEGO JACUMASSO, JOÃO LEUCH</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na estrada que liga o Distrito de Gonçalves Júnior ao Distrito de Itapará, visando garantir segurança aos usuários, facilitar o deslocamento de moradores, produtores rurais e estudantes, além de contribuir para o escoamento da produção agrícola.</t>
+  </si>
+  <si>
+    <t>5562</t>
+  </si>
+  <si>
+    <t>676</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da moradora Sra. Camile Sluzala, a realização de serviços de patrolamento nas vias da localidade de Pirapó, tendo em vista que apenas as estradas principais receberam manutenção e as demais permanecem precárias.</t>
+  </si>
+  <si>
+    <t>5566</t>
+  </si>
+  <si>
+    <t>677</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do Sr. Redesval, a realização de estudos para implantação de um piso adequado ou um sistema de drenagem eficiente no Parque da Vila São João. Em dias de chuva, o parque infantil fica praticamente inutilizável devido ao acúmulo de poças de água. Para garantir mais segurança e acessibilidade às crianças, seria importante considerar a instalação dessas melhorias que ajudariam a evitar alagamentos, permitindo que o espaço seja utilizado com mais frequência e conforto.</t>
+  </si>
+  <si>
+    <t>5567</t>
+  </si>
+  <si>
+    <t>678</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido de moradores e da família Simionato, a construção de uma ponte ou passarela que faça a ligação entre o bairro Vila São João e o bairro Jardim Virgínia, na parte final da Rua Mato Grosso, facilitando o acesso entre as duas localidades, melhorando o deslocamento diário e as opções de trajeto seguro para pedestres e demais usuários.</t>
+  </si>
+  <si>
+    <t>5568</t>
+  </si>
+  <si>
+    <t>679</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido dos moradores locais, a realização de melhorias na entrada do Posto de Saúde do Distrito de Guamirim, garantindo acesso seguro, adequado e organizado aos usuários da unidade.</t>
+  </si>
+  <si>
+    <t>5569</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na via localizada atrás da empresa FV de Araújo, no Bairro Choma, atendendo a pedido dos moradores e trabalhadores da região, que relataram a necessidade de intervenções que melhorem as condições de tráfego, proporcionando maior segurança, mobilidade e qualidade de vida.</t>
+  </si>
+  <si>
+    <t>5570</t>
+  </si>
+  <si>
+    <t>681</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que seja viabilizada a contratação de um médico Reumatologista, devido ao grande número de pacientes que aguardam atendimento há anos e necessitam com urgência de acompanhamento especializado, especialmente os portadores de fibromialgia, artrite reumatoide e outras doenças reumatológicas, que têm enfrentado sofrimento e agravamento dos sintomas pela falta de atendimento adequado.</t>
+  </si>
+  <si>
+    <t>5571</t>
+  </si>
+  <si>
+    <t>682</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias nas estradas da localidade de Campina do Guamirim, em especial no acesso à residência da cadeirante Maria Eduarda, tendo em vista que, em dias de chuva, o ônibus escolar enfrenta dificuldades para chegar até sua casa, comprometendo o deslocamento seguro e regular da estudante.</t>
+  </si>
+  <si>
+    <t>5572</t>
+  </si>
+  <si>
+    <t>683</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a aquisição de equipamentos para o refeitório do Complexo GARI, com o objetivo de oferecer melhores condições de uso, dignidade e qualidade de vida aos trabalhadores que atuam no local.</t>
+  </si>
+  <si>
+    <t>5577</t>
+  </si>
+  <si>
+    <t>684</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a instalação de placa de sinalização no bairro Vila Nova, indicando a saída para a rodovia BR-277, com o objetivo de orientar motoristas, bem como aumentar a segurança e a fluidez do trânsito na região.</t>
+  </si>
+  <si>
+    <t>5578</t>
+  </si>
+  <si>
+    <t>685</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de patrolamento e cascalhamento nas estradas das localidades de Rio Corrente de Cima e Rio Corrente de Baixo, visando garantir o deslocamento adequado e a segurança da população que utiliza diariamente as vias rurais.</t>
+  </si>
+  <si>
+    <t>5579</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>5580</t>
+  </si>
+  <si>
+    <t>687</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da direção da Escola Francisco Stroparo e dos pais dos alunos, a realização de serviços de limpeza e roçada das calçadas e demais áreas ao redor da referida instituição de ensino, as quais se encontram tomadas pelo mato, dificultando o trânsito de estudantes, servidores e da comunidade.</t>
+  </si>
+  <si>
+    <t>5581</t>
+  </si>
+  <si>
+    <t>688</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de limpeza e roçada no CMEI Alexandre Iarema, localizado no bairro Rio Bonito, onde o mato está comprometendo a segurança das crianças e servidores, além de prejudicar a boa aparência do ambiente escolar.</t>
+  </si>
+  <si>
+    <t>5582</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da direção da Escola João de Mattos Pessoa, a implantação de uma travessia elevada em frente à instituição, bem como a substituição e adequação das placas de sinalização existentes no local, melhorando a segurança viária no entorno da instituição, especialmente nos horários de entrada e saída dos alunos.</t>
+  </si>
+  <si>
+    <t>5591</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a realização de melhorias com patrolamento e aplicação de cascalho em dois trechos da estrada da comunidade de Faxinal dos Antônios, sendo o primeiro com aproximadamente 4 km, utilizado como linha escolar, passando pelo centro da comunidade, nas proximidades da escola, mercearia, igreja e diversas residências, necessitando de nivelamento e reforço com cascalho para garantir segurança e melhor trafegabilidade. O segundo trecho, com cerca de 3 km, dá acesso direto à Rodovia PR-364, sentido Inácio Martins, também contando parcialmente com linha escolar, sendo um dos acessos mais utilizados pelos moradores para chegar à Rodovia.</t>
+  </si>
+  <si>
+    <t>5592</t>
+  </si>
+  <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias com reposição de cascalho em um pequeno trecho de estrada na localidade de Água Mineral, especificamente no acesso às residências das famílias Lati e Ivaninski, onde o ônibus do transporte escolar vem encontrando dificuldades para transitar, havendo, inclusive, risco de encalhamento, o que tem resultado na necessidade de deixar os alunos em pontos distantes de suas residências, causando transtornos às famílias e colocando em risco a segurança dos estudantes.</t>
+  </si>
+  <si>
+    <t>5593</t>
+  </si>
+  <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do agricultor Elcio Fiori e demais produtores rurais da localidade de Papuã dos Fiori, a realização de serviços para o alargamento em pontos específicos da estrada que liga a comunidade de Papuã dos Fiori, no sentido Valeiros e Faxinal dos Antônio, onde está ocorrendo dificuldade no tráfego, especialmente porque, em alguns trechos, a estrada não comporta a passagem de máquinas agrícolas, comprometendo a segurança e o escoamento da produção.</t>
+  </si>
+  <si>
+    <t>5598</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do morador Angelim Kutz, a realização de serviços de patrolamento e cascalhamento na estrada que inicia na entrada para a Apiaba (via BR-277) e faz ligação à comunidade do Pinho de Cima, contribuindo para maior segurança e melhor trafegabilidade a todos que utilizam essa importante via rural.</t>
+  </si>
+  <si>
+    <t>5599</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização do corte da grama do campo central do Distrito de Gonçalves Júnior, tendo em vista a necessidade de manter o espaço em boas condições de uso, garantindo segurança aos praticantes de esportes e melhor conservação do local.</t>
+  </si>
+  <si>
+    <t>5600</t>
+  </si>
+  <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na iluminação pública na entrada da cidade, especialmente nas proximidades da rotatória de acesso à Rebouças, garantindo melhor orientação do tráfego e maior segurança aos usuários.</t>
+  </si>
+  <si>
+    <t>5601</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de roçada e a limpeza da vegetação na ao lado da linha férrea na Rua Angela Borazo Bonete, no bairro Lagoa, a fim de melhorar a visibilidade e a segurança dos moradores.</t>
+  </si>
+  <si>
+    <t>5602</t>
+  </si>
+  <si>
+    <t>697</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de serviços de manutenção na Rua Estanislau Waidzk, localizada no bairro Joaquim Zarpellon, onde se formou um enorme buraco, causando transtornos aos moradores e oferecendo riscos aos motoristas e pedestres que utilizam a via.</t>
+  </si>
+  <si>
+    <t>5603</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da Sra. Paula, a realização de melhorias urgentes na Rua Assef Garzuze, bairro Jardim Califórnia, que está sem receber manutenção há tempos.</t>
+  </si>
+  <si>
+    <t>5604</t>
+  </si>
+  <si>
+    <t>699</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do Sr. Leandro Carvalho, a realização de serviços para manutenção da Rua Álvaro de Paula Pires, no bairro Jardim Califórnia, que está necessitando urgente de uma máquina para alinhar a via novamente, que está repleta de valetas, prejudicando o acesso dos moradores.</t>
+  </si>
+  <si>
+    <t>5605</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do Sr. Vitor Matheus, a realização de melhorias na Rua Pedro Choma, bairro Nhapindazal, que está em estado precário de conservação e, segundo o morador, os buracos estão prejudicando os veículos.</t>
+  </si>
+  <si>
+    <t>5606</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a construção de mais três banheiros na Escola Municipal Padre Wenceslau, tendo em vista que, atualmente a escola conta com 400 alunos e dispõe de apenas três banheiros masculinos e três femininos. Segundo a direção da escola serão construídas mais três salas de aula, portanto, novos banheiros serão essenciais a fim de acompanhar o aumento no número de alunos e garantir melhores condições de higiene, conforto e atendimento à comunidade escolar.</t>
+  </si>
+  <si>
     <t>4891</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, HELIO DE MELLO, SYBIL DIETRICH</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 124 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS à Desenhista THAÍS MARIA CROVADOR.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 124 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS à Desenhista THAÍS MARIA CROVADOR.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>TERE, HELIO DE MELLO, MARCELO DUDA, PROFESSORA SILVANA</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: À Professora IDANA CRISTINA MENON.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À Professora IDANA CRISTINA MENON.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>HELIO DE MELLO, MARCELO DUDA, SELMO FISIOTERAPEUTA, SYBIL DIETRICH</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: Ao CLUBE DE TIRO IRATI.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao CLUBE DE TIRO IRATI.</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>SYBIL DIETRICH, HELIO DE MELLO, MARCELO DUDA, SELMO FISIOTERAPEUTA</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: À INSTITUIÇÃO DE LONGA PERMANÊNCIA PARA IDOSOS SANTA RITA.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À INSTITUIÇÃO DE LONGA PERMANÊNCIA PARA IDOSOS SANTA RITA.</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: Ao CAMPUS IRATI DO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA DO PARANÁ.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao CAMPUS IRATI DO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA DO PARANÁ.</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: À MARIA JÚLLIA DOS SANTOS, CARINHOSAMENTE CONHECIDA COMO “PIPOCA”.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À MARIA JÚLLIA DOS SANTOS, CARINHOSAMENTE CONHECIDA COMO “PIPOCA”.</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
     <t>SYBIL DIETRICH, HELIO DE MELLO, MARCELO DUDA, NATO KFFURI</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: Ao GRUPO MUZENZA – IRATI-PR.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao GRUPO MUZENZA – IRATI-PR.</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: À MARIA GABRIELA LIMA FRITOLA – SENSEI MAGA.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À MARIA GABRIELA LIMA FRITOLA – SENSEI MAGA.</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
     <t>PROFESSORA SILVANA, JOÃO LEUCH, SELMO FISIOTERAPEUTA, TERE</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: À FANFARRA DA GUARDA MIRIM DE IRATI.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À FANFARRA DA GUARDA MIRIM DE IRATI.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>SYBIL DIETRICH, JOÃO LEUCH, MARCELO DUDA, SELMO FISIOTERAPEUTA</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS: Ao GRUPO DE SERESTAS IRATI.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao GRUPO DE SERESTAS IRATI.</t>
+  </si>
+  <si>
+    <t>5482</t>
+  </si>
+  <si>
+    <t>CEZAR BATATINHA, JOÃO LEUCH, NEGO JACUMASSO, TERE</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À Piloto EMILY VITÓRIA MARTINS PINTO.</t>
+  </si>
+  <si>
+    <t>5483</t>
+  </si>
+  <si>
+    <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, MARCELO DUDA, SYBIL DIETRICH</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À Atleta do Tiro Esportivo VANESSA MARTINS DE CASTRO.</t>
+  </si>
+  <si>
+    <t>5488</t>
+  </si>
+  <si>
+    <t>MARCELO DUDA, CEZAR BATATINHA, SELMO FISIOTERAPEUTA, SYBIL DIETRICH</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao grupo ANTIGOS IRATI.</t>
+  </si>
+  <si>
+    <t>5489</t>
+  </si>
+  <si>
+    <t>TERE, JOÃO LEUCH, PROFESSORA SILVANA, SYBIL DIETRICH</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao Maestro WELLINGTON DA COSTA GONÇALVES.</t>
+  </si>
+  <si>
+    <t>5490</t>
+  </si>
+  <si>
+    <t>TERE, CEZAR BATATINHA, NATO KFFURI, SELMO FISIOTERAPEUTA</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao Coral GAUDEAMUS IN DOMINO.</t>
+  </si>
+  <si>
+    <t>5498</t>
+  </si>
+  <si>
+    <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, MARCELO DUDA, NEGO JACUMASSO</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao Atleta ANDRÉ STROPARO DYNIEWICZ.</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
     <t>OFD</t>
   </si>
   <si>
     <t>Ofício recebido de Diversos</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf</t>
   </si>
   <si>
     <t>O Sr. Jeff Reinholds encaminha denúncia formal com narrativa investigativa sobre irregularidades graves no uso de veículos públicos de Irati.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>OFE</t>
   </si>
   <si>
     <t>Ofício Recebido do  Executivo</t>
   </si>
@@ -6486,50 +7413,191 @@
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saneamento Básico e Ambiental (CMSBA), e o Fundo Municipal de Saneamento Básico e Ambiental (FUMSBA), e dá outras providências.</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 3.564.344,02 (três milhões, quinhentos e sessenta e quatro mil, trezentos e quarenta e quatro reais e dois centavos), no Orçamento do Município de Irati, para o exercício de 2025</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à Irmandade do Hospital de Caridade de Irati - Santa Casa de Irati no valor de até R$ 1.380.000,00 (um milhão e trezentos e oitenta mil reais).</t>
   </si>
   <si>
+    <t>5484</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 6.000,00 (seis mil reais), no Orçamento do Município de Irati, para o exercício de 2025.</t>
+  </si>
+  <si>
+    <t>5485</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da Casa da Mulher Paranaense do Município de Irati, que passa a se chamar “Casa da Mulher Paranaense – Avany Caggiano Santos”.</t>
+  </si>
+  <si>
+    <t>5491</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>5492</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a promover, em caráter anual, o Concurso Rainha e 1ª e 2ª Princesas da Festa do Pêssego e a conceder premiações às vencedoras.</t>
+  </si>
+  <si>
+    <t>5493</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf</t>
+  </si>
+  <si>
+    <t>5494</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a promover premiações anuais para residências e estabelecimentos comerciais em virtude das festividades de Natal, valorizando criatividade, iluminação e sustentabilidade.</t>
+  </si>
+  <si>
+    <t>5495</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre normas complementares ao Código de Posturas do Município de Irati e altera dispositivo na Lei Municipal nº 1.432/1997, no tocante à realização de feiras itinerantes e eventos comerciais temporários.</t>
+  </si>
+  <si>
+    <t>5496</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf</t>
+  </si>
+  <si>
+    <t>Altera a alínea “b” do parágrafo único do art. 45 da Lei Municipal nº 3.552, de 04 de julho de 2012 e a alínea “c” do inciso I do art. 14 da Lei Municipal nº 4.430, de 20 de dezembro de 2017, reduzindo o valor do ISSQN fixo anual devido pelos profissionais autônomos que exploram o serviço de transporte municipal de pessoas por meio de táxi.</t>
+  </si>
+  <si>
+    <t>5497</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o adicional de periculosidade aos integrantes da Guarda Municipal de Irati (GUARDATI) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5500</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Programa Municipal de Fomento ao Esporte de Alto Rendimento no Município de Irati.</t>
+  </si>
+  <si>
+    <t>5573</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal de Irati a doar ao Estado do Paraná o imóvel público municipal ocupado pelo Colégio Estadual Cívico-Militar Duque de Caxias – Ensino Fundamental e Médio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5574</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal de Irati a doar ao Estado do Paraná os imóveis públicos municipais ocupados pelo Colégio Estadual João de Mattos Pessoa – Ensino Fundamental e Médio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5575</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a forma de amortização do déficit técnico atuarial, conforme Relatório de Avaliação Atuarial do RPPS Irati 2025.</t>
+  </si>
+  <si>
+    <t>5576</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de Irati com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>5589</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da Creche do Programa Estadual “Criança Feliz Paraná” a ser construída no Município de Irati, que passa a se chamar “Creche – Clarice dos Santos Goy.</t>
+  </si>
+  <si>
+    <t>5607</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei n° 4.614/2018, que dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, para o fim de instituir novos cargos de provimento em comissão para a área da Saúde, em complementação ao Disposto na Lei n° 5.198/2025.</t>
+  </si>
+  <si>
     <t>4689</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf</t>
   </si>
   <si>
     <t>Institui a "Campanha Março Roxo", no âmbito do Município de Irati.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e o artigo 1º da Lei Municipal nº 4.783/2020 de 27 de março de 2020, que "Dispõe sobre a proibição do manuseio, utilização, queima e soltura de fogos de estampido e de artifício e artefatos pirotécnicos de alto impacto ou com efeito sonoro ruidoso no Município de Irati – PR”.</t>
   </si>
   <si>
     <t>4727</t>
@@ -6828,50 +7896,89 @@
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação de Basquetebol de Irati – ABASKI”.</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento Vila Universitária, localizado no bairro Engenheiro Gutierrez, como se indica.</t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento São Paulo, localizado no bairro Vila São João, como se indica.</t>
   </si>
   <si>
+    <t>5486</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf</t>
+  </si>
+  <si>
+    <t>: Institui o Censo Populacional de Cães e Gatos no Município de Irati, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5487</t>
+  </si>
+  <si>
+    <t>SELMO FISIOTERAPEUTA, PROFESSORA SILVANA, SYBIL DIETRICH, TERE</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição, orientação e combate ao uso de cigarros eletrônicos e/ou similares em locais públicos no âmbito do município de Irati/PR, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5499</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Selo “Empresa Amiga dos Animais” no âmbito do Município de Irati, Estado do Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5590</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf</t>
+  </si>
+  <si>
+    <t>Denomina a Rua Sem Denominação do bairro Engenheiro Gutierrez, de RUA SILVIO MASSUQUETO.</t>
+  </si>
+  <si>
     <t>4729</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária sobre as diárias pagas a vereadores e servidores do Poder Legislativo de Municipal Iratiense.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf</t>
   </si>
   <si>
     <t>Regulamenta a política de proteção de dados pessoais no âmbito da Câmara Municipal de Irati - PR, bem como institui regras específicas complementares às normas gerais estabelecidas pela Lei Federal nº 13.709, de 14 de agosto de 2018 – Lei de Proteção de Dados Pessoais (LGPD), e dá outras providências.</t>
   </si>
   <si>
     <t>5023</t>
@@ -7363,50 +8470,165 @@
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a data prevista para que o morador João Scraba, residente na localidade de Mato Queimado, seja atendido com serviço de cascalho “Porteira Adentro”, conforme já protocolado junto à Prefeitura Municipal?</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para que o agricultor Augusto Patike, residente na localidade do Rio Preto, seja atendido com manilhas para a cabeceira de bueiro, através do programa “Porteira Adentro”?</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Houve utilização de maquinário público em obra particular realizada na Rua Suriname, Engenheiro Gutierrez? - Em benefício de quem o serviço foi realizado? - Houve autorização formal para a execução dos serviços no referido local? - Quais os critérios adotados pelo Município para utilização do maquinário público em locais particulares? - A terra foi depositada em área ambiental? - Existe uma legislação que viabilize a realização citado do serviço pela Prefeitura?</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o quantitativo de atendimentos realizados, através da Secretaria Municipal de Saúde, do início do ano até a presente data, discriminado por especialidade médica? Nos números apresentados, estão sendo considerados os retornos dos pacientes (reconsultas)?</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual é a situação atual do convênio no valor de R$ 35 milhões, firmado por meio do Programa “Asfalto Novo” do Governo do Estado do Paraná, destinado à pavimentação asfáltica no Município? - Existe cronograma definido para o início e conclusão das obras? - Quais ruas, bairros e/ou localidades serão contemplados pelo Programa?</t>
+  </si>
+  <si>
+    <t>5509</t>
+  </si>
+  <si>
+    <t>Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Cópia integral de todos os contratos, convênios, termos aditivos ou quaisquer outros instrumentos jurídicos vigentes, firmados entre a Prefeitura Municipal de Irati e o proprietário do jornal “Folha de Irati”. - Cópia integral de todos os contratos, convênios ou instrumentos congêneres vigentes, firmados entre a Prefeitura Municipal e familiares diretos do referido proprietário, como esposa e filhos. - Cópia integral do contrato firmado entre o Município e a agência de publicidade atualmente contratada pela Prefeitura. - Relação detalhada dos pagamentos realizados no exercício de 2025 à referida agência de publicidade. - Informações e comprovantes dos repasses ou pagamentos efetuados pela agência aos jornais, rádios, sites e demais veículos de imprensa</t>
+  </si>
+  <si>
+    <t>5526</t>
+  </si>
+  <si>
+    <t>Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para que sejam atendidos os agricultores e comerciantes da região da Serra do Nhapindazal, nas proximidades do Kioto, Cruz Vermelha e com acesso ao Recanto das Jabuticabeiras, área de comércio local? - Há previsão de patrolamento, cascalhamento e alargamento da estrada rural que dá acesso à família Roginski, região do Lajeadinho, ligando à Vila São João? - Quando será providenciada a remoção da árvore situada no meio da estrada, nas proximidades da Cruz Vermelha, a qual oferece risco de acidentes?</t>
+  </si>
+  <si>
+    <t>5527</t>
+  </si>
+  <si>
+    <t>Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto pela Secretaria competente, para a realização de manutenção na Travessa Coronel Pires, nas proximidades do Bosque São Francisco, localizada atrás da Faculdade São Vicente, onde, em dias de chuva, a lama da rua adentra as residências, causando transtornos e dificultando o tráfego local? - Há cronograma definido para execução dos serviços de melhorias nessa via?</t>
+  </si>
+  <si>
+    <t>5528</t>
+  </si>
+  <si>
+    <t>Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para a realização de manutenção na Rua Vitório João Pabis, localizada no bairro João Vieira da Rosa, considerando que os moradores relatam grandes dificuldades de acesso às residências com veículos, em razão das enormes valetas existentes na via?</t>
+  </si>
+  <si>
+    <t>5529</t>
+  </si>
+  <si>
+    <t>Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para o atendimento dos protocolos já realizados pelo agricultor Sérgio Fiori, residente na localidade de Volta Grande, por meio do Programa Porteira Adentro? - Há previsão para execução dos serviços solicitados, como viagens de cascalho, reparo no bueiro e alargamento da passagem da estrada que dá acesso à propriedade do referido agricultor?</t>
+  </si>
+  <si>
+    <t>5532</t>
+  </si>
+  <si>
+    <t>Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Por qual motivo as alimentações enterais não estão sendo entregues à população que delas necessita? - Qual o planejamento da Secretaria de Saúde quanto à aquisição e à distribuição desses produtos, de forma a evitar desabastecimentos futuros? - Por qual motivo não foi aberta licitação para aquisição das alimentações enterais antes do término dos itens disponíveis no estoque?_x000D_
+Requerimento nº 085/2025 (Pedido de Informações) - Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Cópias dos relatórios da Secretaria de Defesa Animal contendo dados referentes a: número de cas</t>
+  </si>
+  <si>
+    <t>5551</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Quantos pacientes com diagnóstico de Diabetes Tipo 2 estão atualmente cadastrados na rede pública municipal, recebendo acompanhamento pelas unidades de saúde? - Quais os critérios utilizados para a distribuição dos aparelhos e das tiras de monitoramento glicêmico destinados às pessoas com Diabetes Tipo 2?</t>
+  </si>
+  <si>
+    <t>5563</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para a realização de serviços de dragagem geral no Rio das Antas, com o objetivo de prevenir enchentes e minimizar os riscos à população residente em seu entorno?</t>
+  </si>
+  <si>
+    <t>5564</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para atender o agricultor Oscar Orchel, da localidade do Lajeadinho, próximo ao Recanto das Jabuticabeiras, quanto ao seu protocolo solicitando cascalhamento e manutenção das estradas de acesso à sua propriedade, através do programa “Porteira Adentro”?</t>
+  </si>
+  <si>
+    <t>5565</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a previsão da Secretaria competente, para realizar a manutenção da estrada do Rio Preto, que liga as comunidades de Mato Queimado e Gonçalves Júnior?</t>
+  </si>
+  <si>
+    <t>5583</t>
+  </si>
+  <si>
+    <t>5584</t>
+  </si>
+  <si>
+    <t>5585</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, referentes à contratação e execução dos serviços de roçada e varrição no Município, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Os trabalhadores alocados pela empresa contratada possuem regular registro em carteira de trabalho (CTPS), conforme exigido pela legislação trabalhista e pelo edital do certame? - A empresa está disponibilizando a quantidade de funcionários prevista no edital e está sendo realizado controle e acompanhamento pela fiscalização contratual? - A empresa forneceu calças refletivas e demais EPIs obrigatórios, considerando que os trabalhadores atuam em vias públicas de grande circulação? - Seja fornecida cópia do documento que comprove o recebimento dos Equipamentos de Proteção Individual – EPIs assinado pelos funcionários. - Todos os colaboradores designados para o serviço de ro</t>
+  </si>
+  <si>
+    <t>5586</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Quais medidas a Prefeitura pode e pretende adotar para evitar que motoboys, que realizam paradas rápidas para entrega de marmitas, lanches e outros serviços, sejam multados durante o exercício de suas atividades?</t>
+  </si>
+  <si>
+    <t>5587</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - No projeto de pavimentação asfáltica recentemente executado na região do Monjolo, estava contemplada a obra de construção ou melhoria da ponte localizada nas proximidades da igreja? - Caso a referida ponte não esteja incluída no projeto original, qual é a previsão da Administração Municipal para a execução do seu alargamento, tendo em vista que a estrutura atual possui largura inferior à da pista asfaltada, gerando risco de acidentes e comprometendo a segurança dos usuários?</t>
+  </si>
+  <si>
+    <t>5588</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Por qual motivo não foi realizado o cascalhamento das estradas da região do Monjolo, especialmente da estrada geral que liga a Rebouças e do trecho que liga ao Rio Corrente? - Existe cronograma ou previsão para a realização do cascalhamento e demais melhorias nessas vias, que estão desassistidas pelo Poder Executivo?</t>
+  </si>
+  <si>
+    <t>5594</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Como está o andamento do projeto de ampliação e reforma do Posto de Saúde da comunidade do Rio Preto?</t>
+  </si>
+  <si>
+    <t>5595</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Existe projeto em andamento, elaborado ou em fase de estudo, visando a pavimentação asfáltica dos bairros João Vieira da Rosa, Tucholka, Fragatas e Nhapindazal?</t>
+  </si>
+  <si>
+    <t>5596</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Em que estágio se encontra o projeto de pavimentação asfáltica da Avenida das Torres, via que liga o Rio Bonito ao Alto da Lagoa?</t>
+  </si>
+  <si>
+    <t>5597</t>
+  </si>
+  <si>
+    <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Existe projeto em elaboração ou já concluído para a pavimentação da Rua Beija-Flor, entre a Rua Pacífico Borges, no bairro DER, via que dá acesso à Associação dos Funcionários Públicos?</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>MOCA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no artigo 164 de seu Regimento Interno, vem, pelo presente expediente, registrar Moção de Apoio à Educação Especial no Estado do Paraná, especialmente às APAES – Associações de Pais e Amigos dos Excepcionais, manifestando sua contrariedade à Ação Direta de Inconstitucionalidade (ADI) nº 7796, que questiona a constitucionalidade das Leis Estaduais nº 17.656/2013 e nº 18.419/2015.</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no artigo 164 de seu Regimento Interno, vem, pelo presente expediente, registrar Moção de Apoio aos Fumicultores de Irati e Região.</t>
   </si>
@@ -7780,56 +9002,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H820"/>
+  <dimension ref="A1:H960"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="158.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="249.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -23610,5300 +24832,8892 @@
       </c>
       <c r="D608" t="s">
         <v>11</v>
       </c>
       <c r="E608" t="s">
         <v>12</v>
       </c>
       <c r="F608" t="s">
         <v>92</v>
       </c>
       <c r="G608" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H608" t="s">
         <v>1865</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>1866</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>10</v>
+        <v>1867</v>
       </c>
       <c r="D609" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E609" t="s">
+        <v>12</v>
+      </c>
+      <c r="F609" t="s">
+        <v>25</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H609" t="s">
         <v>1868</v>
-      </c>
-[...7 lines deleted...]
-        <v>1871</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>1872</v>
+        <v>1869</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>17</v>
+        <v>1870</v>
       </c>
       <c r="D610" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E610" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F610" t="s">
-        <v>1873</v>
+        <v>25</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1874</v>
+        <v>14</v>
       </c>
       <c r="H610" t="s">
-        <v>1875</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>1876</v>
+        <v>1872</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>21</v>
+        <v>1873</v>
       </c>
       <c r="D611" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E611" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F611" t="s">
-        <v>1877</v>
+        <v>25</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1878</v>
+        <v>14</v>
       </c>
       <c r="H611" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>1880</v>
+        <v>1875</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>24</v>
+        <v>1876</v>
       </c>
       <c r="D612" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E612" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F612" t="s">
-        <v>1881</v>
+        <v>25</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1882</v>
+        <v>14</v>
       </c>
       <c r="H612" t="s">
-        <v>1883</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>1884</v>
+        <v>1878</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>28</v>
+        <v>1879</v>
       </c>
       <c r="D613" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E613" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F613" t="s">
-        <v>1877</v>
+        <v>122</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1885</v>
+        <v>14</v>
       </c>
       <c r="H613" t="s">
-        <v>1886</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>1887</v>
+        <v>1881</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>31</v>
+        <v>1882</v>
       </c>
       <c r="D614" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E614" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F614" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1888</v>
+        <v>14</v>
       </c>
       <c r="H614" t="s">
-        <v>1889</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>1890</v>
+        <v>1884</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>34</v>
+        <v>1885</v>
       </c>
       <c r="D615" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E615" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F615" t="s">
-        <v>1891</v>
+        <v>122</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1892</v>
+        <v>14</v>
       </c>
       <c r="H615" t="s">
-        <v>1893</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>1894</v>
+        <v>1887</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>37</v>
+        <v>1888</v>
       </c>
       <c r="D616" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E616" t="s">
-        <v>1868</v>
+        <v>12</v>
+      </c>
+      <c r="F616" t="s">
+        <v>55</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1895</v>
+        <v>14</v>
       </c>
       <c r="H616" t="s">
-        <v>1896</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>1897</v>
+        <v>1890</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>44</v>
+        <v>1891</v>
       </c>
       <c r="D617" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E617" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F617" t="s">
-        <v>1898</v>
+        <v>1717</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1899</v>
+        <v>14</v>
       </c>
       <c r="H617" t="s">
-        <v>1900</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>1901</v>
+        <v>1893</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>47</v>
+        <v>1894</v>
       </c>
       <c r="D618" t="s">
-        <v>1867</v>
+        <v>11</v>
       </c>
       <c r="E618" t="s">
-        <v>1868</v>
+        <v>12</v>
       </c>
       <c r="F618" t="s">
-        <v>1902</v>
+        <v>68</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>1903</v>
+        <v>14</v>
       </c>
       <c r="H618" t="s">
-        <v>1904</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>1905</v>
+        <v>1896</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>10</v>
+        <v>1897</v>
       </c>
       <c r="D619" t="s">
-        <v>1906</v>
+        <v>11</v>
       </c>
       <c r="E619" t="s">
-        <v>1907</v>
+        <v>12</v>
+      </c>
+      <c r="F619" t="s">
+        <v>68</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>1908</v>
+        <v>14</v>
       </c>
       <c r="H619" t="s">
-        <v>1909</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>1910</v>
+        <v>1899</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>10</v>
+        <v>1900</v>
       </c>
       <c r="D620" t="s">
-        <v>1911</v>
+        <v>11</v>
       </c>
       <c r="E620" t="s">
-        <v>1912</v>
+        <v>12</v>
+      </c>
+      <c r="F620" t="s">
+        <v>68</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>1913</v>
+        <v>14</v>
       </c>
       <c r="H620" t="s">
-        <v>1914</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>1915</v>
+        <v>1902</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>17</v>
+        <v>1903</v>
       </c>
       <c r="D621" t="s">
-        <v>1911</v>
+        <v>11</v>
       </c>
       <c r="E621" t="s">
-        <v>1912</v>
+        <v>12</v>
+      </c>
+      <c r="F621" t="s">
+        <v>1704</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1916</v>
+        <v>14</v>
       </c>
       <c r="H621" t="s">
-        <v>1917</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>1918</v>
+        <v>1905</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>21</v>
+        <v>1906</v>
       </c>
       <c r="D622" t="s">
-        <v>1911</v>
+        <v>11</v>
       </c>
       <c r="E622" t="s">
-        <v>1912</v>
+        <v>12</v>
+      </c>
+      <c r="F622" t="s">
+        <v>1907</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1919</v>
+        <v>14</v>
       </c>
       <c r="H622" t="s">
-        <v>1920</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>1921</v>
+        <v>1909</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>24</v>
+        <v>1910</v>
       </c>
       <c r="D623" t="s">
+        <v>11</v>
+      </c>
+      <c r="E623" t="s">
+        <v>12</v>
+      </c>
+      <c r="F623" t="s">
+        <v>92</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H623" t="s">
         <v>1911</v>
-      </c>
-[...7 lines deleted...]
-        <v>1923</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>1924</v>
+        <v>1912</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>28</v>
+        <v>1913</v>
       </c>
       <c r="D624" t="s">
-        <v>1911</v>
+        <v>11</v>
       </c>
       <c r="E624" t="s">
-        <v>1912</v>
+        <v>12</v>
+      </c>
+      <c r="F624" t="s">
+        <v>92</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1925</v>
+        <v>14</v>
       </c>
       <c r="H624" t="s">
-        <v>1926</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>1927</v>
+        <v>1915</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>10</v>
+        <v>1916</v>
       </c>
       <c r="D625" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E625" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F625" t="s">
+        <v>92</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1930</v>
+        <v>14</v>
       </c>
       <c r="H625" t="s">
-        <v>1931</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>1932</v>
+        <v>1918</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>17</v>
+        <v>1919</v>
       </c>
       <c r="D626" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E626" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F626" t="s">
+        <v>1920</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>1933</v>
+        <v>14</v>
       </c>
       <c r="H626" t="s">
-        <v>1934</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>1935</v>
+        <v>1922</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>21</v>
+        <v>1923</v>
       </c>
       <c r="D627" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E627" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F627" t="s">
+        <v>108</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>1936</v>
+        <v>14</v>
       </c>
       <c r="H627" t="s">
-        <v>1937</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>1938</v>
+        <v>1925</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>24</v>
+        <v>1926</v>
       </c>
       <c r="D628" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E628" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F628" t="s">
+        <v>108</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>1939</v>
+        <v>14</v>
       </c>
       <c r="H628" t="s">
-        <v>1940</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>1941</v>
+        <v>1928</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>28</v>
+        <v>1929</v>
       </c>
       <c r="D629" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E629" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F629" t="s">
+        <v>108</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>1942</v>
+        <v>14</v>
       </c>
       <c r="H629" t="s">
-        <v>1943</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>1944</v>
+        <v>1931</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>31</v>
+        <v>1932</v>
       </c>
       <c r="D630" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E630" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F630" t="s">
+        <v>108</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>1945</v>
+        <v>14</v>
       </c>
       <c r="H630" t="s">
-        <v>1946</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>1947</v>
+        <v>1934</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>34</v>
+        <v>1935</v>
       </c>
       <c r="D631" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E631" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F631" t="s">
+        <v>81</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>1948</v>
+        <v>14</v>
       </c>
       <c r="H631" t="s">
-        <v>1949</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>1950</v>
+        <v>1937</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>37</v>
+        <v>1938</v>
       </c>
       <c r="D632" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E632" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F632" t="s">
+        <v>25</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1951</v>
+        <v>14</v>
       </c>
       <c r="H632" t="s">
-        <v>1952</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>1953</v>
+        <v>1940</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>41</v>
+        <v>1941</v>
       </c>
       <c r="D633" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E633" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F633" t="s">
+        <v>68</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1954</v>
+        <v>14</v>
       </c>
       <c r="H633" t="s">
-        <v>1955</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>1956</v>
+        <v>1943</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>44</v>
+        <v>1944</v>
       </c>
       <c r="D634" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E634" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F634" t="s">
+        <v>68</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1957</v>
+        <v>14</v>
       </c>
       <c r="H634" t="s">
-        <v>1958</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>1959</v>
+        <v>1946</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>47</v>
+        <v>1947</v>
       </c>
       <c r="D635" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E635" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F635" t="s">
+        <v>68</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>1960</v>
+        <v>14</v>
       </c>
       <c r="H635" t="s">
-        <v>1961</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>1962</v>
+        <v>1949</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>50</v>
+        <v>1950</v>
       </c>
       <c r="D636" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E636" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F636" t="s">
+        <v>122</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>1963</v>
+        <v>14</v>
       </c>
       <c r="H636" t="s">
-        <v>1964</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>1965</v>
+        <v>1952</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>54</v>
+        <v>1953</v>
       </c>
       <c r="D637" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E637" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F637" t="s">
+        <v>88</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>1966</v>
+        <v>14</v>
       </c>
       <c r="H637" t="s">
-        <v>1967</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>1968</v>
+        <v>1955</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>58</v>
+        <v>1956</v>
       </c>
       <c r="D638" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E638" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F638" t="s">
+        <v>88</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1969</v>
+        <v>14</v>
       </c>
       <c r="H638" t="s">
-        <v>1970</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>1971</v>
+        <v>1958</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>61</v>
+        <v>1959</v>
       </c>
       <c r="D639" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E639" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F639" t="s">
+        <v>88</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>1972</v>
+        <v>14</v>
       </c>
       <c r="H639" t="s">
-        <v>1973</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>1974</v>
+        <v>1961</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>64</v>
+        <v>1962</v>
       </c>
       <c r="D640" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E640" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F640" t="s">
+        <v>88</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1975</v>
+        <v>14</v>
       </c>
       <c r="H640" t="s">
-        <v>1976</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>1977</v>
+        <v>1964</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>67</v>
+        <v>1965</v>
       </c>
       <c r="D641" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E641" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F641" t="s">
+        <v>88</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>1978</v>
+        <v>14</v>
       </c>
       <c r="H641" t="s">
-        <v>1979</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>1980</v>
+        <v>1967</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>71</v>
+        <v>1968</v>
       </c>
       <c r="D642" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E642" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F642" t="s">
+        <v>68</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>1981</v>
+        <v>14</v>
       </c>
       <c r="H642" t="s">
-        <v>1982</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>1983</v>
+        <v>1970</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>74</v>
+        <v>1971</v>
       </c>
       <c r="D643" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E643" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F643" t="s">
+        <v>68</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>1984</v>
+        <v>14</v>
       </c>
       <c r="H643" t="s">
-        <v>1985</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>1986</v>
+        <v>1973</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>77</v>
+        <v>1974</v>
       </c>
       <c r="D644" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E644" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F644" t="s">
+        <v>68</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>1987</v>
+        <v>14</v>
       </c>
       <c r="H644" t="s">
-        <v>1988</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>1989</v>
+        <v>1976</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>80</v>
+        <v>1977</v>
       </c>
       <c r="D645" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E645" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F645" t="s">
+        <v>68</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>1990</v>
+        <v>14</v>
       </c>
       <c r="H645" t="s">
-        <v>1991</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>84</v>
+        <v>1980</v>
       </c>
       <c r="D646" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E646" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F646" t="s">
+        <v>68</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1993</v>
+        <v>14</v>
       </c>
       <c r="H646" t="s">
-        <v>1994</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>1995</v>
+        <v>1982</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>87</v>
+        <v>1983</v>
       </c>
       <c r="D647" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E647" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F647" t="s">
+        <v>108</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1996</v>
+        <v>14</v>
       </c>
       <c r="H647" t="s">
-        <v>1997</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>1998</v>
+        <v>1985</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>91</v>
+        <v>1986</v>
       </c>
       <c r="D648" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E648" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F648" t="s">
+        <v>108</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1999</v>
+        <v>14</v>
       </c>
       <c r="H648" t="s">
-        <v>2000</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2001</v>
+        <v>1988</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>95</v>
+        <v>1989</v>
       </c>
       <c r="D649" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E649" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F649" t="s">
+        <v>81</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2002</v>
+        <v>14</v>
       </c>
       <c r="H649" t="s">
-        <v>2003</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>98</v>
+        <v>1992</v>
       </c>
       <c r="D650" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E650" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F650" t="s">
+        <v>81</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2005</v>
+        <v>14</v>
       </c>
       <c r="H650" t="s">
-        <v>2006</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>101</v>
+        <v>1995</v>
       </c>
       <c r="D651" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E651" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F651" t="s">
+        <v>38</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2008</v>
+        <v>14</v>
       </c>
       <c r="H651" t="s">
-        <v>2009</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>104</v>
+        <v>1998</v>
       </c>
       <c r="D652" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E652" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F652" t="s">
+        <v>38</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2011</v>
+        <v>14</v>
       </c>
       <c r="H652" t="s">
-        <v>2012</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>107</v>
+        <v>2001</v>
       </c>
       <c r="D653" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E653" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F653" t="s">
+        <v>1704</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2014</v>
+        <v>14</v>
       </c>
       <c r="H653" t="s">
-        <v>2015</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>111</v>
+        <v>2004</v>
       </c>
       <c r="D654" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E654" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F654" t="s">
+        <v>1704</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2017</v>
+        <v>14</v>
       </c>
       <c r="H654" t="s">
-        <v>2018</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>117</v>
+        <v>2007</v>
       </c>
       <c r="D655" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E655" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F655" t="s">
+        <v>1704</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2020</v>
+        <v>14</v>
       </c>
       <c r="H655" t="s">
-        <v>2021</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>121</v>
+        <v>2010</v>
       </c>
       <c r="D656" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E656" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F656" t="s">
+        <v>1704</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2023</v>
+        <v>14</v>
       </c>
       <c r="H656" t="s">
-        <v>2024</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>125</v>
+        <v>2013</v>
       </c>
       <c r="D657" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E657" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F657" t="s">
+        <v>122</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2026</v>
+        <v>14</v>
       </c>
       <c r="H657" t="s">
-        <v>2027</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2028</v>
+        <v>2015</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>128</v>
+        <v>2016</v>
       </c>
       <c r="D658" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E658" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F658" t="s">
+        <v>92</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2029</v>
+        <v>14</v>
       </c>
       <c r="H658" t="s">
-        <v>2030</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2031</v>
+        <v>2018</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>131</v>
+        <v>2019</v>
       </c>
       <c r="D659" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E659" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F659" t="s">
+        <v>92</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2032</v>
+        <v>14</v>
       </c>
       <c r="H659" t="s">
-        <v>2033</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2034</v>
+        <v>2021</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>134</v>
+        <v>2022</v>
       </c>
       <c r="D660" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E660" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F660" t="s">
+        <v>92</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2035</v>
+        <v>14</v>
       </c>
       <c r="H660" t="s">
-        <v>2036</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2037</v>
+        <v>2024</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>137</v>
+        <v>2025</v>
       </c>
       <c r="D661" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E661" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F661" t="s">
+        <v>92</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2038</v>
+        <v>14</v>
       </c>
       <c r="H661" t="s">
-        <v>2039</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2040</v>
+        <v>2027</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>140</v>
+        <v>2028</v>
       </c>
       <c r="D662" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E662" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F662" t="s">
+        <v>92</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2041</v>
+        <v>14</v>
       </c>
       <c r="H662" t="s">
-        <v>2042</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2043</v>
+        <v>2030</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>143</v>
+        <v>2031</v>
       </c>
       <c r="D663" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E663" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F663" t="s">
+        <v>25</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2044</v>
+        <v>14</v>
       </c>
       <c r="H663" t="s">
-        <v>2045</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2046</v>
+        <v>2033</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>146</v>
+        <v>2034</v>
       </c>
       <c r="D664" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E664" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F664" t="s">
+        <v>25</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2047</v>
+        <v>14</v>
       </c>
       <c r="H664" t="s">
-        <v>2048</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2049</v>
+        <v>2036</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>149</v>
+        <v>2037</v>
       </c>
       <c r="D665" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E665" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F665" t="s">
+        <v>25</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2050</v>
+        <v>14</v>
       </c>
       <c r="H665" t="s">
-        <v>2051</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2052</v>
+        <v>2039</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>152</v>
+        <v>2040</v>
       </c>
       <c r="D666" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E666" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F666" t="s">
+        <v>88</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2053</v>
+        <v>14</v>
       </c>
       <c r="H666" t="s">
-        <v>2054</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2055</v>
+        <v>2042</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>155</v>
+        <v>2043</v>
       </c>
       <c r="D667" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E667" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F667" t="s">
+        <v>1704</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2056</v>
+        <v>14</v>
       </c>
       <c r="H667" t="s">
-        <v>2057</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2058</v>
+        <v>2045</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>158</v>
+        <v>2046</v>
       </c>
       <c r="D668" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E668" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F668" t="s">
+        <v>1704</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2059</v>
+        <v>14</v>
       </c>
       <c r="H668" t="s">
-        <v>2060</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2061</v>
+        <v>2048</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>161</v>
+        <v>2049</v>
       </c>
       <c r="D669" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E669" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F669" t="s">
+        <v>2050</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2062</v>
+        <v>14</v>
       </c>
       <c r="H669" t="s">
-        <v>2063</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2064</v>
+        <v>2052</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>164</v>
+        <v>2053</v>
       </c>
       <c r="D670" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E670" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F670" t="s">
+        <v>108</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2065</v>
+        <v>14</v>
       </c>
       <c r="H670" t="s">
-        <v>2066</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2067</v>
+        <v>2055</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>167</v>
+        <v>2056</v>
       </c>
       <c r="D671" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E671" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F671" t="s">
+        <v>108</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2068</v>
+        <v>14</v>
       </c>
       <c r="H671" t="s">
-        <v>2069</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2070</v>
+        <v>2058</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>170</v>
+        <v>2059</v>
       </c>
       <c r="D672" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E672" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F672" t="s">
+        <v>108</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2071</v>
+        <v>14</v>
       </c>
       <c r="H672" t="s">
-        <v>2072</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2073</v>
+        <v>2061</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>173</v>
+        <v>2062</v>
       </c>
       <c r="D673" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E673" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F673" t="s">
+        <v>108</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2074</v>
+        <v>14</v>
       </c>
       <c r="H673" t="s">
-        <v>2075</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2076</v>
+        <v>2064</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>176</v>
+        <v>2065</v>
       </c>
       <c r="D674" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E674" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F674" t="s">
+        <v>55</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2077</v>
+        <v>14</v>
       </c>
       <c r="H674" t="s">
-        <v>2078</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2079</v>
+        <v>2067</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>179</v>
+        <v>2068</v>
       </c>
       <c r="D675" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E675" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F675" t="s">
+        <v>55</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2080</v>
+        <v>14</v>
       </c>
       <c r="H675" t="s">
-        <v>2081</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2082</v>
+        <v>2070</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>182</v>
+        <v>2071</v>
       </c>
       <c r="D676" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E676" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F676" t="s">
+        <v>2072</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2083</v>
+        <v>14</v>
       </c>
       <c r="H676" t="s">
-        <v>2084</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2085</v>
+        <v>2074</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>185</v>
+        <v>2075</v>
       </c>
       <c r="D677" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E677" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F677" t="s">
+        <v>68</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2086</v>
+        <v>14</v>
       </c>
       <c r="H677" t="s">
-        <v>2087</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2088</v>
+        <v>2077</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>188</v>
+        <v>2078</v>
       </c>
       <c r="D678" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E678" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F678" t="s">
+        <v>68</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2089</v>
+        <v>14</v>
       </c>
       <c r="H678" t="s">
-        <v>2090</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2091</v>
+        <v>2080</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>191</v>
+        <v>2081</v>
       </c>
       <c r="D679" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E679" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F679" t="s">
+        <v>1920</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2092</v>
+        <v>14</v>
       </c>
       <c r="H679" t="s">
-        <v>2093</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2094</v>
+        <v>2083</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>194</v>
+        <v>2084</v>
       </c>
       <c r="D680" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E680" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F680" t="s">
+        <v>92</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2095</v>
+        <v>14</v>
       </c>
       <c r="H680" t="s">
-        <v>2096</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2097</v>
+        <v>2086</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>197</v>
+        <v>2087</v>
       </c>
       <c r="D681" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E681" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F681" t="s">
+        <v>92</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2098</v>
+        <v>14</v>
       </c>
       <c r="H681" t="s">
-        <v>2099</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2100</v>
+        <v>2089</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>200</v>
+        <v>2090</v>
       </c>
       <c r="D682" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E682" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F682" t="s">
+        <v>92</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2101</v>
+        <v>14</v>
       </c>
       <c r="H682" t="s">
-        <v>2102</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2103</v>
+        <v>2092</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>203</v>
+        <v>2093</v>
       </c>
       <c r="D683" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E683" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F683" t="s">
+        <v>92</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2104</v>
+        <v>14</v>
       </c>
       <c r="H683" t="s">
-        <v>2105</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2106</v>
+        <v>2095</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>206</v>
+        <v>2096</v>
       </c>
       <c r="D684" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E684" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F684" t="s">
+        <v>88</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2107</v>
+        <v>14</v>
       </c>
       <c r="H684" t="s">
-        <v>2108</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2109</v>
+        <v>2098</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>209</v>
+        <v>2099</v>
       </c>
       <c r="D685" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E685" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F685" t="s">
+        <v>38</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2110</v>
+        <v>14</v>
       </c>
       <c r="H685" t="s">
-        <v>2111</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2112</v>
+        <v>2101</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>212</v>
+        <v>2102</v>
       </c>
       <c r="D686" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E686" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F686" t="s">
+        <v>81</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2113</v>
+        <v>14</v>
       </c>
       <c r="H686" t="s">
-        <v>2114</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2115</v>
+        <v>2104</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>215</v>
+        <v>2105</v>
       </c>
       <c r="D687" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E687" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F687" t="s">
+        <v>81</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2116</v>
+        <v>14</v>
       </c>
       <c r="H687" t="s">
-        <v>2117</v>
+        <v>82</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2118</v>
+        <v>2106</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>218</v>
+        <v>2107</v>
       </c>
       <c r="D688" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E688" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F688" t="s">
+        <v>25</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2119</v>
+        <v>14</v>
       </c>
       <c r="H688" t="s">
-        <v>2120</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2121</v>
+        <v>2109</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>221</v>
+        <v>2110</v>
       </c>
       <c r="D689" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E689" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F689" t="s">
+        <v>25</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2122</v>
+        <v>14</v>
       </c>
       <c r="H689" t="s">
-        <v>2123</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2124</v>
+        <v>2112</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>224</v>
+        <v>2113</v>
       </c>
       <c r="D690" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E690" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F690" t="s">
+        <v>25</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2125</v>
+        <v>14</v>
       </c>
       <c r="H690" t="s">
-        <v>2126</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2127</v>
+        <v>2115</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>227</v>
+        <v>2116</v>
       </c>
       <c r="D691" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E691" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F691" t="s">
+        <v>1704</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2128</v>
+        <v>14</v>
       </c>
       <c r="H691" t="s">
-        <v>2129</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2130</v>
+        <v>2118</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>230</v>
+        <v>2119</v>
       </c>
       <c r="D692" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E692" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F692" t="s">
+        <v>1704</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2131</v>
+        <v>14</v>
       </c>
       <c r="H692" t="s">
-        <v>2132</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2133</v>
+        <v>2121</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>233</v>
+        <v>2122</v>
       </c>
       <c r="D693" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E693" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F693" t="s">
+        <v>1704</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2134</v>
+        <v>14</v>
       </c>
       <c r="H693" t="s">
-        <v>2135</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2136</v>
+        <v>2124</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>236</v>
+        <v>2125</v>
       </c>
       <c r="D694" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E694" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F694" t="s">
+        <v>55</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2137</v>
+        <v>14</v>
       </c>
       <c r="H694" t="s">
-        <v>2138</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2139</v>
+        <v>2127</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>239</v>
+        <v>2128</v>
       </c>
       <c r="D695" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E695" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F695" t="s">
+        <v>55</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2140</v>
+        <v>14</v>
       </c>
       <c r="H695" t="s">
-        <v>2141</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2142</v>
+        <v>2130</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>242</v>
+        <v>2131</v>
       </c>
       <c r="D696" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E696" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F696" t="s">
+        <v>55</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2143</v>
+        <v>14</v>
       </c>
       <c r="H696" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2145</v>
+        <v>2133</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>245</v>
+        <v>2134</v>
       </c>
       <c r="D697" t="s">
-        <v>1928</v>
+        <v>11</v>
       </c>
       <c r="E697" t="s">
-        <v>1929</v>
+        <v>12</v>
+      </c>
+      <c r="F697" t="s">
+        <v>55</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2146</v>
+        <v>14</v>
       </c>
       <c r="H697" t="s">
-        <v>2147</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2148</v>
+        <v>2136</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>10</v>
+        <v>2137</v>
       </c>
       <c r="D698" t="s">
-        <v>2149</v>
+        <v>11</v>
       </c>
       <c r="E698" t="s">
-        <v>2150</v>
+        <v>12</v>
       </c>
       <c r="F698" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2151</v>
+        <v>14</v>
       </c>
       <c r="H698" t="s">
-        <v>2152</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2153</v>
+        <v>2139</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>17</v>
+        <v>2140</v>
       </c>
       <c r="D699" t="s">
-        <v>2149</v>
+        <v>11</v>
       </c>
       <c r="E699" t="s">
-        <v>2150</v>
+        <v>12</v>
       </c>
       <c r="F699" t="s">
         <v>68</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2154</v>
+        <v>14</v>
       </c>
       <c r="H699" t="s">
-        <v>2155</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2156</v>
+        <v>2142</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>21</v>
+        <v>2143</v>
       </c>
       <c r="D700" t="s">
-        <v>2149</v>
+        <v>11</v>
       </c>
       <c r="E700" t="s">
-        <v>2150</v>
+        <v>12</v>
       </c>
       <c r="F700" t="s">
         <v>68</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2157</v>
+        <v>14</v>
       </c>
       <c r="H700" t="s">
-        <v>2158</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2159</v>
+        <v>2145</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>24</v>
+        <v>2146</v>
       </c>
       <c r="D701" t="s">
-        <v>2149</v>
+        <v>11</v>
       </c>
       <c r="E701" t="s">
-        <v>2150</v>
+        <v>12</v>
       </c>
       <c r="F701" t="s">
-        <v>2160</v>
+        <v>68</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2161</v>
+        <v>14</v>
       </c>
       <c r="H701" t="s">
-        <v>2162</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2163</v>
+        <v>2148</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>28</v>
+        <v>2149</v>
       </c>
       <c r="D702" t="s">
-        <v>2149</v>
+        <v>11</v>
       </c>
       <c r="E702" t="s">
-        <v>2150</v>
+        <v>12</v>
       </c>
       <c r="F702" t="s">
         <v>68</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2164</v>
+        <v>14</v>
       </c>
       <c r="H702" t="s">
-        <v>2165</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2166</v>
+        <v>2151</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D703" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E703" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F703" t="s">
-        <v>68</v>
+        <v>2154</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2167</v>
+        <v>2155</v>
       </c>
       <c r="H703" t="s">
-        <v>2168</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2169</v>
+        <v>2157</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D704" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E704" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F704" t="s">
-        <v>38</v>
+        <v>2158</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2170</v>
+        <v>2159</v>
       </c>
       <c r="H704" t="s">
-        <v>2171</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2172</v>
+        <v>2161</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D705" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E705" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F705" t="s">
-        <v>68</v>
+        <v>2162</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2173</v>
+        <v>2163</v>
       </c>
       <c r="H705" t="s">
-        <v>2174</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2175</v>
+        <v>2165</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="D706" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E706" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F706" t="s">
-        <v>18</v>
+        <v>2166</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2176</v>
+        <v>2167</v>
       </c>
       <c r="H706" t="s">
-        <v>2177</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2178</v>
+        <v>2169</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D707" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E707" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F707" t="s">
-        <v>108</v>
+        <v>2162</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2179</v>
+        <v>2170</v>
       </c>
       <c r="H707" t="s">
-        <v>2180</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2181</v>
+        <v>2172</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="D708" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E708" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F708" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2182</v>
+        <v>2173</v>
       </c>
       <c r="H708" t="s">
-        <v>2183</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2184</v>
+        <v>2175</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D709" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E709" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F709" t="s">
-        <v>88</v>
+        <v>2176</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2185</v>
+        <v>2177</v>
       </c>
       <c r="H709" t="s">
-        <v>2186</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2187</v>
+        <v>2179</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="D710" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E710" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2153</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2188</v>
+        <v>2180</v>
       </c>
       <c r="H710" t="s">
-        <v>2189</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2190</v>
+        <v>2182</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="D711" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E711" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F711" t="s">
-        <v>38</v>
+        <v>2183</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2191</v>
+        <v>2184</v>
       </c>
       <c r="H711" t="s">
-        <v>2192</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2193</v>
+        <v>2186</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D712" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E712" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F712" t="s">
-        <v>108</v>
+        <v>2187</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2194</v>
+        <v>2188</v>
       </c>
       <c r="H712" t="s">
-        <v>2195</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2196</v>
+        <v>2190</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="D713" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E713" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F713" t="s">
-        <v>122</v>
+        <v>2191</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2197</v>
+        <v>2192</v>
       </c>
       <c r="H713" t="s">
-        <v>2198</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2199</v>
+        <v>2194</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="D714" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E714" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F714" t="s">
-        <v>25</v>
+        <v>2195</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2200</v>
+        <v>2196</v>
       </c>
       <c r="H714" t="s">
-        <v>2201</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2202</v>
+        <v>2198</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="D715" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="E715" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="F715" t="s">
-        <v>108</v>
+        <v>2199</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2203</v>
+        <v>2200</v>
       </c>
       <c r="H715" t="s">
-        <v>2204</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>61</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E716" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F716" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H716" t="s">
         <v>2205</v>
-      </c>
-[...19 lines deleted...]
-        <v>2207</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>64</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F717" t="s">
+        <v>2207</v>
+      </c>
+      <c r="G717" s="1" t="s">
         <v>2208</v>
       </c>
-      <c r="B717" t="s">
-[...14 lines deleted...]
-      <c r="G717" s="1" t="s">
+      <c r="H717" t="s">
         <v>2209</v>
-      </c>
-[...1 lines deleted...]
-        <v>2210</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>67</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E718" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F718" t="s">
         <v>2211</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G718" s="1" t="s">
         <v>2212</v>
       </c>
       <c r="H718" t="s">
         <v>2213</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>2214</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="D719" t="s">
-        <v>2149</v>
+        <v>2215</v>
       </c>
       <c r="E719" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2216</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="H719" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="D720" t="s">
-        <v>2149</v>
+        <v>2220</v>
       </c>
       <c r="E720" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2221</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="H720" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>17</v>
+      </c>
+      <c r="D721" t="s">
         <v>2220</v>
       </c>
-      <c r="B721" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E721" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>2221</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
       <c r="H721" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2223</v>
+        <v>2227</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="D722" t="s">
-        <v>2149</v>
+        <v>2220</v>
       </c>
       <c r="E722" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>2160</v>
+        <v>2221</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2224</v>
+        <v>2228</v>
       </c>
       <c r="H722" t="s">
-        <v>2225</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2226</v>
+        <v>2230</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="D723" t="s">
-        <v>2149</v>
+        <v>2220</v>
       </c>
       <c r="E723" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>2221</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2227</v>
+        <v>2231</v>
       </c>
       <c r="H723" t="s">
-        <v>2228</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2229</v>
+        <v>2233</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="D724" t="s">
-        <v>2149</v>
+        <v>2220</v>
       </c>
       <c r="E724" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2221</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2230</v>
+        <v>2234</v>
       </c>
       <c r="H724" t="s">
-        <v>2231</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
       <c r="D725" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E725" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="H725" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>107</v>
+        <v>17</v>
       </c>
       <c r="D726" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E726" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2236</v>
+        <v>2242</v>
       </c>
       <c r="H726" t="s">
-        <v>2237</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>21</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2237</v>
+      </c>
+      <c r="E727" t="s">
         <v>2238</v>
       </c>
-      <c r="B727" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G727" s="1" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="H727" t="s">
-        <v>2240</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2241</v>
+        <v>2247</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="D728" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E728" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2242</v>
+        <v>2248</v>
       </c>
       <c r="H728" t="s">
-        <v>2243</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2244</v>
+        <v>2250</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="D729" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E729" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2238</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2245</v>
+        <v>2251</v>
       </c>
       <c r="H729" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="D730" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E730" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="H730" t="s">
-        <v>2249</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2250</v>
+        <v>2256</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="D731" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E731" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>2238</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2251</v>
+        <v>2257</v>
       </c>
       <c r="H731" t="s">
-        <v>2252</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2253</v>
+        <v>2259</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>128</v>
+        <v>37</v>
       </c>
       <c r="D732" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E732" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>2238</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2254</v>
+        <v>2260</v>
       </c>
       <c r="H732" t="s">
-        <v>2255</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2256</v>
+        <v>2262</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>131</v>
+        <v>41</v>
       </c>
       <c r="D733" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E733" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>2238</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2257</v>
+        <v>2263</v>
       </c>
       <c r="H733" t="s">
-        <v>2258</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2259</v>
+        <v>2265</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>134</v>
+        <v>44</v>
       </c>
       <c r="D734" t="s">
-        <v>2149</v>
+        <v>2237</v>
       </c>
       <c r="E734" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>2238</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2260</v>
+        <v>2266</v>
       </c>
       <c r="H734" t="s">
-        <v>2261</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="D735" t="s">
-        <v>2263</v>
+        <v>2237</v>
       </c>
       <c r="E735" t="s">
-        <v>2264</v>
-[...2 lines deleted...]
-        <v>2160</v>
+        <v>2238</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2265</v>
+        <v>2269</v>
       </c>
       <c r="H735" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D736" t="s">
-        <v>2263</v>
+        <v>2237</v>
       </c>
       <c r="E736" t="s">
-        <v>2264</v>
-[...2 lines deleted...]
-        <v>2160</v>
+        <v>2238</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="H736" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="D737" t="s">
-        <v>2263</v>
+        <v>2237</v>
       </c>
       <c r="E737" t="s">
-        <v>2264</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
       <c r="H737" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="D738" t="s">
-        <v>2274</v>
+        <v>2237</v>
       </c>
       <c r="E738" t="s">
-        <v>2275</v>
-[...2 lines deleted...]
-        <v>2276</v>
+        <v>2238</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="H738" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D739" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E739" t="s">
+        <v>2238</v>
+      </c>
+      <c r="G739" s="1" t="s">
         <v>2281</v>
       </c>
-      <c r="F739" t="s">
+      <c r="H739" t="s">
         <v>2282</v>
-      </c>
-[...4 lines deleted...]
-        <v>2283</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>64</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2237</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2238</v>
+      </c>
+      <c r="G740" s="1" t="s">
         <v>2284</v>
       </c>
-      <c r="B740" t="s">
-[...11 lines deleted...]
-      <c r="F740" t="s">
+      <c r="H740" t="s">
         <v>2285</v>
-      </c>
-[...4 lines deleted...]
-        <v>2286</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>67</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2237</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2238</v>
+      </c>
+      <c r="G741" s="1" t="s">
         <v>2287</v>
-      </c>
-[...16 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H741" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>2289</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="D742" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E742" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>14</v>
+        <v>2290</v>
       </c>
       <c r="H742" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="D743" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E743" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>14</v>
+        <v>2293</v>
       </c>
       <c r="H743" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="D744" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E744" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>2294</v>
+        <v>2238</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>14</v>
+        <v>2296</v>
       </c>
       <c r="H744" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="D745" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E745" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>14</v>
+        <v>2299</v>
       </c>
       <c r="H745" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="D746" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E746" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>14</v>
+        <v>2302</v>
       </c>
       <c r="H746" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="D747" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E747" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2238</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>14</v>
+        <v>2305</v>
       </c>
       <c r="H747" t="s">
-        <v>2301</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2302</v>
+        <v>2307</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="D748" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E748" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2238</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>14</v>
+        <v>2308</v>
       </c>
       <c r="H748" t="s">
-        <v>2303</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2304</v>
+        <v>2310</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="D749" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E749" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2238</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>14</v>
+        <v>2311</v>
       </c>
       <c r="H749" t="s">
-        <v>2305</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="D750" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E750" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>14</v>
+        <v>2314</v>
       </c>
       <c r="H750" t="s">
-        <v>2307</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="D751" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E751" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>14</v>
+        <v>2317</v>
       </c>
       <c r="H751" t="s">
-        <v>2309</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2310</v>
+        <v>2319</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>58</v>
+        <v>104</v>
       </c>
       <c r="D752" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E752" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>14</v>
+        <v>2320</v>
       </c>
       <c r="H752" t="s">
-        <v>2311</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2312</v>
+        <v>2322</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="D753" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E753" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>14</v>
+        <v>2323</v>
       </c>
       <c r="H753" t="s">
-        <v>2313</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2314</v>
+        <v>2325</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>64</v>
+        <v>111</v>
       </c>
       <c r="D754" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E754" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>14</v>
+        <v>2326</v>
       </c>
       <c r="H754" t="s">
-        <v>2315</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2316</v>
+        <v>2328</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="D755" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E755" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>14</v>
+        <v>2329</v>
       </c>
       <c r="H755" t="s">
-        <v>2317</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2318</v>
+        <v>2331</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="D756" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E756" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>14</v>
+        <v>2332</v>
       </c>
       <c r="H756" t="s">
-        <v>2319</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2320</v>
+        <v>2334</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>74</v>
+        <v>125</v>
       </c>
       <c r="D757" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E757" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>2321</v>
+        <v>2238</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>14</v>
+        <v>2335</v>
       </c>
       <c r="H757" t="s">
-        <v>2322</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2323</v>
+        <v>2337</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>77</v>
+        <v>128</v>
       </c>
       <c r="D758" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E758" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>2238</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>14</v>
+        <v>2338</v>
       </c>
       <c r="H758" t="s">
-        <v>2324</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2325</v>
+        <v>2340</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>80</v>
+        <v>131</v>
       </c>
       <c r="D759" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E759" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>2326</v>
+        <v>2238</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>14</v>
+        <v>2341</v>
       </c>
       <c r="H759" t="s">
-        <v>2327</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2328</v>
+        <v>2343</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>84</v>
+        <v>134</v>
       </c>
       <c r="D760" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E760" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>14</v>
+        <v>2344</v>
       </c>
       <c r="H760" t="s">
-        <v>2329</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2330</v>
+        <v>2346</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="D761" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E761" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>14</v>
+        <v>2347</v>
       </c>
       <c r="H761" t="s">
-        <v>2331</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2332</v>
+        <v>2349</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>91</v>
+        <v>140</v>
       </c>
       <c r="D762" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E762" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>14</v>
+        <v>2350</v>
       </c>
       <c r="H762" t="s">
-        <v>2333</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2334</v>
+        <v>2352</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>95</v>
+        <v>143</v>
       </c>
       <c r="D763" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E763" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>14</v>
+        <v>2353</v>
       </c>
       <c r="H763" t="s">
-        <v>2335</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2336</v>
+        <v>2355</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="D764" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E764" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2238</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>14</v>
+        <v>2356</v>
       </c>
       <c r="H764" t="s">
-        <v>2337</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2338</v>
+        <v>2358</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>101</v>
+        <v>149</v>
       </c>
       <c r="D765" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E765" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>2339</v>
+        <v>2238</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>14</v>
+        <v>2359</v>
       </c>
       <c r="H765" t="s">
-        <v>2340</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2341</v>
+        <v>2361</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="D766" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E766" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>14</v>
+        <v>2362</v>
       </c>
       <c r="H766" t="s">
-        <v>2342</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2343</v>
+        <v>2364</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>107</v>
+        <v>155</v>
       </c>
       <c r="D767" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E767" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>14</v>
+        <v>2365</v>
       </c>
       <c r="H767" t="s">
-        <v>2344</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2345</v>
+        <v>2367</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>111</v>
+        <v>158</v>
       </c>
       <c r="D768" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E768" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>14</v>
+        <v>2368</v>
       </c>
       <c r="H768" t="s">
-        <v>2346</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2347</v>
+        <v>2370</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="D769" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E769" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>14</v>
+        <v>2371</v>
       </c>
       <c r="H769" t="s">
-        <v>2348</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2349</v>
+        <v>2373</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>117</v>
+        <v>164</v>
       </c>
       <c r="D770" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E770" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2238</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>14</v>
+        <v>2374</v>
       </c>
       <c r="H770" t="s">
-        <v>2350</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2351</v>
+        <v>2376</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>121</v>
+        <v>167</v>
       </c>
       <c r="D771" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E771" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>14</v>
+        <v>2377</v>
       </c>
       <c r="H771" t="s">
-        <v>2352</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2353</v>
+        <v>2379</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>125</v>
+        <v>170</v>
       </c>
       <c r="D772" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E772" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>14</v>
+        <v>2380</v>
       </c>
       <c r="H772" t="s">
-        <v>2354</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2355</v>
+        <v>2382</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="D773" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E773" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>2238</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>14</v>
+        <v>2383</v>
       </c>
       <c r="H773" t="s">
-        <v>2356</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2357</v>
+        <v>2385</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>131</v>
+        <v>176</v>
       </c>
       <c r="D774" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E774" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>14</v>
+        <v>2386</v>
       </c>
       <c r="H774" t="s">
-        <v>2358</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2359</v>
+        <v>2388</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>134</v>
+        <v>179</v>
       </c>
       <c r="D775" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E775" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2238</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>14</v>
+        <v>2389</v>
       </c>
       <c r="H775" t="s">
-        <v>2360</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2361</v>
+        <v>2391</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>137</v>
+        <v>182</v>
       </c>
       <c r="D776" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E776" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>14</v>
+        <v>2392</v>
       </c>
       <c r="H776" t="s">
-        <v>2362</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2363</v>
+        <v>2394</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>140</v>
+        <v>185</v>
       </c>
       <c r="D777" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E777" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>14</v>
+        <v>2395</v>
       </c>
       <c r="H777" t="s">
-        <v>2364</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2365</v>
+        <v>2397</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>143</v>
+        <v>188</v>
       </c>
       <c r="D778" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E778" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>14</v>
+        <v>2398</v>
       </c>
       <c r="H778" t="s">
-        <v>2366</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2367</v>
+        <v>2400</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>146</v>
+        <v>191</v>
       </c>
       <c r="D779" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E779" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2238</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>14</v>
+        <v>2401</v>
       </c>
       <c r="H779" t="s">
-        <v>2368</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2369</v>
+        <v>2403</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="D780" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E780" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2238</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>14</v>
+        <v>2404</v>
       </c>
       <c r="H780" t="s">
-        <v>2370</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2371</v>
+        <v>2406</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>152</v>
+        <v>197</v>
       </c>
       <c r="D781" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E781" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>14</v>
+        <v>2407</v>
       </c>
       <c r="H781" t="s">
-        <v>2372</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2373</v>
+        <v>2409</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="D782" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E782" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>14</v>
+        <v>2410</v>
       </c>
       <c r="H782" t="s">
-        <v>2374</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2375</v>
+        <v>2412</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>158</v>
+        <v>203</v>
       </c>
       <c r="D783" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E783" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>14</v>
+        <v>2413</v>
       </c>
       <c r="H783" t="s">
-        <v>2376</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2377</v>
+        <v>2415</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="D784" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E784" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>14</v>
+        <v>2416</v>
       </c>
       <c r="H784" t="s">
-        <v>2378</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2379</v>
+        <v>2418</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>164</v>
+        <v>209</v>
       </c>
       <c r="D785" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E785" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2238</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>14</v>
+        <v>2419</v>
       </c>
       <c r="H785" t="s">
-        <v>2380</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2381</v>
+        <v>2421</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>167</v>
+        <v>212</v>
       </c>
       <c r="D786" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E786" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2238</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>14</v>
+        <v>2422</v>
       </c>
       <c r="H786" t="s">
-        <v>2382</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2383</v>
+        <v>2424</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>170</v>
+        <v>215</v>
       </c>
       <c r="D787" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E787" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2238</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>14</v>
+        <v>2425</v>
       </c>
       <c r="H787" t="s">
-        <v>2384</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2385</v>
+        <v>2427</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>173</v>
+        <v>218</v>
       </c>
       <c r="D788" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E788" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2238</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>14</v>
+        <v>2428</v>
       </c>
       <c r="H788" t="s">
-        <v>2386</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2387</v>
+        <v>2430</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>176</v>
+        <v>221</v>
       </c>
       <c r="D789" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E789" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>14</v>
+        <v>2431</v>
       </c>
       <c r="H789" t="s">
-        <v>2388</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2389</v>
+        <v>2433</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>179</v>
+        <v>224</v>
       </c>
       <c r="D790" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E790" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>14</v>
+        <v>2434</v>
       </c>
       <c r="H790" t="s">
-        <v>2390</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2391</v>
+        <v>2436</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>182</v>
+        <v>227</v>
       </c>
       <c r="D791" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E791" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>14</v>
+        <v>2437</v>
       </c>
       <c r="H791" t="s">
-        <v>2392</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2393</v>
+        <v>2439</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>185</v>
+        <v>230</v>
       </c>
       <c r="D792" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E792" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>2238</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>14</v>
+        <v>2440</v>
       </c>
       <c r="H792" t="s">
-        <v>2394</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2395</v>
+        <v>2442</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>188</v>
+        <v>233</v>
       </c>
       <c r="D793" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E793" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>14</v>
+        <v>2443</v>
       </c>
       <c r="H793" t="s">
-        <v>2396</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2397</v>
+        <v>2445</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>191</v>
+        <v>236</v>
       </c>
       <c r="D794" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E794" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>14</v>
+        <v>2446</v>
       </c>
       <c r="H794" t="s">
-        <v>2398</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2399</v>
+        <v>2448</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>194</v>
+        <v>239</v>
       </c>
       <c r="D795" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E795" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>14</v>
+        <v>2449</v>
       </c>
       <c r="H795" t="s">
-        <v>2400</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2401</v>
+        <v>2451</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c r="D796" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E796" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>1522</v>
+        <v>2238</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>14</v>
+        <v>2452</v>
       </c>
       <c r="H796" t="s">
-        <v>2402</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2403</v>
+        <v>2454</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>200</v>
+        <v>245</v>
       </c>
       <c r="D797" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E797" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>14</v>
+        <v>2455</v>
       </c>
       <c r="H797" t="s">
-        <v>2404</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2405</v>
+        <v>2457</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>203</v>
+        <v>248</v>
       </c>
       <c r="D798" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E798" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>14</v>
+        <v>2458</v>
       </c>
       <c r="H798" t="s">
-        <v>2406</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2407</v>
+        <v>2460</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>206</v>
+        <v>251</v>
       </c>
       <c r="D799" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E799" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>14</v>
+        <v>2461</v>
       </c>
       <c r="H799" t="s">
-        <v>2408</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2409</v>
+        <v>2463</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>209</v>
+        <v>254</v>
       </c>
       <c r="D800" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E800" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>14</v>
+        <v>2464</v>
       </c>
       <c r="H800" t="s">
-        <v>2410</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2411</v>
+        <v>2466</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>212</v>
+        <v>257</v>
       </c>
       <c r="D801" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E801" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>14</v>
+        <v>2467</v>
       </c>
       <c r="H801" t="s">
-        <v>2412</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2413</v>
+        <v>2469</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>215</v>
+        <v>260</v>
       </c>
       <c r="D802" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E802" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2238</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>14</v>
+        <v>2470</v>
       </c>
       <c r="H802" t="s">
-        <v>2414</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2415</v>
+        <v>2471</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>218</v>
+        <v>263</v>
       </c>
       <c r="D803" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E803" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>14</v>
+        <v>2472</v>
       </c>
       <c r="H803" t="s">
-        <v>2416</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2417</v>
+        <v>2474</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>221</v>
+        <v>266</v>
       </c>
       <c r="D804" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E804" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>14</v>
+        <v>2475</v>
       </c>
       <c r="H804" t="s">
-        <v>2418</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2419</v>
+        <v>2477</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>224</v>
+        <v>269</v>
       </c>
       <c r="D805" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E805" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2238</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>14</v>
+        <v>2478</v>
       </c>
       <c r="H805" t="s">
-        <v>2420</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2421</v>
+        <v>2480</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>227</v>
+        <v>272</v>
       </c>
       <c r="D806" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E806" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>14</v>
+        <v>2481</v>
       </c>
       <c r="H806" t="s">
-        <v>2422</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2423</v>
+        <v>2483</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>230</v>
+        <v>275</v>
       </c>
       <c r="D807" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E807" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>14</v>
+        <v>2484</v>
       </c>
       <c r="H807" t="s">
-        <v>2424</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2425</v>
+        <v>2486</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>233</v>
+        <v>278</v>
       </c>
       <c r="D808" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E808" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>14</v>
+        <v>2487</v>
       </c>
       <c r="H808" t="s">
-        <v>2426</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>2427</v>
+        <v>2489</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>236</v>
+        <v>281</v>
       </c>
       <c r="D809" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E809" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>2339</v>
+        <v>2238</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>14</v>
+        <v>2490</v>
       </c>
       <c r="H809" t="s">
-        <v>2428</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>2429</v>
+        <v>2492</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>239</v>
+        <v>284</v>
       </c>
       <c r="D810" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E810" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>883</v>
+        <v>2238</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>14</v>
+        <v>2493</v>
       </c>
       <c r="H810" t="s">
-        <v>2430</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>2431</v>
+        <v>2495</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>242</v>
+        <v>288</v>
       </c>
       <c r="D811" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E811" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>14</v>
+        <v>2496</v>
       </c>
       <c r="H811" t="s">
-        <v>2432</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>2433</v>
+        <v>2498</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>245</v>
+        <v>291</v>
       </c>
       <c r="D812" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E812" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2238</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>14</v>
+        <v>2499</v>
       </c>
       <c r="H812" t="s">
-        <v>2434</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>2435</v>
+        <v>2501</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>248</v>
+        <v>294</v>
       </c>
       <c r="D813" t="s">
-        <v>2280</v>
+        <v>2237</v>
       </c>
       <c r="E813" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2238</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>14</v>
+        <v>2502</v>
       </c>
       <c r="H813" t="s">
-        <v>2436</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2437</v>
+        <v>2504</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>251</v>
+        <v>10</v>
       </c>
       <c r="D814" t="s">
-        <v>2280</v>
+        <v>2505</v>
       </c>
       <c r="E814" t="s">
-        <v>2281</v>
+        <v>2506</v>
       </c>
       <c r="F814" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>14</v>
+        <v>2507</v>
       </c>
       <c r="H814" t="s">
-        <v>2438</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2439</v>
+        <v>2509</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="D815" t="s">
-        <v>2280</v>
+        <v>2505</v>
       </c>
       <c r="E815" t="s">
-        <v>2281</v>
+        <v>2506</v>
       </c>
       <c r="F815" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>14</v>
+        <v>2510</v>
       </c>
       <c r="H815" t="s">
-        <v>2440</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>2441</v>
+        <v>2512</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D816" t="s">
-        <v>2442</v>
+        <v>2505</v>
       </c>
       <c r="E816" t="s">
-        <v>2443</v>
+        <v>2506</v>
+      </c>
+      <c r="F816" t="s">
+        <v>68</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>2444</v>
+        <v>2513</v>
       </c>
       <c r="H816" t="s">
-        <v>2445</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>2446</v>
+        <v>2515</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D817" t="s">
-        <v>2442</v>
+        <v>2505</v>
       </c>
       <c r="E817" t="s">
-        <v>2443</v>
+        <v>2506</v>
       </c>
       <c r="F817" t="s">
-        <v>1877</v>
+        <v>2516</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>2447</v>
+        <v>2517</v>
       </c>
       <c r="H817" t="s">
-        <v>2448</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>2449</v>
+        <v>2519</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D818" t="s">
-        <v>2450</v>
+        <v>2505</v>
       </c>
       <c r="E818" t="s">
-        <v>2451</v>
+        <v>2506</v>
+      </c>
+      <c r="F818" t="s">
+        <v>68</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2452</v>
+        <v>2520</v>
       </c>
       <c r="H818" t="s">
-        <v>2453</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>2454</v>
+        <v>2522</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D819" t="s">
-        <v>2455</v>
+        <v>2505</v>
       </c>
       <c r="E819" t="s">
-        <v>2456</v>
+        <v>2506</v>
+      </c>
+      <c r="F819" t="s">
+        <v>68</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>2457</v>
+        <v>2523</v>
       </c>
       <c r="H819" t="s">
-        <v>2458</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>2459</v>
+        <v>2525</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
+        <v>34</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E820" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F820" t="s">
+        <v>38</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H820" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B821" t="s">
+        <v>9</v>
+      </c>
+      <c r="C821" t="s">
+        <v>37</v>
+      </c>
+      <c r="D821" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E821" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F821" t="s">
+        <v>68</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>2529</v>
+      </c>
+      <c r="H821" t="s">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B822" t="s">
+        <v>9</v>
+      </c>
+      <c r="C822" t="s">
+        <v>41</v>
+      </c>
+      <c r="D822" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E822" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F822" t="s">
+        <v>18</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H822" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B823" t="s">
+        <v>9</v>
+      </c>
+      <c r="C823" t="s">
+        <v>44</v>
+      </c>
+      <c r="D823" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E823" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F823" t="s">
+        <v>108</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H823" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B824" t="s">
+        <v>9</v>
+      </c>
+      <c r="C824" t="s">
+        <v>47</v>
+      </c>
+      <c r="D824" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E824" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F824" t="s">
+        <v>108</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H824" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>50</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E825" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F825" t="s">
+        <v>88</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H825" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>54</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E826" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F826" t="s">
+        <v>68</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H826" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>58</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E827" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F827" t="s">
+        <v>38</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H827" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>61</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E828" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F828" t="s">
+        <v>108</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="H828" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>64</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E829" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F829" t="s">
+        <v>122</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>2553</v>
+      </c>
+      <c r="H829" t="s">
+        <v>2554</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>67</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E830" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F830" t="s">
+        <v>25</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="H830" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>71</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E831" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F831" t="s">
+        <v>108</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H831" t="s">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>74</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E832" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F832" t="s">
+        <v>18</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H832" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>77</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E833" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F833" t="s">
+        <v>108</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>2565</v>
+      </c>
+      <c r="H833" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>80</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E834" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F834" t="s">
+        <v>18</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="H834" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>84</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E835" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F835" t="s">
+        <v>18</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="H835" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>87</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E836" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F836" t="s">
+        <v>68</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="H836" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>91</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E837" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F837" t="s">
+        <v>38</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>2577</v>
+      </c>
+      <c r="H837" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>95</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E838" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F838" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H838" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B839" t="s">
+        <v>9</v>
+      </c>
+      <c r="C839" t="s">
+        <v>98</v>
+      </c>
+      <c r="D839" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E839" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F839" t="s">
+        <v>81</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="H839" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B840" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" t="s">
+        <v>101</v>
+      </c>
+      <c r="D840" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E840" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F840" t="s">
+        <v>108</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="H840" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B841" t="s">
+        <v>9</v>
+      </c>
+      <c r="C841" t="s">
+        <v>104</v>
+      </c>
+      <c r="D841" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E841" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F841" t="s">
+        <v>108</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H841" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B842" t="s">
+        <v>9</v>
+      </c>
+      <c r="C842" t="s">
+        <v>107</v>
+      </c>
+      <c r="D842" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E842" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F842" t="s">
+        <v>108</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H842" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B843" t="s">
+        <v>9</v>
+      </c>
+      <c r="C843" t="s">
+        <v>111</v>
+      </c>
+      <c r="D843" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E843" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F843" t="s">
+        <v>122</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H843" t="s">
+        <v>2596</v>
+      </c>
+    </row>
+    <row r="844" spans="1:8">
+      <c r="A844" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B844" t="s">
+        <v>9</v>
+      </c>
+      <c r="C844" t="s">
+        <v>114</v>
+      </c>
+      <c r="D844" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E844" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F844" t="s">
+        <v>108</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="H844" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B845" t="s">
+        <v>9</v>
+      </c>
+      <c r="C845" t="s">
+        <v>117</v>
+      </c>
+      <c r="D845" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E845" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F845" t="s">
+        <v>92</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H845" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B846" t="s">
+        <v>9</v>
+      </c>
+      <c r="C846" t="s">
+        <v>121</v>
+      </c>
+      <c r="D846" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E846" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F846" t="s">
+        <v>108</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H846" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B847" t="s">
+        <v>9</v>
+      </c>
+      <c r="C847" t="s">
+        <v>125</v>
+      </c>
+      <c r="D847" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E847" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F847" t="s">
+        <v>38</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="H847" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B848" t="s">
+        <v>9</v>
+      </c>
+      <c r="C848" t="s">
+        <v>128</v>
+      </c>
+      <c r="D848" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E848" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F848" t="s">
+        <v>38</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H848" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>131</v>
+      </c>
+      <c r="D849" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E849" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F849" t="s">
+        <v>122</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="H849" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B850" t="s">
+        <v>9</v>
+      </c>
+      <c r="C850" t="s">
+        <v>134</v>
+      </c>
+      <c r="D850" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E850" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F850" t="s">
+        <v>122</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H850" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B851" t="s">
+        <v>9</v>
+      </c>
+      <c r="C851" t="s">
+        <v>137</v>
+      </c>
+      <c r="D851" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E851" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F851" t="s">
+        <v>108</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H851" t="s">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>140</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E852" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F852" t="s">
+        <v>2622</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H852" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B853" t="s">
+        <v>9</v>
+      </c>
+      <c r="C853" t="s">
+        <v>143</v>
+      </c>
+      <c r="D853" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E853" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F853" t="s">
+        <v>108</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>2626</v>
+      </c>
+      <c r="H853" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B854" t="s">
+        <v>9</v>
+      </c>
+      <c r="C854" t="s">
+        <v>146</v>
+      </c>
+      <c r="D854" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E854" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F854" t="s">
+        <v>92</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="H854" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B855" t="s">
+        <v>9</v>
+      </c>
+      <c r="C855" t="s">
         <v>10</v>
       </c>
-      <c r="D820" t="s">
-[...9 lines deleted...]
-        <v>2463</v>
+      <c r="D855" t="s">
+        <v>2632</v>
+      </c>
+      <c r="E855" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F855" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="H855" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B856" t="s">
+        <v>9</v>
+      </c>
+      <c r="C856" t="s">
+        <v>17</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2632</v>
+      </c>
+      <c r="E856" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F856" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H856" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B857" t="s">
+        <v>9</v>
+      </c>
+      <c r="C857" t="s">
+        <v>21</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2632</v>
+      </c>
+      <c r="E857" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F857" t="s">
+        <v>108</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H857" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>10</v>
+      </c>
+      <c r="D858" t="s">
+        <v>2643</v>
+      </c>
+      <c r="E858" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F858" t="s">
+        <v>2645</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H858" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>10</v>
+      </c>
+      <c r="D859" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E859" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F859" t="s">
+        <v>2651</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H859" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B860" t="s">
+        <v>9</v>
+      </c>
+      <c r="C860" t="s">
+        <v>17</v>
+      </c>
+      <c r="D860" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E860" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F860" t="s">
+        <v>2654</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H860" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B861" t="s">
+        <v>9</v>
+      </c>
+      <c r="C861" t="s">
+        <v>21</v>
+      </c>
+      <c r="D861" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E861" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F861" t="s">
+        <v>68</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H861" t="s">
+        <v>2657</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>24</v>
+      </c>
+      <c r="D862" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E862" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F862" t="s">
+        <v>88</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H862" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>28</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E863" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F863" t="s">
+        <v>88</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H863" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>31</v>
+      </c>
+      <c r="D864" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E864" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F864" t="s">
+        <v>2663</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H864" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>34</v>
+      </c>
+      <c r="D865" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E865" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F865" t="s">
+        <v>88</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H865" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>37</v>
+      </c>
+      <c r="D866" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E866" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F866" t="s">
+        <v>88</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H866" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>41</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E867" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F867" t="s">
+        <v>92</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H867" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>44</v>
+      </c>
+      <c r="D868" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E868" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F868" t="s">
+        <v>18</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H868" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B869" t="s">
+        <v>9</v>
+      </c>
+      <c r="C869" t="s">
+        <v>47</v>
+      </c>
+      <c r="D869" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E869" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F869" t="s">
+        <v>18</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H869" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B870" t="s">
+        <v>9</v>
+      </c>
+      <c r="C870" t="s">
+        <v>50</v>
+      </c>
+      <c r="D870" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E870" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F870" t="s">
+        <v>108</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H870" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>54</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E871" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F871" t="s">
+        <v>108</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H871" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B872" t="s">
+        <v>9</v>
+      </c>
+      <c r="C872" t="s">
+        <v>58</v>
+      </c>
+      <c r="D872" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E872" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F872" t="s">
+        <v>108</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H872" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>61</v>
+      </c>
+      <c r="D873" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E873" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F873" t="s">
+        <v>108</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H873" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B874" t="s">
+        <v>9</v>
+      </c>
+      <c r="C874" t="s">
+        <v>64</v>
+      </c>
+      <c r="D874" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E874" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F874" t="s">
+        <v>88</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H874" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B875" t="s">
+        <v>9</v>
+      </c>
+      <c r="C875" t="s">
+        <v>67</v>
+      </c>
+      <c r="D875" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E875" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F875" t="s">
+        <v>68</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H875" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B876" t="s">
+        <v>9</v>
+      </c>
+      <c r="C876" t="s">
+        <v>71</v>
+      </c>
+      <c r="D876" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E876" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F876" t="s">
+        <v>108</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H876" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B877" t="s">
+        <v>9</v>
+      </c>
+      <c r="C877" t="s">
+        <v>74</v>
+      </c>
+      <c r="D877" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E877" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F877" t="s">
+        <v>2690</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H877" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="878" spans="1:8">
+      <c r="A878" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B878" t="s">
+        <v>9</v>
+      </c>
+      <c r="C878" t="s">
+        <v>77</v>
+      </c>
+      <c r="D878" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E878" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F878" t="s">
+        <v>285</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H878" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="879" spans="1:8">
+      <c r="A879" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B879" t="s">
+        <v>9</v>
+      </c>
+      <c r="C879" t="s">
+        <v>80</v>
+      </c>
+      <c r="D879" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E879" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F879" t="s">
+        <v>2695</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H879" t="s">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="880" spans="1:8">
+      <c r="A880" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B880" t="s">
+        <v>9</v>
+      </c>
+      <c r="C880" t="s">
+        <v>84</v>
+      </c>
+      <c r="D880" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E880" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F880" t="s">
+        <v>68</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H880" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B881" t="s">
+        <v>9</v>
+      </c>
+      <c r="C881" t="s">
+        <v>87</v>
+      </c>
+      <c r="D881" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E881" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F881" t="s">
+        <v>68</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H881" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="882" spans="1:8">
+      <c r="A882" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B882" t="s">
+        <v>9</v>
+      </c>
+      <c r="C882" t="s">
+        <v>91</v>
+      </c>
+      <c r="D882" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E882" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F882" t="s">
+        <v>108</v>
+      </c>
+      <c r="G882" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H882" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="883" spans="1:8">
+      <c r="A883" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B883" t="s">
+        <v>9</v>
+      </c>
+      <c r="C883" t="s">
+        <v>95</v>
+      </c>
+      <c r="D883" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E883" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F883" t="s">
+        <v>108</v>
+      </c>
+      <c r="G883" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H883" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="884" spans="1:8">
+      <c r="A884" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B884" t="s">
+        <v>9</v>
+      </c>
+      <c r="C884" t="s">
+        <v>98</v>
+      </c>
+      <c r="D884" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E884" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F884" t="s">
+        <v>18</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H884" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="885" spans="1:8">
+      <c r="A885" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B885" t="s">
+        <v>9</v>
+      </c>
+      <c r="C885" t="s">
+        <v>101</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E885" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F885" t="s">
+        <v>2708</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H885" t="s">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="886" spans="1:8">
+      <c r="A886" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B886" t="s">
+        <v>9</v>
+      </c>
+      <c r="C886" t="s">
+        <v>104</v>
+      </c>
+      <c r="D886" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E886" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F886" t="s">
+        <v>108</v>
+      </c>
+      <c r="G886" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H886" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="887" spans="1:8">
+      <c r="A887" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B887" t="s">
+        <v>9</v>
+      </c>
+      <c r="C887" t="s">
+        <v>107</v>
+      </c>
+      <c r="D887" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E887" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F887" t="s">
+        <v>68</v>
+      </c>
+      <c r="G887" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H887" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="888" spans="1:8">
+      <c r="A888" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>111</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E888" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F888" t="s">
+        <v>68</v>
+      </c>
+      <c r="G888" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H888" t="s">
+        <v>2715</v>
+      </c>
+    </row>
+    <row r="889" spans="1:8">
+      <c r="A889" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>114</v>
+      </c>
+      <c r="D889" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E889" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F889" t="s">
+        <v>68</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H889" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="890" spans="1:8">
+      <c r="A890" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B890" t="s">
+        <v>9</v>
+      </c>
+      <c r="C890" t="s">
+        <v>117</v>
+      </c>
+      <c r="D890" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E890" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F890" t="s">
+        <v>92</v>
+      </c>
+      <c r="G890" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H890" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="891" spans="1:8">
+      <c r="A891" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B891" t="s">
+        <v>9</v>
+      </c>
+      <c r="C891" t="s">
+        <v>121</v>
+      </c>
+      <c r="D891" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E891" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F891" t="s">
+        <v>68</v>
+      </c>
+      <c r="G891" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H891" t="s">
+        <v>2721</v>
+      </c>
+    </row>
+    <row r="892" spans="1:8">
+      <c r="A892" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B892" t="s">
+        <v>9</v>
+      </c>
+      <c r="C892" t="s">
+        <v>125</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E892" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F892" t="s">
+        <v>88</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H892" t="s">
+        <v>2723</v>
+      </c>
+    </row>
+    <row r="893" spans="1:8">
+      <c r="A893" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B893" t="s">
+        <v>9</v>
+      </c>
+      <c r="C893" t="s">
+        <v>128</v>
+      </c>
+      <c r="D893" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E893" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F893" t="s">
+        <v>122</v>
+      </c>
+      <c r="G893" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H893" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="894" spans="1:8">
+      <c r="A894" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B894" t="s">
+        <v>9</v>
+      </c>
+      <c r="C894" t="s">
+        <v>131</v>
+      </c>
+      <c r="D894" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E894" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F894" t="s">
+        <v>88</v>
+      </c>
+      <c r="G894" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H894" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="895" spans="1:8">
+      <c r="A895" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B895" t="s">
+        <v>9</v>
+      </c>
+      <c r="C895" t="s">
+        <v>134</v>
+      </c>
+      <c r="D895" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E895" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F895" t="s">
+        <v>18</v>
+      </c>
+      <c r="G895" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H895" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="896" spans="1:8">
+      <c r="A896" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B896" t="s">
+        <v>9</v>
+      </c>
+      <c r="C896" t="s">
+        <v>137</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E896" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F896" t="s">
+        <v>25</v>
+      </c>
+      <c r="G896" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H896" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="897" spans="1:8">
+      <c r="A897" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B897" t="s">
+        <v>9</v>
+      </c>
+      <c r="C897" t="s">
+        <v>140</v>
+      </c>
+      <c r="D897" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E897" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F897" t="s">
+        <v>25</v>
+      </c>
+      <c r="G897" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H897" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="898" spans="1:8">
+      <c r="A898" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B898" t="s">
+        <v>9</v>
+      </c>
+      <c r="C898" t="s">
+        <v>143</v>
+      </c>
+      <c r="D898" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E898" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F898" t="s">
+        <v>25</v>
+      </c>
+      <c r="G898" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H898" t="s">
+        <v>2735</v>
+      </c>
+    </row>
+    <row r="899" spans="1:8">
+      <c r="A899" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B899" t="s">
+        <v>9</v>
+      </c>
+      <c r="C899" t="s">
+        <v>146</v>
+      </c>
+      <c r="D899" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E899" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F899" t="s">
+        <v>92</v>
+      </c>
+      <c r="G899" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H899" t="s">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="900" spans="1:8">
+      <c r="A900" t="s">
+        <v>2738</v>
+      </c>
+      <c r="B900" t="s">
+        <v>9</v>
+      </c>
+      <c r="C900" t="s">
+        <v>149</v>
+      </c>
+      <c r="D900" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E900" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F900" t="s">
+        <v>92</v>
+      </c>
+      <c r="G900" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H900" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="901" spans="1:8">
+      <c r="A901" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B901" t="s">
+        <v>9</v>
+      </c>
+      <c r="C901" t="s">
+        <v>152</v>
+      </c>
+      <c r="D901" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E901" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F901" t="s">
+        <v>108</v>
+      </c>
+      <c r="G901" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H901" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="902" spans="1:8">
+      <c r="A902" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B902" t="s">
+        <v>9</v>
+      </c>
+      <c r="C902" t="s">
+        <v>155</v>
+      </c>
+      <c r="D902" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E902" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F902" t="s">
+        <v>88</v>
+      </c>
+      <c r="G902" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H902" t="s">
+        <v>2743</v>
+      </c>
+    </row>
+    <row r="903" spans="1:8">
+      <c r="A903" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B903" t="s">
+        <v>9</v>
+      </c>
+      <c r="C903" t="s">
+        <v>158</v>
+      </c>
+      <c r="D903" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E903" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F903" t="s">
+        <v>108</v>
+      </c>
+      <c r="G903" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H903" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="904" spans="1:8">
+      <c r="A904" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B904" t="s">
+        <v>9</v>
+      </c>
+      <c r="C904" t="s">
+        <v>161</v>
+      </c>
+      <c r="D904" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E904" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F904" t="s">
+        <v>108</v>
+      </c>
+      <c r="G904" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H904" t="s">
+        <v>2747</v>
+      </c>
+    </row>
+    <row r="905" spans="1:8">
+      <c r="A905" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B905" t="s">
+        <v>9</v>
+      </c>
+      <c r="C905" t="s">
+        <v>164</v>
+      </c>
+      <c r="D905" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E905" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F905" t="s">
+        <v>18</v>
+      </c>
+      <c r="G905" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H905" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="906" spans="1:8">
+      <c r="A906" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B906" t="s">
+        <v>9</v>
+      </c>
+      <c r="C906" t="s">
+        <v>167</v>
+      </c>
+      <c r="D906" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E906" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F906" t="s">
+        <v>92</v>
+      </c>
+      <c r="G906" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H906" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="907" spans="1:8">
+      <c r="A907" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B907" t="s">
+        <v>9</v>
+      </c>
+      <c r="C907" t="s">
+        <v>170</v>
+      </c>
+      <c r="D907" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E907" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F907" t="s">
+        <v>18</v>
+      </c>
+      <c r="G907" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H907" t="s">
+        <v>2753</v>
+      </c>
+    </row>
+    <row r="908" spans="1:8">
+      <c r="A908" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B908" t="s">
+        <v>9</v>
+      </c>
+      <c r="C908" t="s">
+        <v>173</v>
+      </c>
+      <c r="D908" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E908" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F908" t="s">
+        <v>88</v>
+      </c>
+      <c r="G908" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H908" t="s">
+        <v>2755</v>
+      </c>
+    </row>
+    <row r="909" spans="1:8">
+      <c r="A909" t="s">
+        <v>2756</v>
+      </c>
+      <c r="B909" t="s">
+        <v>9</v>
+      </c>
+      <c r="C909" t="s">
+        <v>176</v>
+      </c>
+      <c r="D909" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E909" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F909" t="s">
+        <v>25</v>
+      </c>
+      <c r="G909" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H909" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="910" spans="1:8">
+      <c r="A910" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B910" t="s">
+        <v>9</v>
+      </c>
+      <c r="C910" t="s">
+        <v>179</v>
+      </c>
+      <c r="D910" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E910" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F910" t="s">
+        <v>25</v>
+      </c>
+      <c r="G910" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H910" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="911" spans="1:8">
+      <c r="A911" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B911" t="s">
+        <v>9</v>
+      </c>
+      <c r="C911" t="s">
+        <v>182</v>
+      </c>
+      <c r="D911" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E911" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F911" t="s">
+        <v>108</v>
+      </c>
+      <c r="G911" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H911" t="s">
+        <v>2761</v>
+      </c>
+    </row>
+    <row r="912" spans="1:8">
+      <c r="A912" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B912" t="s">
+        <v>9</v>
+      </c>
+      <c r="C912" t="s">
+        <v>185</v>
+      </c>
+      <c r="D912" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E912" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F912" t="s">
+        <v>55</v>
+      </c>
+      <c r="G912" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H912" t="s">
+        <v>2763</v>
+      </c>
+    </row>
+    <row r="913" spans="1:8">
+      <c r="A913" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B913" t="s">
+        <v>9</v>
+      </c>
+      <c r="C913" t="s">
+        <v>188</v>
+      </c>
+      <c r="D913" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E913" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F913" t="s">
+        <v>108</v>
+      </c>
+      <c r="G913" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H913" t="s">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="914" spans="1:8">
+      <c r="A914" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B914" t="s">
+        <v>9</v>
+      </c>
+      <c r="C914" t="s">
+        <v>191</v>
+      </c>
+      <c r="D914" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E914" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F914" t="s">
+        <v>108</v>
+      </c>
+      <c r="G914" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H914" t="s">
+        <v>2767</v>
+      </c>
+    </row>
+    <row r="915" spans="1:8">
+      <c r="A915" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B915" t="s">
+        <v>9</v>
+      </c>
+      <c r="C915" t="s">
+        <v>194</v>
+      </c>
+      <c r="D915" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E915" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F915" t="s">
+        <v>108</v>
+      </c>
+      <c r="G915" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H915" t="s">
+        <v>2769</v>
+      </c>
+    </row>
+    <row r="916" spans="1:8">
+      <c r="A916" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B916" t="s">
+        <v>9</v>
+      </c>
+      <c r="C916" t="s">
+        <v>197</v>
+      </c>
+      <c r="D916" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E916" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F916" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G916" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H916" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="917" spans="1:8">
+      <c r="A917" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B917" t="s">
+        <v>9</v>
+      </c>
+      <c r="C917" t="s">
+        <v>200</v>
+      </c>
+      <c r="D917" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E917" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F917" t="s">
+        <v>25</v>
+      </c>
+      <c r="G917" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H917" t="s">
+        <v>2773</v>
+      </c>
+    </row>
+    <row r="918" spans="1:8">
+      <c r="A918" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B918" t="s">
+        <v>9</v>
+      </c>
+      <c r="C918" t="s">
+        <v>203</v>
+      </c>
+      <c r="D918" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E918" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F918" t="s">
+        <v>25</v>
+      </c>
+      <c r="G918" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H918" t="s">
+        <v>2775</v>
+      </c>
+    </row>
+    <row r="919" spans="1:8">
+      <c r="A919" t="s">
+        <v>2776</v>
+      </c>
+      <c r="B919" t="s">
+        <v>9</v>
+      </c>
+      <c r="C919" t="s">
+        <v>206</v>
+      </c>
+      <c r="D919" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E919" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F919" t="s">
+        <v>25</v>
+      </c>
+      <c r="G919" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H919" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="920" spans="1:8">
+      <c r="A920" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B920" t="s">
+        <v>9</v>
+      </c>
+      <c r="C920" t="s">
+        <v>209</v>
+      </c>
+      <c r="D920" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E920" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F920" t="s">
+        <v>108</v>
+      </c>
+      <c r="G920" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H920" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="921" spans="1:8">
+      <c r="A921" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B921" t="s">
+        <v>9</v>
+      </c>
+      <c r="C921" t="s">
+        <v>212</v>
+      </c>
+      <c r="D921" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E921" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F921" t="s">
+        <v>25</v>
+      </c>
+      <c r="G921" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H921" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="922" spans="1:8">
+      <c r="A922" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B922" t="s">
+        <v>9</v>
+      </c>
+      <c r="C922" t="s">
+        <v>215</v>
+      </c>
+      <c r="D922" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E922" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F922" t="s">
+        <v>68</v>
+      </c>
+      <c r="G922" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H922" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="923" spans="1:8">
+      <c r="A923" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B923" t="s">
+        <v>9</v>
+      </c>
+      <c r="C923" t="s">
+        <v>218</v>
+      </c>
+      <c r="D923" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E923" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F923" t="s">
+        <v>108</v>
+      </c>
+      <c r="G923" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H923" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="924" spans="1:8">
+      <c r="A924" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B924" t="s">
+        <v>9</v>
+      </c>
+      <c r="C924" t="s">
+        <v>221</v>
+      </c>
+      <c r="D924" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E924" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F924" t="s">
+        <v>25</v>
+      </c>
+      <c r="G924" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H924" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="925" spans="1:8">
+      <c r="A925" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B925" t="s">
+        <v>9</v>
+      </c>
+      <c r="C925" t="s">
+        <v>224</v>
+      </c>
+      <c r="D925" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E925" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F925" t="s">
+        <v>92</v>
+      </c>
+      <c r="G925" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H925" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="926" spans="1:8">
+      <c r="A926" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B926" t="s">
+        <v>9</v>
+      </c>
+      <c r="C926" t="s">
+        <v>227</v>
+      </c>
+      <c r="D926" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E926" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F926" t="s">
+        <v>25</v>
+      </c>
+      <c r="G926" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H926" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="927" spans="1:8">
+      <c r="A927" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B927" t="s">
+        <v>9</v>
+      </c>
+      <c r="C927" t="s">
+        <v>230</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E927" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F927" t="s">
+        <v>25</v>
+      </c>
+      <c r="G927" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H927" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="928" spans="1:8">
+      <c r="A928" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B928" t="s">
+        <v>9</v>
+      </c>
+      <c r="C928" t="s">
+        <v>233</v>
+      </c>
+      <c r="D928" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E928" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F928" t="s">
+        <v>25</v>
+      </c>
+      <c r="G928" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H928" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="929" spans="1:8">
+      <c r="A929" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B929" t="s">
+        <v>9</v>
+      </c>
+      <c r="C929" t="s">
+        <v>236</v>
+      </c>
+      <c r="D929" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E929" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F929" t="s">
+        <v>2708</v>
+      </c>
+      <c r="G929" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H929" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="930" spans="1:8">
+      <c r="A930" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B930" t="s">
+        <v>9</v>
+      </c>
+      <c r="C930" t="s">
+        <v>239</v>
+      </c>
+      <c r="D930" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E930" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F930" t="s">
+        <v>883</v>
+      </c>
+      <c r="G930" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H930" t="s">
+        <v>2799</v>
+      </c>
+    </row>
+    <row r="931" spans="1:8">
+      <c r="A931" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B931" t="s">
+        <v>9</v>
+      </c>
+      <c r="C931" t="s">
+        <v>242</v>
+      </c>
+      <c r="D931" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E931" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F931" t="s">
+        <v>25</v>
+      </c>
+      <c r="G931" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H931" t="s">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="932" spans="1:8">
+      <c r="A932" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B932" t="s">
+        <v>9</v>
+      </c>
+      <c r="C932" t="s">
+        <v>245</v>
+      </c>
+      <c r="D932" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E932" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F932" t="s">
+        <v>25</v>
+      </c>
+      <c r="G932" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H932" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="933" spans="1:8">
+      <c r="A933" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B933" t="s">
+        <v>9</v>
+      </c>
+      <c r="C933" t="s">
+        <v>248</v>
+      </c>
+      <c r="D933" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E933" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F933" t="s">
+        <v>108</v>
+      </c>
+      <c r="G933" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H933" t="s">
+        <v>2805</v>
+      </c>
+    </row>
+    <row r="934" spans="1:8">
+      <c r="A934" t="s">
+        <v>2806</v>
+      </c>
+      <c r="B934" t="s">
+        <v>9</v>
+      </c>
+      <c r="C934" t="s">
+        <v>251</v>
+      </c>
+      <c r="D934" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E934" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F934" t="s">
+        <v>81</v>
+      </c>
+      <c r="G934" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H934" t="s">
+        <v>2807</v>
+      </c>
+    </row>
+    <row r="935" spans="1:8">
+      <c r="A935" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B935" t="s">
+        <v>9</v>
+      </c>
+      <c r="C935" t="s">
+        <v>254</v>
+      </c>
+      <c r="D935" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E935" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F935" t="s">
+        <v>81</v>
+      </c>
+      <c r="G935" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H935" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="936" spans="1:8">
+      <c r="A936" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B936" t="s">
+        <v>9</v>
+      </c>
+      <c r="C936" t="s">
+        <v>257</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E936" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F936" t="s">
+        <v>108</v>
+      </c>
+      <c r="G936" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H936" t="s">
+        <v>2811</v>
+      </c>
+    </row>
+    <row r="937" spans="1:8">
+      <c r="A937" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B937" t="s">
+        <v>9</v>
+      </c>
+      <c r="C937" t="s">
+        <v>260</v>
+      </c>
+      <c r="D937" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E937" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F937" t="s">
+        <v>25</v>
+      </c>
+      <c r="G937" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H937" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="938" spans="1:8">
+      <c r="A938" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>263</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E938" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F938" t="s">
+        <v>25</v>
+      </c>
+      <c r="G938" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H938" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="939" spans="1:8">
+      <c r="A939" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B939" t="s">
+        <v>9</v>
+      </c>
+      <c r="C939" t="s">
+        <v>266</v>
+      </c>
+      <c r="D939" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E939" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F939" t="s">
+        <v>25</v>
+      </c>
+      <c r="G939" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H939" t="s">
+        <v>2817</v>
+      </c>
+    </row>
+    <row r="940" spans="1:8">
+      <c r="A940" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B940" t="s">
+        <v>9</v>
+      </c>
+      <c r="C940" t="s">
+        <v>269</v>
+      </c>
+      <c r="D940" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E940" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F940" t="s">
+        <v>25</v>
+      </c>
+      <c r="G940" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H940" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="941" spans="1:8">
+      <c r="A941" t="s">
+        <v>2820</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>272</v>
+      </c>
+      <c r="D941" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E941" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F941" t="s">
+        <v>108</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H941" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="942" spans="1:8">
+      <c r="A942" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B942" t="s">
+        <v>9</v>
+      </c>
+      <c r="C942" t="s">
+        <v>275</v>
+      </c>
+      <c r="D942" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E942" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F942" t="s">
+        <v>88</v>
+      </c>
+      <c r="G942" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H942" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="943" spans="1:8">
+      <c r="A943" t="s">
+        <v>2824</v>
+      </c>
+      <c r="B943" t="s">
+        <v>9</v>
+      </c>
+      <c r="C943" t="s">
+        <v>278</v>
+      </c>
+      <c r="D943" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E943" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F943" t="s">
+        <v>25</v>
+      </c>
+      <c r="G943" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H943" t="s">
+        <v>2825</v>
+      </c>
+    </row>
+    <row r="944" spans="1:8">
+      <c r="A944" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B944" t="s">
+        <v>9</v>
+      </c>
+      <c r="C944" t="s">
+        <v>281</v>
+      </c>
+      <c r="D944" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E944" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F944" t="s">
+        <v>25</v>
+      </c>
+      <c r="G944" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H944" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="945" spans="1:8">
+      <c r="A945" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B945" t="s">
+        <v>9</v>
+      </c>
+      <c r="C945" t="s">
+        <v>284</v>
+      </c>
+      <c r="D945" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E945" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F945" t="s">
+        <v>25</v>
+      </c>
+      <c r="G945" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H945" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="946" spans="1:8">
+      <c r="A946" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B946" t="s">
+        <v>9</v>
+      </c>
+      <c r="C946" t="s">
+        <v>288</v>
+      </c>
+      <c r="D946" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E946" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F946" t="s">
+        <v>25</v>
+      </c>
+      <c r="G946" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H946" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="947" spans="1:8">
+      <c r="A947" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B947" t="s">
+        <v>9</v>
+      </c>
+      <c r="C947" t="s">
+        <v>291</v>
+      </c>
+      <c r="D947" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E947" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F947" t="s">
+        <v>25</v>
+      </c>
+      <c r="G947" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H947" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="948" spans="1:8">
+      <c r="A948" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B948" t="s">
+        <v>9</v>
+      </c>
+      <c r="C948" t="s">
+        <v>294</v>
+      </c>
+      <c r="D948" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E948" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F948" t="s">
+        <v>25</v>
+      </c>
+      <c r="G948" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H948" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="949" spans="1:8">
+      <c r="A949" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B949" t="s">
+        <v>9</v>
+      </c>
+      <c r="C949" t="s">
+        <v>297</v>
+      </c>
+      <c r="D949" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E949" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F949" t="s">
+        <v>25</v>
+      </c>
+      <c r="G949" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H949" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="950" spans="1:8">
+      <c r="A950" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B950" t="s">
+        <v>9</v>
+      </c>
+      <c r="C950" t="s">
+        <v>300</v>
+      </c>
+      <c r="D950" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E950" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F950" t="s">
+        <v>92</v>
+      </c>
+      <c r="G950" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H950" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="951" spans="1:8">
+      <c r="A951" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B951" t="s">
+        <v>9</v>
+      </c>
+      <c r="C951" t="s">
+        <v>303</v>
+      </c>
+      <c r="D951" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E951" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F951" t="s">
+        <v>92</v>
+      </c>
+      <c r="G951" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H951" t="s">
+        <v>2839</v>
+      </c>
+    </row>
+    <row r="952" spans="1:8">
+      <c r="A952" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B952" t="s">
+        <v>9</v>
+      </c>
+      <c r="C952" t="s">
+        <v>306</v>
+      </c>
+      <c r="D952" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E952" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F952" t="s">
+        <v>25</v>
+      </c>
+      <c r="G952" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H952" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="953" spans="1:8">
+      <c r="A953" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B953" t="s">
+        <v>9</v>
+      </c>
+      <c r="C953" t="s">
+        <v>309</v>
+      </c>
+      <c r="D953" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E953" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F953" t="s">
+        <v>25</v>
+      </c>
+      <c r="G953" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H953" t="s">
+        <v>2843</v>
+      </c>
+    </row>
+    <row r="954" spans="1:8">
+      <c r="A954" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B954" t="s">
+        <v>9</v>
+      </c>
+      <c r="C954" t="s">
+        <v>312</v>
+      </c>
+      <c r="D954" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E954" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F954" t="s">
+        <v>25</v>
+      </c>
+      <c r="G954" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H954" t="s">
+        <v>2845</v>
+      </c>
+    </row>
+    <row r="955" spans="1:8">
+      <c r="A955" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B955" t="s">
+        <v>9</v>
+      </c>
+      <c r="C955" t="s">
+        <v>315</v>
+      </c>
+      <c r="D955" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E955" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F955" t="s">
+        <v>25</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H955" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="956" spans="1:8">
+      <c r="A956" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B956" t="s">
+        <v>9</v>
+      </c>
+      <c r="C956" t="s">
+        <v>10</v>
+      </c>
+      <c r="D956" t="s">
+        <v>2849</v>
+      </c>
+      <c r="E956" t="s">
+        <v>2850</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="H956" t="s">
+        <v>2852</v>
+      </c>
+    </row>
+    <row r="957" spans="1:8">
+      <c r="A957" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B957" t="s">
+        <v>9</v>
+      </c>
+      <c r="C957" t="s">
+        <v>17</v>
+      </c>
+      <c r="D957" t="s">
+        <v>2849</v>
+      </c>
+      <c r="E957" t="s">
+        <v>2850</v>
+      </c>
+      <c r="F957" t="s">
+        <v>2162</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="H957" t="s">
+        <v>2855</v>
+      </c>
+    </row>
+    <row r="958" spans="1:8">
+      <c r="A958" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B958" t="s">
+        <v>9</v>
+      </c>
+      <c r="C958" t="s">
+        <v>10</v>
+      </c>
+      <c r="D958" t="s">
+        <v>2857</v>
+      </c>
+      <c r="E958" t="s">
+        <v>2858</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>2859</v>
+      </c>
+      <c r="H958" t="s">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="959" spans="1:8">
+      <c r="A959" t="s">
+        <v>2861</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>10</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2862</v>
+      </c>
+      <c r="E959" t="s">
+        <v>2863</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="H959" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="960" spans="1:8">
+      <c r="A960" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B960" t="s">
+        <v>9</v>
+      </c>
+      <c r="C960" t="s">
+        <v>10</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2867</v>
+      </c>
+      <c r="E960" t="s">
+        <v>2868</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="H960" t="s">
+        <v>2870</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -29683,50 +34497,190 @@
     <hyperlink ref="G796" r:id="rId795"/>
     <hyperlink ref="G797" r:id="rId796"/>
     <hyperlink ref="G798" r:id="rId797"/>
     <hyperlink ref="G799" r:id="rId798"/>
     <hyperlink ref="G800" r:id="rId799"/>
     <hyperlink ref="G801" r:id="rId800"/>
     <hyperlink ref="G802" r:id="rId801"/>
     <hyperlink ref="G803" r:id="rId802"/>
     <hyperlink ref="G804" r:id="rId803"/>
     <hyperlink ref="G805" r:id="rId804"/>
     <hyperlink ref="G806" r:id="rId805"/>
     <hyperlink ref="G807" r:id="rId806"/>
     <hyperlink ref="G808" r:id="rId807"/>
     <hyperlink ref="G809" r:id="rId808"/>
     <hyperlink ref="G810" r:id="rId809"/>
     <hyperlink ref="G811" r:id="rId810"/>
     <hyperlink ref="G812" r:id="rId811"/>
     <hyperlink ref="G813" r:id="rId812"/>
     <hyperlink ref="G814" r:id="rId813"/>
     <hyperlink ref="G815" r:id="rId814"/>
     <hyperlink ref="G816" r:id="rId815"/>
     <hyperlink ref="G817" r:id="rId816"/>
     <hyperlink ref="G818" r:id="rId817"/>
     <hyperlink ref="G819" r:id="rId818"/>
     <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
+    <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
+    <hyperlink ref="G878" r:id="rId877"/>
+    <hyperlink ref="G879" r:id="rId878"/>
+    <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
+    <hyperlink ref="G882" r:id="rId881"/>
+    <hyperlink ref="G883" r:id="rId882"/>
+    <hyperlink ref="G884" r:id="rId883"/>
+    <hyperlink ref="G885" r:id="rId884"/>
+    <hyperlink ref="G886" r:id="rId885"/>
+    <hyperlink ref="G887" r:id="rId886"/>
+    <hyperlink ref="G888" r:id="rId887"/>
+    <hyperlink ref="G889" r:id="rId888"/>
+    <hyperlink ref="G890" r:id="rId889"/>
+    <hyperlink ref="G891" r:id="rId890"/>
+    <hyperlink ref="G892" r:id="rId891"/>
+    <hyperlink ref="G893" r:id="rId892"/>
+    <hyperlink ref="G894" r:id="rId893"/>
+    <hyperlink ref="G895" r:id="rId894"/>
+    <hyperlink ref="G896" r:id="rId895"/>
+    <hyperlink ref="G897" r:id="rId896"/>
+    <hyperlink ref="G898" r:id="rId897"/>
+    <hyperlink ref="G899" r:id="rId898"/>
+    <hyperlink ref="G900" r:id="rId899"/>
+    <hyperlink ref="G901" r:id="rId900"/>
+    <hyperlink ref="G902" r:id="rId901"/>
+    <hyperlink ref="G903" r:id="rId902"/>
+    <hyperlink ref="G904" r:id="rId903"/>
+    <hyperlink ref="G905" r:id="rId904"/>
+    <hyperlink ref="G906" r:id="rId905"/>
+    <hyperlink ref="G907" r:id="rId906"/>
+    <hyperlink ref="G908" r:id="rId907"/>
+    <hyperlink ref="G909" r:id="rId908"/>
+    <hyperlink ref="G910" r:id="rId909"/>
+    <hyperlink ref="G911" r:id="rId910"/>
+    <hyperlink ref="G912" r:id="rId911"/>
+    <hyperlink ref="G913" r:id="rId912"/>
+    <hyperlink ref="G914" r:id="rId913"/>
+    <hyperlink ref="G915" r:id="rId914"/>
+    <hyperlink ref="G916" r:id="rId915"/>
+    <hyperlink ref="G917" r:id="rId916"/>
+    <hyperlink ref="G918" r:id="rId917"/>
+    <hyperlink ref="G919" r:id="rId918"/>
+    <hyperlink ref="G920" r:id="rId919"/>
+    <hyperlink ref="G921" r:id="rId920"/>
+    <hyperlink ref="G922" r:id="rId921"/>
+    <hyperlink ref="G923" r:id="rId922"/>
+    <hyperlink ref="G924" r:id="rId923"/>
+    <hyperlink ref="G925" r:id="rId924"/>
+    <hyperlink ref="G926" r:id="rId925"/>
+    <hyperlink ref="G927" r:id="rId926"/>
+    <hyperlink ref="G928" r:id="rId927"/>
+    <hyperlink ref="G929" r:id="rId928"/>
+    <hyperlink ref="G930" r:id="rId929"/>
+    <hyperlink ref="G931" r:id="rId930"/>
+    <hyperlink ref="G932" r:id="rId931"/>
+    <hyperlink ref="G933" r:id="rId932"/>
+    <hyperlink ref="G934" r:id="rId933"/>
+    <hyperlink ref="G935" r:id="rId934"/>
+    <hyperlink ref="G936" r:id="rId935"/>
+    <hyperlink ref="G937" r:id="rId936"/>
+    <hyperlink ref="G938" r:id="rId937"/>
+    <hyperlink ref="G939" r:id="rId938"/>
+    <hyperlink ref="G940" r:id="rId939"/>
+    <hyperlink ref="G941" r:id="rId940"/>
+    <hyperlink ref="G942" r:id="rId941"/>
+    <hyperlink ref="G943" r:id="rId942"/>
+    <hyperlink ref="G944" r:id="rId943"/>
+    <hyperlink ref="G945" r:id="rId944"/>
+    <hyperlink ref="G946" r:id="rId945"/>
+    <hyperlink ref="G947" r:id="rId946"/>
+    <hyperlink ref="G948" r:id="rId947"/>
+    <hyperlink ref="G949" r:id="rId948"/>
+    <hyperlink ref="G950" r:id="rId949"/>
+    <hyperlink ref="G951" r:id="rId950"/>
+    <hyperlink ref="G952" r:id="rId951"/>
+    <hyperlink ref="G953" r:id="rId952"/>
+    <hyperlink ref="G954" r:id="rId953"/>
+    <hyperlink ref="G955" r:id="rId954"/>
+    <hyperlink ref="G956" r:id="rId955"/>
+    <hyperlink ref="G957" r:id="rId956"/>
+    <hyperlink ref="G958" r:id="rId957"/>
+    <hyperlink ref="G959" r:id="rId958"/>
+    <hyperlink ref="G960" r:id="rId959"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>