--- v1 (2025-12-08)
+++ v2 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7578" uniqueCount="2871">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7761" uniqueCount="2941">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -6493,50 +6493,215 @@
   <si>
     <t>699</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do Sr. Leandro Carvalho, a realização de serviços para manutenção da Rua Álvaro de Paula Pires, no bairro Jardim Califórnia, que está necessitando urgente de uma máquina para alinhar a via novamente, que está repleta de valetas, prejudicando o acesso dos moradores.</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do Sr. Vitor Matheus, a realização de melhorias na Rua Pedro Choma, bairro Nhapindazal, que está em estado precário de conservação e, segundo o morador, os buracos estão prejudicando os veículos.</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a construção de mais três banheiros na Escola Municipal Padre Wenceslau, tendo em vista que, atualmente a escola conta com 400 alunos e dispõe de apenas três banheiros masculinos e três femininos. Segundo a direção da escola serão construídas mais três salas de aula, portanto, novos banheiros serão essenciais a fim de acompanhar o aumento no número de alunos e garantir melhores condições de higiene, conforto e atendimento à comunidade escolar.</t>
   </si>
   <si>
+    <t>5609</t>
+  </si>
+  <si>
+    <t>702</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias com serviços de patrolamento e cascalhamento nas estradas da Linha Velha, no Distrito de Gonçalves Júnior, visando garantir segurança e melhor trafegabilidade à comunidade local.</t>
+  </si>
+  <si>
+    <t>5610</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização serviços de patrolamento e cascalhamento na estrada que liga a Campina de Gonçalves Júnior ao Clube de Tiro do Sr. Walter Berger e, também, no trecho que segue do Clube de Tiro até a localidade de Boa Vista do Pirapó, oferecendo maior segurança aos usuários da via.</t>
+  </si>
+  <si>
+    <t>5611</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a elaboração e execução de um projeto de pavimentação para as ruas dos bairros Fósforo, Nossa Senhora da Luz e São Pedro, a fim de garantir melhores condições de tráfego, segurança, mobilidade e qualidade de vida aos moradores.</t>
+  </si>
+  <si>
+    <t>5613</t>
+  </si>
+  <si>
+    <t>705</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias na galeria localizada na lateral da linha férrea, no bairro Fósforo, uma vez que a estrutura atual não comporta o volume de água em dias de chuva, ocasionando o transbordamento e a invasão das residências próximas.</t>
+  </si>
+  <si>
+    <t>5614</t>
+  </si>
+  <si>
+    <t>706</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a construção de dois banheiros adicionais na Escola dos Colonizadores, em Gonçalves Júnior, a fim de melhorar a infraestrutura e atender com mais dignidade alunos e funcionários. Solicita-se, também, a instalação de um toldo ou cobertura adequada na área de entrada e saída da escola, garantindo proteção às crianças durante os períodos de chuva e proporcionando mais segurança e conforto à comunidade escolar.</t>
+  </si>
+  <si>
+    <t>5615</t>
+  </si>
+  <si>
+    <t>707</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que seja analisada a possibilidade de criação de uma nova saída da Rua Antônio Fiorino Rossa, promovendo sua ligação com a Avenida Noé Rebesco, no bairro Lagoa, a fim de melhorar a mobilidade urbana, facilitar o fluxo de veículos e oferecer maior segurança aos moradores da região.</t>
+  </si>
+  <si>
+    <t>5617</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo o encaminhamento de um convite à Banda Ebenézer da Assembleia de Deus, para que possam participar da programação natalina do município, realizando a abertura do Natal ou realizando alguma apresentação especial cristã. A Banda Ebenézer é reconhecida por seu trabalho musical e pela forte participação comunitária, podendo contribuir de maneira significativa para o clima festivo e cultural das celebrações de Natal da cidade.</t>
+  </si>
+  <si>
+    <t>5618</t>
+  </si>
+  <si>
+    <t>709</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a pedido do Sr. Alceu Hreciuk, a construção de uma capela mortuária na comunidade de Rio Corrente, zona rural do Município, proporcionando mais dignidade e conforto às famílias nos momentos de despedida de seus entes queridos.</t>
+  </si>
+  <si>
+    <t>5619</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que, conforme prevê a Lei Municipal n° 5.254, que Institui a Política Municipal de Enfrentamento à Violência contra as Mulheres e Meninas no Município de Irati, de autoria da vereadora Sybil Dietrich e sancionada pelo prefeito Emiliano Rocha Gomes, seja instituído o Projeto Banco Vermelho, que consiste na instalação de pelo menos 1 (um) banco na cor vermelha em espaços públicos de grande circulação de pessoas, dois qual constarão frases que estimulem a reflexão sobre o tema e contatos de emergência, como o número telefônico da Central de Atendimento à Mulher – Ligue 180, para eventual denúncia e suporte à vítima; e que se inicie, conforme já indicado, nos espaços do Parque Aquático e do Parque da Vila.</t>
+  </si>
+  <si>
+    <t>5620</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que, conforme prevê a Lei Municipal n° 5.254, que Institui a Política Municipal de Enfrentamento à Violência contra as Mulheres e Meninas no Município de Irati, de autoria da vereadora Sybil Dietrich e sancionada pelo prefeito Emiliano Rocha Gomes, seja criado o Sistema Municipal de Informações sobre Violência contra as mulheres e meninas (SIMIVIM).</t>
+  </si>
+  <si>
+    <t>5621</t>
+  </si>
+  <si>
+    <t>712</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido da senhora Elena e demais moradores da região, que seja dada a devida atenção à Rua Goiás na Vila São João, incluindo a mesma no programa de pavimentação asfáltica e ainda, que sejam realizados reparos na tampa do bueiro, o qual fica na esquina da Rua Goiás com a Rua Manoel Cruz do Nascimento, que conforme relato dos moradores, foi danificado por um veículo de grande porte, trazendo perigo a pedestres, veículos e ciclistas.</t>
+  </si>
+  <si>
+    <t>5622</t>
+  </si>
+  <si>
+    <t>713</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a implantação de placa de sinalização de preferencial, no cruzamento entre as Ruas Zeferino Bittencourt e Augustinho Zarpellon, visando a organização do tráfego, melhoria da segurança viária e prevenção de acidentes.</t>
+  </si>
+  <si>
+    <t>5623</t>
+  </si>
+  <si>
+    <t>714</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido dos moradores Heloisa e Raul Berger, a realização de melhorias com serviços de patrolamento na estrada de Gonçalves Júnior até Rio Preto, visando garantir melhor trafegabilidade no local.</t>
+  </si>
+  <si>
+    <t>5624</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo, a pedido do morador Igor Ianiski, a realização serviços de cascalhamento e aplicação de material fino na estrada da Coloninha de Gonçalves Júnior, garantindo melhores condições de acesso e segurança aos usuários da via.</t>
+  </si>
+  <si>
+    <t>5625</t>
+  </si>
+  <si>
+    <t>716</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que, por ocasião da concessão do reajuste da data-base no mês de janeiro, seja avaliada e implementada, além da reposição inflacionária, a concessão de aumento real significativo aos servidores públicos municipais, como medida efetiva de valorização, reconhecimento do trabalho desempenhado e fortalecimento do serviço público prestado.</t>
+  </si>
+  <si>
+    <t>5626</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a criação e regulamentação de funções gratificadas para servidores que exercem atribuições de chefia, coordenação ou responsabilidade técnica, como forma de reconhecer formalmente as responsabilidades assumidas, promover maior justiça administrativa e prevenir passivos judiciais, considerando que alguns servidores já obtiveram êxito em processos, resultando em ônus financeiro ainda maior ao Município.</t>
+  </si>
+  <si>
+    <t>5627</t>
+  </si>
+  <si>
+    <t>718</t>
+  </si>
+  <si>
+    <t>- Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que, ainda neste ano de 2025, sejam realizadas melhorias nas ruas do bairro Vila Raquel, contemplando, conforme a necessidade, serviços de manutenção, recuperação e adequação da infraestrutura viária</t>
+  </si>
+  <si>
+    <t>5628</t>
+  </si>
+  <si>
+    <t>719</t>
+  </si>
+  <si>
+    <t>CEZAR BATATINHA, TERE</t>
+  </si>
+  <si>
+    <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, a realização de manutenção urgente na estrada da Fazenda Banestado, próximo à Polícia Federal no Km 246, à esquerda. São cerca de dois quilômetros que necessitam de cascalhamento, pois a via encontra-se em estado precário de conservação. Um abaixo assinado com 90 assinaturas de produtores rurais já foi encaminhado à Secretaria de Agricultura.</t>
+  </si>
+  <si>
     <t>4891</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, HELIO DE MELLO, SYBIL DIETRICH</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 124 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS à Desenhista THAÍS MARIA CROVADOR.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>TERE, HELIO DE MELLO, MARCELO DUDA, PROFESSORA SILVANA</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf</t>
@@ -6746,50 +6911,68 @@
     <t>4925</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf</t>
   </si>
   <si>
     <t>Ofício nº 133/2025 – Encaminha resposta com a relação de imóveis não edificados pertencentes ao patrimônio público municipal.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf</t>
   </si>
   <si>
     <t>Ofício nº 134/2025 – Encaminha resposta com a relação dos medicamentos disponibilizados à população pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf</t>
   </si>
   <si>
     <t>Ofício nº 014/2025 – A Controladoria Interna encaminha o relatório de controle interno referente a prestação de contas anual.</t>
+  </si>
+  <si>
+    <t>5608</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>SELMO FISIOTERAPEUTA, NATO KFFURI, SYBIL DIETRICH, TERE</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_decreto_legislativo_-_001-2025_-_licenca_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Sr. Prefeito Municipal Emiliano Augusto Rocha Gomes a licenciar-se de seu cargo no período de 25 de dezembro de 2025 a 10 de janeiro de 2026.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial no Orçamento do Município de Irati, para o exercício de 2025</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf</t>
   </si>
   <si>
     <t>Concede revisão sobre os vencimentos dos servidores públicos municipais estatutários, remanescentes do regime CLT, empregados públicos não vinculados à legislação federal, conselheiros tutelares, cargos em comissão, fixa o piso mínimo municipal e dá outras providências.</t>
   </si>
@@ -7554,50 +7737,59 @@
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de Irati com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Creche do Programa Estadual “Criança Feliz Paraná” a ser construída no Município de Irati, que passa a se chamar “Creche – Clarice dos Santos Goy.</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 4.614/2018, que dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, para o fim de instituir novos cargos de provimento em comissão para a área da Saúde, em complementação ao Disposto na Lei n° 5.198/2025.</t>
   </si>
   <si>
+    <t>5630</t>
+  </si>
+  <si>
+    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5630/pl091_-_alteracao_do_valor_do_subsidio_da_familia_acolhedora_lei_4.545-2018.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Art. 21 da Lei Municipal nº 4.545, de 22 de agosto de 2018, que institui o Serviço de Acolhimento em Família Acolhedora no Município de Irati-PR, e dá outras providências.</t>
+  </si>
+  <si>
     <t>4689</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf</t>
   </si>
   <si>
     <t>Institui a "Campanha Março Roxo", no âmbito do Município de Irati.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e o artigo 1º da Lei Municipal nº 4.783/2020 de 27 de março de 2020, que "Dispõe sobre a proibição do manuseio, utilização, queima e soltura de fogos de estampido e de artifício e artefatos pirotécnicos de alto impacto ou com efeito sonoro ruidoso no Município de Irati – PR”.</t>
   </si>
   <si>
     <t>4727</t>
@@ -8585,50 +8777,68 @@
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Por qual motivo não foi realizado o cascalhamento das estradas da região do Monjolo, especialmente da estrada geral que liga a Rebouças e do trecho que liga ao Rio Corrente? - Existe cronograma ou previsão para a realização do cascalhamento e demais melhorias nessas vias, que estão desassistidas pelo Poder Executivo?</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Como está o andamento do projeto de ampliação e reforma do Posto de Saúde da comunidade do Rio Preto?</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Existe projeto em andamento, elaborado ou em fase de estudo, visando a pavimentação asfáltica dos bairros João Vieira da Rosa, Tucholka, Fragatas e Nhapindazal?</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Em que estágio se encontra o projeto de pavimentação asfáltica da Avenida das Torres, via que liga o Rio Bonito ao Alto da Lagoa?</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
     <t>Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Existe projeto em elaboração ou já concluído para a pavimentação da Rua Beija-Flor, entre a Rua Pacífico Borges, no bairro DER, via que dá acesso à Associação dos Funcionários Públicos?</t>
+  </si>
+  <si>
+    <t>5612</t>
+  </si>
+  <si>
+    <t>Requerimento nº 098/2025 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a previsão para atendimento da Indicação nº 554/2025, pela qual é solicitada "a implantação de um redutor de velocidade na Rua Polônia, bairro Ouro Verde, entre os números nº 200 e 300, tendo em vista que esta via possui um grande fluxo de veículos, e, embora, seja bem sinalizada, com placas de 40km/h, muitos veículos transitam em alta velocidade, tornando o referido trecho bastante perigoso para os moradores"?</t>
+  </si>
+  <si>
+    <t>5616</t>
+  </si>
+  <si>
+    <t>Requerimento nº 099/2025 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Existe prazo ou previsão para pavimentação das Ruas Virginio Trevisan (aproximadamente 42 metros), João Grechinski (aproximadamente 39 metros) e José Chamy (aproximadamente 46 metros), todas localizadas no bairro Rio Bonito?</t>
+  </si>
+  <si>
+    <t>5629</t>
+  </si>
+  <si>
+    <t>Requerimento nº 100/2025 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para a realização da manutenção da quadra de esportes localizada no bairro Jardim Virgínia, considerando que o espaço necessita de manutenção geral, inclusive substituição de telhas de eternit na cobertura, visando garantir segurança, adequadas condições de uso e preservação do patrimônio público?</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>MOCA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no artigo 164 de seu Regimento Interno, vem, pelo presente expediente, registrar Moção de Apoio à Educação Especial no Estado do Paraná, especialmente às APAES – Associações de Pais e Amigos dos Excepcionais, manifestando sua contrariedade à Ação Direta de Inconstitucionalidade (ADI) nº 7796, que questiona a constitucionalidade das Leis Estaduais nº 17.656/2013 e nº 18.419/2015.</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no artigo 164 de seu Regimento Interno, vem, pelo presente expediente, registrar Moção de Apoio aos Fumicultores de Irati e Região.</t>
   </si>
@@ -9002,56 +9212,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_decreto_legislativo_-_001-2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5630/pl091_-_alteracao_do_valor_do_subsidio_da_familia_acolhedora_lei_4.545-2018.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H960"/>
+  <dimension ref="A1:H983"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="158.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="249.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -27276,6448 +27486,7043 @@
       </c>
       <c r="D702" t="s">
         <v>11</v>
       </c>
       <c r="E702" t="s">
         <v>12</v>
       </c>
       <c r="F702" t="s">
         <v>68</v>
       </c>
       <c r="G702" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H702" t="s">
         <v>2150</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>2151</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>10</v>
+        <v>2152</v>
       </c>
       <c r="D703" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E703" t="s">
+        <v>12</v>
+      </c>
+      <c r="F703" t="s">
+        <v>55</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H703" t="s">
         <v>2153</v>
-      </c>
-[...7 lines deleted...]
-        <v>2156</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2157</v>
+        <v>2154</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>17</v>
+        <v>2155</v>
       </c>
       <c r="D704" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E704" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F704" t="s">
-        <v>2158</v>
+        <v>55</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2159</v>
+        <v>14</v>
       </c>
       <c r="H704" t="s">
-        <v>2160</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2161</v>
+        <v>2157</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>21</v>
+        <v>2158</v>
       </c>
       <c r="D705" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E705" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F705" t="s">
-        <v>2162</v>
+        <v>25</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2163</v>
+        <v>14</v>
       </c>
       <c r="H705" t="s">
-        <v>2164</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2165</v>
+        <v>2160</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>24</v>
+        <v>2161</v>
       </c>
       <c r="D706" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E706" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F706" t="s">
-        <v>2166</v>
+        <v>25</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2167</v>
+        <v>14</v>
       </c>
       <c r="H706" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2169</v>
+        <v>2163</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>28</v>
+        <v>2164</v>
       </c>
       <c r="D707" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E707" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F707" t="s">
-        <v>2162</v>
+        <v>25</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2170</v>
+        <v>14</v>
       </c>
       <c r="H707" t="s">
-        <v>2171</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2172</v>
+        <v>2166</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>31</v>
+        <v>2167</v>
       </c>
       <c r="D708" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E708" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F708" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2173</v>
+        <v>14</v>
       </c>
       <c r="H708" t="s">
-        <v>2174</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2175</v>
+        <v>2169</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>34</v>
+        <v>2170</v>
       </c>
       <c r="D709" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E709" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F709" t="s">
-        <v>2176</v>
+        <v>68</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2177</v>
+        <v>14</v>
       </c>
       <c r="H709" t="s">
-        <v>2178</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2179</v>
+        <v>2172</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>37</v>
+        <v>2173</v>
       </c>
       <c r="D710" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E710" t="s">
-        <v>2153</v>
+        <v>12</v>
+      </c>
+      <c r="F710" t="s">
+        <v>88</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2180</v>
+        <v>14</v>
       </c>
       <c r="H710" t="s">
-        <v>2181</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2182</v>
+        <v>2175</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>44</v>
+        <v>2176</v>
       </c>
       <c r="D711" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E711" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F711" t="s">
-        <v>2183</v>
+        <v>108</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2184</v>
+        <v>14</v>
       </c>
       <c r="H711" t="s">
-        <v>2185</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2186</v>
+        <v>2178</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>47</v>
+        <v>2179</v>
       </c>
       <c r="D712" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E712" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F712" t="s">
-        <v>2187</v>
+        <v>108</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2188</v>
+        <v>14</v>
       </c>
       <c r="H712" t="s">
-        <v>2189</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2190</v>
+        <v>2181</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>50</v>
+        <v>2182</v>
       </c>
       <c r="D713" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E713" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F713" t="s">
-        <v>2191</v>
+        <v>108</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2192</v>
+        <v>14</v>
       </c>
       <c r="H713" t="s">
-        <v>2193</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2194</v>
+        <v>2184</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>54</v>
+        <v>2185</v>
       </c>
       <c r="D714" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E714" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F714" t="s">
-        <v>2195</v>
+        <v>108</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2196</v>
+        <v>14</v>
       </c>
       <c r="H714" t="s">
-        <v>2197</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2198</v>
+        <v>2187</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>58</v>
+        <v>2188</v>
       </c>
       <c r="D715" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E715" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F715" t="s">
-        <v>2199</v>
+        <v>55</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2200</v>
+        <v>14</v>
       </c>
       <c r="H715" t="s">
-        <v>2201</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2202</v>
+        <v>2190</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>61</v>
+        <v>2191</v>
       </c>
       <c r="D716" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E716" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F716" t="s">
-        <v>2203</v>
+        <v>55</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2204</v>
+        <v>14</v>
       </c>
       <c r="H716" t="s">
-        <v>2205</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2206</v>
+        <v>2193</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>64</v>
+        <v>2194</v>
       </c>
       <c r="D717" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E717" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F717" t="s">
-        <v>2207</v>
+        <v>92</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2208</v>
+        <v>14</v>
       </c>
       <c r="H717" t="s">
-        <v>2209</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2210</v>
+        <v>2196</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>67</v>
+        <v>2197</v>
       </c>
       <c r="D718" t="s">
-        <v>2152</v>
+        <v>11</v>
       </c>
       <c r="E718" t="s">
-        <v>2153</v>
+        <v>12</v>
       </c>
       <c r="F718" t="s">
-        <v>2211</v>
+        <v>92</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2212</v>
+        <v>14</v>
       </c>
       <c r="H718" t="s">
-        <v>2213</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2214</v>
+        <v>2199</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>10</v>
+        <v>2200</v>
       </c>
       <c r="D719" t="s">
-        <v>2215</v>
+        <v>11</v>
       </c>
       <c r="E719" t="s">
-        <v>2216</v>
+        <v>12</v>
+      </c>
+      <c r="F719" t="s">
+        <v>92</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2217</v>
+        <v>14</v>
       </c>
       <c r="H719" t="s">
-        <v>2218</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2219</v>
+        <v>2202</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>10</v>
+        <v>2203</v>
       </c>
       <c r="D720" t="s">
-        <v>2220</v>
+        <v>11</v>
       </c>
       <c r="E720" t="s">
-        <v>2221</v>
+        <v>12</v>
+      </c>
+      <c r="F720" t="s">
+        <v>2204</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2222</v>
+        <v>14</v>
       </c>
       <c r="H720" t="s">
-        <v>2223</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2224</v>
+        <v>2206</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D721" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="E721" t="s">
-        <v>2221</v>
+        <v>2208</v>
+      </c>
+      <c r="F721" t="s">
+        <v>2209</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2225</v>
+        <v>2210</v>
       </c>
       <c r="H721" t="s">
-        <v>2226</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2227</v>
+        <v>2212</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D722" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="E722" t="s">
-        <v>2221</v>
+        <v>2208</v>
+      </c>
+      <c r="F722" t="s">
+        <v>2213</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2228</v>
+        <v>2214</v>
       </c>
       <c r="H722" t="s">
-        <v>2229</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2230</v>
+        <v>2216</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D723" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="E723" t="s">
-        <v>2221</v>
+        <v>2208</v>
+      </c>
+      <c r="F723" t="s">
+        <v>2217</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2231</v>
+        <v>2218</v>
       </c>
       <c r="H723" t="s">
-        <v>2232</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2233</v>
+        <v>2220</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D724" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="E724" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F724" t="s">
         <v>2221</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2234</v>
+        <v>2222</v>
       </c>
       <c r="H724" t="s">
-        <v>2235</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2236</v>
+        <v>2224</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D725" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E725" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F725" t="s">
+        <v>2217</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2239</v>
+        <v>2225</v>
       </c>
       <c r="H725" t="s">
-        <v>2240</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2241</v>
+        <v>2227</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D726" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E726" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F726" t="s">
+        <v>38</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2242</v>
+        <v>2228</v>
       </c>
       <c r="H726" t="s">
-        <v>2243</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2244</v>
+        <v>2230</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="D727" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E727" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F727" t="s">
+        <v>2231</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2245</v>
+        <v>2232</v>
       </c>
       <c r="H727" t="s">
-        <v>2246</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2247</v>
+        <v>2234</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D728" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E728" t="s">
-        <v>2238</v>
+        <v>2208</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2248</v>
+        <v>2235</v>
       </c>
       <c r="H728" t="s">
-        <v>2249</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2250</v>
+        <v>2237</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D729" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E729" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F729" t="s">
         <v>2238</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2251</v>
+        <v>2239</v>
       </c>
       <c r="H729" t="s">
-        <v>2252</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2253</v>
+        <v>2241</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="D730" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E730" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F730" t="s">
+        <v>2242</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2254</v>
+        <v>2243</v>
       </c>
       <c r="H730" t="s">
-        <v>2255</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2256</v>
+        <v>2245</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="D731" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E731" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F731" t="s">
+        <v>2246</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2257</v>
+        <v>2247</v>
       </c>
       <c r="H731" t="s">
-        <v>2258</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2259</v>
+        <v>2249</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="D732" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E732" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F732" t="s">
+        <v>2250</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2260</v>
+        <v>2251</v>
       </c>
       <c r="H732" t="s">
-        <v>2261</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2262</v>
+        <v>2253</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="D733" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E733" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F733" t="s">
+        <v>2254</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2263</v>
+        <v>2255</v>
       </c>
       <c r="H733" t="s">
-        <v>2264</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2265</v>
+        <v>2257</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="D734" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E734" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F734" t="s">
+        <v>2258</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2266</v>
+        <v>2259</v>
       </c>
       <c r="H734" t="s">
-        <v>2267</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2268</v>
+        <v>2261</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="D735" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E735" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F735" t="s">
+        <v>2262</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2269</v>
+        <v>2263</v>
       </c>
       <c r="H735" t="s">
-        <v>2270</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2271</v>
+        <v>2265</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="D736" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="E736" t="s">
-        <v>2238</v>
+        <v>2208</v>
+      </c>
+      <c r="F736" t="s">
+        <v>2266</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2272</v>
+        <v>2267</v>
       </c>
       <c r="H736" t="s">
-        <v>2273</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2274</v>
+        <v>2269</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D737" t="s">
-        <v>2237</v>
+        <v>2270</v>
       </c>
       <c r="E737" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2275</v>
+        <v>2272</v>
       </c>
       <c r="H737" t="s">
-        <v>2276</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>10</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G738" s="1" t="s">
         <v>2277</v>
       </c>
-      <c r="B738" t="s">
-[...11 lines deleted...]
-      <c r="G738" s="1" t="s">
+      <c r="H738" t="s">
         <v>2278</v>
-      </c>
-[...1 lines deleted...]
-        <v>2279</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>17</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G739" s="1" t="s">
         <v>2280</v>
       </c>
-      <c r="B739" t="s">
-[...11 lines deleted...]
-      <c r="G739" s="1" t="s">
+      <c r="H739" t="s">
         <v>2281</v>
-      </c>
-[...1 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>21</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G740" s="1" t="s">
         <v>2283</v>
       </c>
-      <c r="B740" t="s">
-[...11 lines deleted...]
-      <c r="G740" s="1" t="s">
+      <c r="H740" t="s">
         <v>2284</v>
-      </c>
-[...1 lines deleted...]
-        <v>2285</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>24</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G741" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="B741" t="s">
-[...11 lines deleted...]
-      <c r="G741" s="1" t="s">
+      <c r="H741" t="s">
         <v>2287</v>
-      </c>
-[...1 lines deleted...]
-        <v>2288</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>28</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G742" s="1" t="s">
         <v>2289</v>
       </c>
-      <c r="B742" t="s">
-[...11 lines deleted...]
-      <c r="G742" s="1" t="s">
+      <c r="H742" t="s">
         <v>2290</v>
-      </c>
-[...1 lines deleted...]
-        <v>2291</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>10</v>
+      </c>
+      <c r="D743" t="s">
         <v>2292</v>
       </c>
-      <c r="B743" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E743" t="s">
-        <v>2238</v>
+        <v>2293</v>
+      </c>
+      <c r="F743" t="s">
+        <v>2294</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="H743" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="D744" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E744" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
       <c r="H744" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>17</v>
+      </c>
+      <c r="D745" t="s">
         <v>2298</v>
       </c>
-      <c r="B745" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E745" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="H745" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="D746" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E746" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2302</v>
+        <v>2306</v>
       </c>
       <c r="H746" t="s">
-        <v>2303</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2304</v>
+        <v>2308</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="D747" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E747" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2305</v>
+        <v>2309</v>
       </c>
       <c r="H747" t="s">
-        <v>2306</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2307</v>
+        <v>2311</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="D748" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E748" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2308</v>
+        <v>2312</v>
       </c>
       <c r="H748" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2310</v>
+        <v>2314</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>95</v>
+        <v>31</v>
       </c>
       <c r="D749" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E749" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2311</v>
+        <v>2315</v>
       </c>
       <c r="H749" t="s">
-        <v>2312</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2313</v>
+        <v>2317</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="D750" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E750" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2314</v>
+        <v>2318</v>
       </c>
       <c r="H750" t="s">
-        <v>2315</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="D751" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E751" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="H751" t="s">
-        <v>2318</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2319</v>
+        <v>2323</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>104</v>
+        <v>41</v>
       </c>
       <c r="D752" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E752" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2320</v>
+        <v>2324</v>
       </c>
       <c r="H752" t="s">
-        <v>2321</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2322</v>
+        <v>2326</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="D753" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E753" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
       <c r="H753" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2325</v>
+        <v>2329</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>111</v>
+        <v>47</v>
       </c>
       <c r="D754" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E754" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="H754" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>117</v>
+        <v>50</v>
       </c>
       <c r="D755" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E755" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
       <c r="H755" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2331</v>
+        <v>2335</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>121</v>
+        <v>54</v>
       </c>
       <c r="D756" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E756" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2332</v>
+        <v>2336</v>
       </c>
       <c r="H756" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="D757" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E757" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="H757" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2337</v>
+        <v>2341</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D758" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E758" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2338</v>
+        <v>2342</v>
       </c>
       <c r="H758" t="s">
-        <v>2339</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2340</v>
+        <v>2344</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="D759" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E759" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="H759" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2343</v>
+        <v>2347</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="D760" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E760" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="H760" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="D761" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E761" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2347</v>
+        <v>2351</v>
       </c>
       <c r="H761" t="s">
-        <v>2348</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2349</v>
+        <v>2353</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="D762" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E762" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2350</v>
+        <v>2354</v>
       </c>
       <c r="H762" t="s">
-        <v>2351</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="D763" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E763" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="H763" t="s">
-        <v>2354</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="D764" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E764" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2356</v>
+        <v>2360</v>
       </c>
       <c r="H764" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2358</v>
+        <v>2362</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>149</v>
+        <v>84</v>
       </c>
       <c r="D765" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E765" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2359</v>
+        <v>2363</v>
       </c>
       <c r="H765" t="s">
-        <v>2360</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>152</v>
+        <v>87</v>
       </c>
       <c r="D766" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E766" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
       <c r="H766" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>155</v>
+        <v>91</v>
       </c>
       <c r="D767" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E767" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="H767" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="D768" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E768" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="H768" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>161</v>
+        <v>98</v>
       </c>
       <c r="D769" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E769" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="H769" t="s">
-        <v>2372</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>164</v>
+        <v>101</v>
       </c>
       <c r="D770" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E770" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2374</v>
+        <v>2378</v>
       </c>
       <c r="H770" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>167</v>
+        <v>104</v>
       </c>
       <c r="D771" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E771" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="H771" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>170</v>
+        <v>107</v>
       </c>
       <c r="D772" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E772" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="H772" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>173</v>
+        <v>111</v>
       </c>
       <c r="D773" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E773" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="H773" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>176</v>
+        <v>117</v>
       </c>
       <c r="D774" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E774" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="H774" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>179</v>
+        <v>121</v>
       </c>
       <c r="D775" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E775" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2389</v>
+        <v>2393</v>
       </c>
       <c r="H775" t="s">
-        <v>2390</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2391</v>
+        <v>2395</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>182</v>
+        <v>125</v>
       </c>
       <c r="D776" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E776" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="H776" t="s">
-        <v>2393</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2394</v>
+        <v>2398</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>185</v>
+        <v>128</v>
       </c>
       <c r="D777" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E777" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2395</v>
+        <v>2399</v>
       </c>
       <c r="H777" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>188</v>
+        <v>131</v>
       </c>
       <c r="D778" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E778" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
       <c r="H778" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>191</v>
+        <v>134</v>
       </c>
       <c r="D779" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E779" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="H779" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>194</v>
+        <v>137</v>
       </c>
       <c r="D780" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E780" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
       <c r="H780" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2406</v>
+        <v>2410</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>197</v>
+        <v>140</v>
       </c>
       <c r="D781" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E781" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2407</v>
+        <v>2411</v>
       </c>
       <c r="H781" t="s">
-        <v>2408</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>200</v>
+        <v>143</v>
       </c>
       <c r="D782" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E782" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2410</v>
+        <v>2414</v>
       </c>
       <c r="H782" t="s">
-        <v>2411</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>203</v>
+        <v>146</v>
       </c>
       <c r="D783" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E783" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
       <c r="H783" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>206</v>
+        <v>149</v>
       </c>
       <c r="D784" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E784" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="H784" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2418</v>
+        <v>2422</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>209</v>
+        <v>152</v>
       </c>
       <c r="D785" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E785" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2419</v>
+        <v>2423</v>
       </c>
       <c r="H785" t="s">
-        <v>2420</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2421</v>
+        <v>2425</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>212</v>
+        <v>155</v>
       </c>
       <c r="D786" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E786" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
       <c r="H786" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2424</v>
+        <v>2428</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>215</v>
+        <v>158</v>
       </c>
       <c r="D787" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E787" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2425</v>
+        <v>2429</v>
       </c>
       <c r="H787" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>218</v>
+        <v>161</v>
       </c>
       <c r="D788" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E788" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
       <c r="H788" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>221</v>
+        <v>164</v>
       </c>
       <c r="D789" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E789" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
       <c r="H789" t="s">
-        <v>2432</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2433</v>
+        <v>2437</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>224</v>
+        <v>167</v>
       </c>
       <c r="D790" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E790" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
       <c r="H790" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>227</v>
+        <v>170</v>
       </c>
       <c r="D791" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E791" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2437</v>
+        <v>2441</v>
       </c>
       <c r="H791" t="s">
-        <v>2438</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>230</v>
+        <v>173</v>
       </c>
       <c r="D792" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E792" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2440</v>
+        <v>2444</v>
       </c>
       <c r="H792" t="s">
-        <v>2441</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>233</v>
+        <v>176</v>
       </c>
       <c r="D793" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E793" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="H793" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2445</v>
+        <v>2449</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>236</v>
+        <v>179</v>
       </c>
       <c r="D794" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E794" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2446</v>
+        <v>2450</v>
       </c>
       <c r="H794" t="s">
-        <v>2447</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2448</v>
+        <v>2452</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>239</v>
+        <v>182</v>
       </c>
       <c r="D795" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E795" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
       <c r="H795" t="s">
-        <v>2450</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2451</v>
+        <v>2455</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>242</v>
+        <v>185</v>
       </c>
       <c r="D796" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E796" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
       <c r="H796" t="s">
-        <v>2453</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2454</v>
+        <v>2458</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>245</v>
+        <v>188</v>
       </c>
       <c r="D797" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E797" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2455</v>
+        <v>2459</v>
       </c>
       <c r="H797" t="s">
-        <v>2456</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2457</v>
+        <v>2461</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>248</v>
+        <v>191</v>
       </c>
       <c r="D798" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E798" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2458</v>
+        <v>2462</v>
       </c>
       <c r="H798" t="s">
-        <v>2459</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2460</v>
+        <v>2464</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="D799" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E799" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2461</v>
+        <v>2465</v>
       </c>
       <c r="H799" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>254</v>
+        <v>197</v>
       </c>
       <c r="D800" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E800" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
       <c r="H800" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="D801" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E801" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2467</v>
+        <v>2471</v>
       </c>
       <c r="H801" t="s">
-        <v>2468</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2469</v>
+        <v>2473</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="D802" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E802" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2470</v>
+        <v>2474</v>
       </c>
       <c r="H802" t="s">
-        <v>2432</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>263</v>
+        <v>206</v>
       </c>
       <c r="D803" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E803" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2472</v>
+        <v>2477</v>
       </c>
       <c r="H803" t="s">
-        <v>2473</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2474</v>
+        <v>2479</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>266</v>
+        <v>209</v>
       </c>
       <c r="D804" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E804" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2475</v>
+        <v>2480</v>
       </c>
       <c r="H804" t="s">
-        <v>2476</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2477</v>
+        <v>2482</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>269</v>
+        <v>212</v>
       </c>
       <c r="D805" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E805" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>2478</v>
+        <v>2483</v>
       </c>
       <c r="H805" t="s">
-        <v>2479</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2480</v>
+        <v>2485</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>272</v>
+        <v>215</v>
       </c>
       <c r="D806" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E806" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2481</v>
+        <v>2486</v>
       </c>
       <c r="H806" t="s">
-        <v>2482</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2483</v>
+        <v>2488</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>275</v>
+        <v>218</v>
       </c>
       <c r="D807" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E807" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>2484</v>
+        <v>2489</v>
       </c>
       <c r="H807" t="s">
-        <v>2485</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2486</v>
+        <v>2491</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>278</v>
+        <v>221</v>
       </c>
       <c r="D808" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E808" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2487</v>
+        <v>2492</v>
       </c>
       <c r="H808" t="s">
-        <v>2488</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>2489</v>
+        <v>2494</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>281</v>
+        <v>224</v>
       </c>
       <c r="D809" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E809" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>2490</v>
+        <v>2495</v>
       </c>
       <c r="H809" t="s">
-        <v>2491</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>2492</v>
+        <v>2497</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>284</v>
+        <v>227</v>
       </c>
       <c r="D810" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E810" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>2493</v>
+        <v>2498</v>
       </c>
       <c r="H810" t="s">
-        <v>2494</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>2495</v>
+        <v>2500</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>288</v>
+        <v>230</v>
       </c>
       <c r="D811" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E811" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>2496</v>
+        <v>2501</v>
       </c>
       <c r="H811" t="s">
-        <v>2497</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>2498</v>
+        <v>2503</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>291</v>
+        <v>233</v>
       </c>
       <c r="D812" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E812" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>2499</v>
+        <v>2504</v>
       </c>
       <c r="H812" t="s">
-        <v>2500</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>2501</v>
+        <v>2506</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>294</v>
+        <v>236</v>
       </c>
       <c r="D813" t="s">
-        <v>2237</v>
+        <v>2298</v>
       </c>
       <c r="E813" t="s">
-        <v>2238</v>
+        <v>2299</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="H813" t="s">
-        <v>2503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>10</v>
+        <v>239</v>
       </c>
       <c r="D814" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E814" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2299</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
       <c r="H814" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="D815" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E815" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2299</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="H815" t="s">
-        <v>2511</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>2512</v>
+        <v>2515</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>21</v>
+        <v>245</v>
       </c>
       <c r="D816" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E816" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2299</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>2513</v>
+        <v>2516</v>
       </c>
       <c r="H816" t="s">
-        <v>2514</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>2515</v>
+        <v>2518</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>24</v>
+        <v>248</v>
       </c>
       <c r="D817" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E817" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>2516</v>
+        <v>2299</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="H817" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>2519</v>
+        <v>2521</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="D818" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E818" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2299</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2520</v>
+        <v>2522</v>
       </c>
       <c r="H818" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>2522</v>
+        <v>2524</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
       <c r="D819" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E819" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2299</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="H819" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>2525</v>
+        <v>2527</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>34</v>
+        <v>257</v>
       </c>
       <c r="D820" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E820" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>2299</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="H820" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>37</v>
+        <v>260</v>
       </c>
       <c r="D821" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E821" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2299</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="H821" t="s">
-        <v>2530</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>41</v>
+        <v>263</v>
       </c>
       <c r="D822" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E822" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2299</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="H822" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>44</v>
+        <v>266</v>
       </c>
       <c r="D823" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E823" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2299</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="H823" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>47</v>
+        <v>269</v>
       </c>
       <c r="D824" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E824" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2299</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="H824" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>50</v>
+        <v>272</v>
       </c>
       <c r="D825" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E825" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2299</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="H825" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>54</v>
+        <v>275</v>
       </c>
       <c r="D826" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E826" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2299</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="H826" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>58</v>
+        <v>278</v>
       </c>
       <c r="D827" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E827" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>2299</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="H827" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>61</v>
+        <v>281</v>
       </c>
       <c r="D828" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E828" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2299</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="H828" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>64</v>
+        <v>284</v>
       </c>
       <c r="D829" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E829" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>2299</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="H829" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>67</v>
+        <v>288</v>
       </c>
       <c r="D830" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E830" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>2299</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="H830" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>71</v>
+        <v>291</v>
       </c>
       <c r="D831" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E831" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2299</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="H831" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>74</v>
+        <v>294</v>
       </c>
       <c r="D832" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E832" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2299</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="H832" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>77</v>
+        <v>297</v>
       </c>
       <c r="D833" t="s">
-        <v>2505</v>
+        <v>2298</v>
       </c>
       <c r="E833" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2299</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="H833" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="D834" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E834" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F834" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>2568</v>
+        <v>2571</v>
       </c>
       <c r="H834" t="s">
-        <v>2569</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>17</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E835" t="s">
         <v>2570</v>
       </c>
-      <c r="B835" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F835" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>2571</v>
+        <v>2574</v>
       </c>
       <c r="H835" t="s">
-        <v>2572</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="D836" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E836" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F836" t="s">
         <v>68</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="H836" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D837" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E837" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F837" t="s">
-        <v>38</v>
+        <v>2580</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>2577</v>
+        <v>2581</v>
       </c>
       <c r="H837" t="s">
-        <v>2578</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>2579</v>
+        <v>2583</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>95</v>
+        <v>28</v>
       </c>
       <c r="D838" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E838" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F838" t="s">
-        <v>2516</v>
+        <v>68</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="H838" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>2582</v>
+        <v>2586</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="D839" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E839" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F839" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>2583</v>
+        <v>2587</v>
       </c>
       <c r="H839" t="s">
-        <v>2584</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>2585</v>
+        <v>2589</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
       <c r="D840" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E840" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F840" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>2586</v>
+        <v>2590</v>
       </c>
       <c r="H840" t="s">
-        <v>2587</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>2588</v>
+        <v>2592</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="D841" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E841" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F841" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>2589</v>
+        <v>2593</v>
       </c>
       <c r="H841" t="s">
-        <v>2590</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>2591</v>
+        <v>2595</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="D842" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E842" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F842" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>2592</v>
+        <v>2596</v>
       </c>
       <c r="H842" t="s">
-        <v>2593</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>2594</v>
+        <v>2598</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="D843" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E843" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F843" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>2595</v>
+        <v>2599</v>
       </c>
       <c r="H843" t="s">
-        <v>2596</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>2597</v>
+        <v>2601</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="D844" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E844" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F844" t="s">
         <v>108</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>2598</v>
+        <v>2602</v>
       </c>
       <c r="H844" t="s">
-        <v>2599</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>2600</v>
+        <v>2604</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>117</v>
+        <v>50</v>
       </c>
       <c r="D845" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E845" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F845" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>2601</v>
+        <v>2605</v>
       </c>
       <c r="H845" t="s">
-        <v>2602</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>2603</v>
+        <v>2607</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>121</v>
+        <v>54</v>
       </c>
       <c r="D846" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E846" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F846" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>2604</v>
+        <v>2608</v>
       </c>
       <c r="H846" t="s">
-        <v>2605</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>2606</v>
+        <v>2610</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="D847" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E847" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F847" t="s">
         <v>38</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>2607</v>
+        <v>2611</v>
       </c>
       <c r="H847" t="s">
-        <v>2608</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>2609</v>
+        <v>2613</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D848" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E848" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F848" t="s">
-        <v>38</v>
+        <v>108</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>2610</v>
+        <v>2614</v>
       </c>
       <c r="H848" t="s">
-        <v>2611</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>2612</v>
+        <v>2616</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="D849" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E849" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F849" t="s">
         <v>122</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>2613</v>
+        <v>2617</v>
       </c>
       <c r="H849" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="D850" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E850" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F850" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>2616</v>
+        <v>2620</v>
       </c>
       <c r="H850" t="s">
-        <v>2617</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>2618</v>
+        <v>2622</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="D851" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E851" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F851" t="s">
         <v>108</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="H851" t="s">
-        <v>2620</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>2621</v>
+        <v>2625</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="D852" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E852" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F852" t="s">
-        <v>2622</v>
+        <v>18</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="H852" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="D853" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E853" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F853" t="s">
         <v>108</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="H853" t="s">
-        <v>2627</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>2628</v>
+        <v>2631</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="D854" t="s">
-        <v>2505</v>
+        <v>2569</v>
       </c>
       <c r="E854" t="s">
-        <v>2506</v>
+        <v>2570</v>
       </c>
       <c r="F854" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>2629</v>
+        <v>2632</v>
       </c>
       <c r="H854" t="s">
-        <v>2630</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>2631</v>
+        <v>2634</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="D855" t="s">
-        <v>2632</v>
+        <v>2569</v>
       </c>
       <c r="E855" t="s">
-        <v>2633</v>
+        <v>2570</v>
       </c>
       <c r="F855" t="s">
-        <v>2516</v>
+        <v>18</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="H855" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="D856" t="s">
-        <v>2632</v>
+        <v>2569</v>
       </c>
       <c r="E856" t="s">
-        <v>2633</v>
+        <v>2570</v>
       </c>
       <c r="F856" t="s">
-        <v>2516</v>
+        <v>68</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="H856" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="D857" t="s">
-        <v>2632</v>
+        <v>2569</v>
       </c>
       <c r="E857" t="s">
-        <v>2633</v>
+        <v>2570</v>
       </c>
       <c r="F857" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="H857" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="D858" t="s">
-        <v>2643</v>
+        <v>2569</v>
       </c>
       <c r="E858" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F858" t="s">
+        <v>2580</v>
+      </c>
+      <c r="G858" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="F858" t="s">
+      <c r="H858" t="s">
         <v>2645</v>
-      </c>
-[...4 lines deleted...]
-        <v>2647</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>98</v>
+      </c>
+      <c r="D859" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E859" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F859" t="s">
+        <v>81</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="H859" t="s">
         <v>2648</v>
-      </c>
-[...19 lines deleted...]
-        <v>2652</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>2653</v>
+        <v>2649</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="D860" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E860" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F860" t="s">
+        <v>108</v>
+      </c>
+      <c r="G860" s="1" t="s">
         <v>2650</v>
       </c>
-      <c r="F860" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H860" t="s">
-        <v>2655</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>2656</v>
+        <v>2652</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="D861" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E861" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F861" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>14</v>
+        <v>2653</v>
       </c>
       <c r="H861" t="s">
-        <v>2657</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>2658</v>
+        <v>2655</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="D862" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E862" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F862" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>14</v>
+        <v>2656</v>
       </c>
       <c r="H862" t="s">
-        <v>2659</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>111</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E863" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F863" t="s">
+        <v>122</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>2659</v>
+      </c>
+      <c r="H863" t="s">
         <v>2660</v>
-      </c>
-[...19 lines deleted...]
-        <v>2661</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>114</v>
+      </c>
+      <c r="D864" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E864" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F864" t="s">
+        <v>108</v>
+      </c>
+      <c r="G864" s="1" t="s">
         <v>2662</v>
       </c>
-      <c r="B864" t="s">
-[...11 lines deleted...]
-      <c r="F864" t="s">
+      <c r="H864" t="s">
         <v>2663</v>
-      </c>
-[...4 lines deleted...]
-        <v>2664</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>117</v>
+      </c>
+      <c r="D865" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E865" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F865" t="s">
+        <v>92</v>
+      </c>
+      <c r="G865" s="1" t="s">
         <v>2665</v>
-      </c>
-[...16 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H865" t="s">
         <v>2666</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
         <v>2667</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="D866" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E866" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F866" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>14</v>
+        <v>2668</v>
       </c>
       <c r="H866" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>2669</v>
+        <v>2670</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>41</v>
+        <v>125</v>
       </c>
       <c r="D867" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E867" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F867" t="s">
-        <v>92</v>
+        <v>38</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>14</v>
+        <v>2671</v>
       </c>
       <c r="H867" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="D868" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E868" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F868" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>14</v>
+        <v>2674</v>
       </c>
       <c r="H868" t="s">
-        <v>2672</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>2673</v>
+        <v>2676</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>47</v>
+        <v>131</v>
       </c>
       <c r="D869" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E869" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F869" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>14</v>
+        <v>2677</v>
       </c>
       <c r="H869" t="s">
-        <v>2674</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>2675</v>
+        <v>2679</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>50</v>
+        <v>134</v>
       </c>
       <c r="D870" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E870" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F870" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>14</v>
+        <v>2680</v>
       </c>
       <c r="H870" t="s">
-        <v>2676</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>2677</v>
+        <v>2682</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>54</v>
+        <v>137</v>
       </c>
       <c r="D871" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E871" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F871" t="s">
         <v>108</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>14</v>
+        <v>2683</v>
       </c>
       <c r="H871" t="s">
-        <v>2678</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>2679</v>
+        <v>2685</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>58</v>
+        <v>140</v>
       </c>
       <c r="D872" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E872" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F872" t="s">
-        <v>108</v>
+        <v>2686</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>14</v>
+        <v>2687</v>
       </c>
       <c r="H872" t="s">
-        <v>2680</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>2681</v>
+        <v>2689</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>61</v>
+        <v>143</v>
       </c>
       <c r="D873" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E873" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F873" t="s">
         <v>108</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>14</v>
+        <v>2690</v>
       </c>
       <c r="H873" t="s">
-        <v>2682</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>2683</v>
+        <v>2692</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>64</v>
+        <v>146</v>
       </c>
       <c r="D874" t="s">
-        <v>2649</v>
+        <v>2569</v>
       </c>
       <c r="E874" t="s">
-        <v>2650</v>
+        <v>2570</v>
       </c>
       <c r="F874" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>14</v>
+        <v>2693</v>
       </c>
       <c r="H874" t="s">
-        <v>2684</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>2685</v>
+        <v>2695</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="D875" t="s">
-        <v>2649</v>
+        <v>2696</v>
       </c>
       <c r="E875" t="s">
-        <v>2650</v>
+        <v>2697</v>
       </c>
       <c r="F875" t="s">
-        <v>68</v>
+        <v>2580</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>14</v>
+        <v>2698</v>
       </c>
       <c r="H875" t="s">
-        <v>2686</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>2687</v>
+        <v>2700</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="D876" t="s">
-        <v>2649</v>
+        <v>2696</v>
       </c>
       <c r="E876" t="s">
-        <v>2650</v>
+        <v>2697</v>
       </c>
       <c r="F876" t="s">
-        <v>108</v>
+        <v>2580</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>14</v>
+        <v>2701</v>
       </c>
       <c r="H876" t="s">
-        <v>2688</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>2689</v>
+        <v>2703</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="D877" t="s">
-        <v>2649</v>
+        <v>2696</v>
       </c>
       <c r="E877" t="s">
-        <v>2650</v>
+        <v>2697</v>
       </c>
       <c r="F877" t="s">
-        <v>2690</v>
+        <v>108</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>14</v>
+        <v>2704</v>
       </c>
       <c r="H877" t="s">
-        <v>2691</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>2692</v>
+        <v>2706</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="D878" t="s">
-        <v>2649</v>
+        <v>2707</v>
       </c>
       <c r="E878" t="s">
-        <v>2650</v>
+        <v>2708</v>
       </c>
       <c r="F878" t="s">
-        <v>285</v>
+        <v>2709</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>14</v>
+        <v>2710</v>
       </c>
       <c r="H878" t="s">
-        <v>2693</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>2694</v>
+        <v>2712</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="D879" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E879" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F879" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="G879" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H879" t="s">
-        <v>2696</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>2697</v>
+        <v>2717</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="D880" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E880" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F880" t="s">
-        <v>68</v>
+        <v>2718</v>
       </c>
       <c r="G880" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H880" t="s">
-        <v>2698</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>2699</v>
+        <v>2720</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="D881" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E881" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F881" t="s">
         <v>68</v>
       </c>
       <c r="G881" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H881" t="s">
-        <v>2700</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>2701</v>
+        <v>2722</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D882" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E882" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F882" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="G882" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H882" t="s">
-        <v>2702</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>95</v>
+        <v>28</v>
       </c>
       <c r="D883" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E883" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F883" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="G883" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H883" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="D884" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E884" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F884" t="s">
-        <v>18</v>
+        <v>2727</v>
       </c>
       <c r="G884" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H884" t="s">
-        <v>2706</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>2707</v>
+        <v>2729</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
       <c r="D885" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E885" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F885" t="s">
-        <v>2708</v>
+        <v>88</v>
       </c>
       <c r="G885" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H885" t="s">
-        <v>2709</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>2710</v>
+        <v>2731</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="D886" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E886" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F886" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="G886" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H886" t="s">
-        <v>2711</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>2712</v>
+        <v>2733</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="D887" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E887" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F887" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="G887" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H887" t="s">
-        <v>2713</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>44</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E888" t="s">
         <v>2714</v>
       </c>
-      <c r="B888" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F888" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="G888" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H888" t="s">
-        <v>2715</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>2716</v>
+        <v>2737</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="D889" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E889" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F889" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="G889" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H889" t="s">
-        <v>2717</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>2718</v>
+        <v>2739</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>117</v>
+        <v>50</v>
       </c>
       <c r="D890" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E890" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F890" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="G890" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H890" t="s">
-        <v>2719</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>2720</v>
+        <v>2741</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>121</v>
+        <v>54</v>
       </c>
       <c r="D891" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E891" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F891" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="G891" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H891" t="s">
-        <v>2721</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>2722</v>
+        <v>2743</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="D892" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E892" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F892" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="G892" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H892" t="s">
-        <v>2723</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>2724</v>
+        <v>2745</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D893" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E893" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F893" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="G893" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H893" t="s">
-        <v>2725</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>2726</v>
+        <v>2747</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="D894" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E894" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F894" t="s">
         <v>88</v>
       </c>
       <c r="G894" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H894" t="s">
-        <v>2727</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>2728</v>
+        <v>2749</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="D895" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E895" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F895" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="G895" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H895" t="s">
-        <v>2729</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>2730</v>
+        <v>2751</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="D896" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E896" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F896" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="G896" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H896" t="s">
-        <v>2731</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>2732</v>
+        <v>2753</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="D897" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E897" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F897" t="s">
-        <v>25</v>
+        <v>2754</v>
       </c>
       <c r="G897" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H897" t="s">
-        <v>2733</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>2734</v>
+        <v>2756</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="D898" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E898" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F898" t="s">
-        <v>25</v>
+        <v>285</v>
       </c>
       <c r="G898" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H898" t="s">
-        <v>2735</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>2736</v>
+        <v>2758</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="D899" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E899" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F899" t="s">
-        <v>92</v>
+        <v>2759</v>
       </c>
       <c r="G899" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H899" t="s">
-        <v>2737</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>2738</v>
+        <v>2761</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>149</v>
+        <v>84</v>
       </c>
       <c r="D900" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E900" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F900" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="G900" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H900" t="s">
-        <v>2739</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>2740</v>
+        <v>2763</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>152</v>
+        <v>87</v>
       </c>
       <c r="D901" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E901" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F901" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="G901" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H901" t="s">
-        <v>2741</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>2742</v>
+        <v>2765</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>155</v>
+        <v>91</v>
       </c>
       <c r="D902" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E902" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F902" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="G902" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H902" t="s">
-        <v>2743</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>2744</v>
+        <v>2767</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="D903" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E903" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F903" t="s">
         <v>108</v>
       </c>
       <c r="G903" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H903" t="s">
-        <v>2745</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>2746</v>
+        <v>2769</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>161</v>
+        <v>98</v>
       </c>
       <c r="D904" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E904" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F904" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G904" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H904" t="s">
-        <v>2747</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>2748</v>
+        <v>2771</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>164</v>
+        <v>101</v>
       </c>
       <c r="D905" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E905" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F905" t="s">
-        <v>18</v>
+        <v>2772</v>
       </c>
       <c r="G905" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H905" t="s">
-        <v>2749</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>2750</v>
+        <v>2774</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>167</v>
+        <v>104</v>
       </c>
       <c r="D906" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E906" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F906" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="G906" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H906" t="s">
-        <v>2751</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>2752</v>
+        <v>2776</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>170</v>
+        <v>107</v>
       </c>
       <c r="D907" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E907" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F907" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="G907" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H907" t="s">
-        <v>2753</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>2754</v>
+        <v>2778</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>173</v>
+        <v>111</v>
       </c>
       <c r="D908" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E908" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F908" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="G908" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H908" t="s">
-        <v>2755</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
-        <v>2756</v>
+        <v>2780</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>176</v>
+        <v>114</v>
       </c>
       <c r="D909" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E909" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F909" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G909" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H909" t="s">
-        <v>2757</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
-        <v>2758</v>
+        <v>2782</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>179</v>
+        <v>117</v>
       </c>
       <c r="D910" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E910" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F910" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="G910" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H910" t="s">
-        <v>2759</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>2760</v>
+        <v>2784</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>182</v>
+        <v>121</v>
       </c>
       <c r="D911" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E911" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F911" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="G911" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H911" t="s">
-        <v>2761</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
-        <v>2762</v>
+        <v>2786</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>185</v>
+        <v>125</v>
       </c>
       <c r="D912" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E912" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F912" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="G912" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H912" t="s">
-        <v>2763</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
-        <v>2764</v>
+        <v>2788</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>188</v>
+        <v>128</v>
       </c>
       <c r="D913" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E913" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F913" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="G913" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H913" t="s">
-        <v>2765</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>2766</v>
+        <v>2790</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>191</v>
+        <v>131</v>
       </c>
       <c r="D914" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E914" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F914" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="G914" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H914" t="s">
-        <v>2767</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>2768</v>
+        <v>2792</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>194</v>
+        <v>134</v>
       </c>
       <c r="D915" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E915" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F915" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G915" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H915" t="s">
-        <v>2769</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
-        <v>2770</v>
+        <v>2794</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>197</v>
+        <v>137</v>
       </c>
       <c r="D916" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E916" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F916" t="s">
-        <v>1522</v>
+        <v>25</v>
       </c>
       <c r="G916" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H916" t="s">
-        <v>2771</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
-        <v>2772</v>
+        <v>2796</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>200</v>
+        <v>140</v>
       </c>
       <c r="D917" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E917" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F917" t="s">
         <v>25</v>
       </c>
       <c r="G917" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H917" t="s">
-        <v>2773</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
-        <v>2774</v>
+        <v>2798</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>203</v>
+        <v>143</v>
       </c>
       <c r="D918" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E918" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F918" t="s">
         <v>25</v>
       </c>
       <c r="G918" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H918" t="s">
-        <v>2775</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>2776</v>
+        <v>2800</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>206</v>
+        <v>146</v>
       </c>
       <c r="D919" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E919" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F919" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="G919" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H919" t="s">
-        <v>2777</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>2778</v>
+        <v>2802</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>209</v>
+        <v>149</v>
       </c>
       <c r="D920" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E920" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F920" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="G920" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H920" t="s">
-        <v>2779</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>2780</v>
+        <v>2804</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>212</v>
+        <v>152</v>
       </c>
       <c r="D921" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E921" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F921" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="G921" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H921" t="s">
-        <v>2781</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>2782</v>
+        <v>2806</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>215</v>
+        <v>155</v>
       </c>
       <c r="D922" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E922" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F922" t="s">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="G922" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H922" t="s">
-        <v>2783</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>2784</v>
+        <v>2808</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>218</v>
+        <v>158</v>
       </c>
       <c r="D923" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E923" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F923" t="s">
         <v>108</v>
       </c>
       <c r="G923" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H923" t="s">
-        <v>2785</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>2786</v>
+        <v>2810</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
-        <v>221</v>
+        <v>161</v>
       </c>
       <c r="D924" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E924" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F924" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="G924" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H924" t="s">
-        <v>2787</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>2788</v>
+        <v>2812</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
-        <v>224</v>
+        <v>164</v>
       </c>
       <c r="D925" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E925" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F925" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="G925" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H925" t="s">
-        <v>2789</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>2790</v>
+        <v>2814</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>227</v>
+        <v>167</v>
       </c>
       <c r="D926" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E926" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F926" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="G926" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H926" t="s">
-        <v>2791</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>2792</v>
+        <v>2816</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>230</v>
+        <v>170</v>
       </c>
       <c r="D927" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E927" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F927" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G927" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H927" t="s">
-        <v>2793</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>2794</v>
+        <v>2818</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="D928" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E928" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F928" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="G928" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H928" t="s">
-        <v>2795</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>2796</v>
+        <v>2820</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
-        <v>236</v>
+        <v>176</v>
       </c>
       <c r="D929" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E929" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F929" t="s">
-        <v>2708</v>
+        <v>25</v>
       </c>
       <c r="G929" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H929" t="s">
-        <v>2797</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>2798</v>
+        <v>2822</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="D930" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E930" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F930" t="s">
-        <v>883</v>
+        <v>25</v>
       </c>
       <c r="G930" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H930" t="s">
-        <v>2799</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>2800</v>
+        <v>2824</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>242</v>
+        <v>182</v>
       </c>
       <c r="D931" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E931" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F931" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="G931" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H931" t="s">
-        <v>2801</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>2802</v>
+        <v>2826</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
-        <v>245</v>
+        <v>185</v>
       </c>
       <c r="D932" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E932" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F932" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="G932" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H932" t="s">
-        <v>2803</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>2804</v>
+        <v>2828</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
-        <v>248</v>
+        <v>188</v>
       </c>
       <c r="D933" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E933" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F933" t="s">
         <v>108</v>
       </c>
       <c r="G933" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H933" t="s">
-        <v>2805</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
-        <v>2806</v>
+        <v>2830</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
-        <v>251</v>
+        <v>191</v>
       </c>
       <c r="D934" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E934" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F934" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="G934" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H934" t="s">
-        <v>2807</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>2808</v>
+        <v>2832</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>254</v>
+        <v>194</v>
       </c>
       <c r="D935" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E935" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F935" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="G935" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H935" t="s">
-        <v>2809</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>2810</v>
+        <v>2834</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
-        <v>257</v>
+        <v>197</v>
       </c>
       <c r="D936" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E936" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F936" t="s">
-        <v>108</v>
+        <v>1522</v>
       </c>
       <c r="G936" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H936" t="s">
-        <v>2811</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
-        <v>2812</v>
+        <v>2836</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
-        <v>260</v>
+        <v>200</v>
       </c>
       <c r="D937" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E937" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F937" t="s">
         <v>25</v>
       </c>
       <c r="G937" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H937" t="s">
-        <v>2813</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>2814</v>
+        <v>2838</v>
       </c>
       <c r="B938" t="s">
         <v>9</v>
       </c>
       <c r="C938" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="D938" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E938" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F938" t="s">
         <v>25</v>
       </c>
       <c r="G938" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H938" t="s">
-        <v>2815</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>2816</v>
+        <v>2840</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
-        <v>266</v>
+        <v>206</v>
       </c>
       <c r="D939" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E939" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F939" t="s">
         <v>25</v>
       </c>
       <c r="G939" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H939" t="s">
-        <v>2817</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
-        <v>2818</v>
+        <v>2842</v>
       </c>
       <c r="B940" t="s">
         <v>9</v>
       </c>
       <c r="C940" t="s">
-        <v>269</v>
+        <v>209</v>
       </c>
       <c r="D940" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E940" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F940" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="G940" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H940" t="s">
-        <v>2819</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
-        <v>2820</v>
+        <v>2844</v>
       </c>
       <c r="B941" t="s">
         <v>9</v>
       </c>
       <c r="C941" t="s">
-        <v>272</v>
+        <v>212</v>
       </c>
       <c r="D941" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E941" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F941" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="G941" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H941" t="s">
-        <v>2821</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
-        <v>2822</v>
+        <v>2846</v>
       </c>
       <c r="B942" t="s">
         <v>9</v>
       </c>
       <c r="C942" t="s">
-        <v>275</v>
+        <v>215</v>
       </c>
       <c r="D942" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E942" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F942" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="G942" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H942" t="s">
-        <v>2823</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
-        <v>2824</v>
+        <v>2848</v>
       </c>
       <c r="B943" t="s">
         <v>9</v>
       </c>
       <c r="C943" t="s">
-        <v>278</v>
+        <v>218</v>
       </c>
       <c r="D943" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E943" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F943" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="G943" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H943" t="s">
-        <v>2825</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
-        <v>2826</v>
+        <v>2850</v>
       </c>
       <c r="B944" t="s">
         <v>9</v>
       </c>
       <c r="C944" t="s">
-        <v>281</v>
+        <v>221</v>
       </c>
       <c r="D944" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E944" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F944" t="s">
         <v>25</v>
       </c>
       <c r="G944" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H944" t="s">
-        <v>2827</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
-        <v>2828</v>
+        <v>2852</v>
       </c>
       <c r="B945" t="s">
         <v>9</v>
       </c>
       <c r="C945" t="s">
-        <v>284</v>
+        <v>224</v>
       </c>
       <c r="D945" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E945" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F945" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="G945" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H945" t="s">
-        <v>2829</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
-        <v>2830</v>
+        <v>2854</v>
       </c>
       <c r="B946" t="s">
         <v>9</v>
       </c>
       <c r="C946" t="s">
-        <v>288</v>
+        <v>227</v>
       </c>
       <c r="D946" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E946" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F946" t="s">
         <v>25</v>
       </c>
       <c r="G946" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H946" t="s">
-        <v>2827</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
-        <v>2831</v>
+        <v>2856</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
-        <v>291</v>
+        <v>230</v>
       </c>
       <c r="D947" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E947" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F947" t="s">
         <v>25</v>
       </c>
       <c r="G947" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H947" t="s">
-        <v>2829</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
-        <v>2832</v>
+        <v>2858</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
-        <v>294</v>
+        <v>233</v>
       </c>
       <c r="D948" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E948" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F948" t="s">
         <v>25</v>
       </c>
       <c r="G948" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H948" t="s">
-        <v>2833</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
-        <v>2834</v>
+        <v>2860</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
-        <v>297</v>
+        <v>236</v>
       </c>
       <c r="D949" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E949" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F949" t="s">
-        <v>25</v>
+        <v>2772</v>
       </c>
       <c r="G949" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H949" t="s">
-        <v>2835</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
-        <v>2836</v>
+        <v>2862</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
-        <v>300</v>
+        <v>239</v>
       </c>
       <c r="D950" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E950" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F950" t="s">
-        <v>92</v>
+        <v>883</v>
       </c>
       <c r="G950" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H950" t="s">
-        <v>2837</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
-        <v>2838</v>
+        <v>2864</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
-        <v>303</v>
+        <v>242</v>
       </c>
       <c r="D951" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E951" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F951" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="G951" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H951" t="s">
-        <v>2839</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
-        <v>2840</v>
+        <v>2866</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
-        <v>306</v>
+        <v>245</v>
       </c>
       <c r="D952" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E952" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F952" t="s">
         <v>25</v>
       </c>
       <c r="G952" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H952" t="s">
-        <v>2841</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
-        <v>2842</v>
+        <v>2868</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
-        <v>309</v>
+        <v>248</v>
       </c>
       <c r="D953" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E953" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F953" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="G953" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H953" t="s">
-        <v>2843</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
-        <v>2844</v>
+        <v>2870</v>
       </c>
       <c r="B954" t="s">
         <v>9</v>
       </c>
       <c r="C954" t="s">
-        <v>312</v>
+        <v>251</v>
       </c>
       <c r="D954" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E954" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F954" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="G954" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H954" t="s">
-        <v>2845</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
-        <v>2846</v>
+        <v>2872</v>
       </c>
       <c r="B955" t="s">
         <v>9</v>
       </c>
       <c r="C955" t="s">
-        <v>315</v>
+        <v>254</v>
       </c>
       <c r="D955" t="s">
-        <v>2649</v>
+        <v>2713</v>
       </c>
       <c r="E955" t="s">
-        <v>2650</v>
+        <v>2714</v>
       </c>
       <c r="F955" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="G955" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H955" t="s">
-        <v>2847</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
-        <v>2848</v>
+        <v>2874</v>
       </c>
       <c r="B956" t="s">
         <v>9</v>
       </c>
       <c r="C956" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="D956" t="s">
-        <v>2849</v>
+        <v>2713</v>
       </c>
       <c r="E956" t="s">
-        <v>2850</v>
+        <v>2714</v>
+      </c>
+      <c r="F956" t="s">
+        <v>108</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>2851</v>
+        <v>14</v>
       </c>
       <c r="H956" t="s">
-        <v>2852</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
-        <v>2853</v>
+        <v>2876</v>
       </c>
       <c r="B957" t="s">
         <v>9</v>
       </c>
       <c r="C957" t="s">
-        <v>17</v>
+        <v>260</v>
       </c>
       <c r="D957" t="s">
-        <v>2849</v>
+        <v>2713</v>
       </c>
       <c r="E957" t="s">
-        <v>2850</v>
+        <v>2714</v>
       </c>
       <c r="F957" t="s">
-        <v>2162</v>
+        <v>25</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>2854</v>
+        <v>14</v>
       </c>
       <c r="H957" t="s">
-        <v>2855</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>2856</v>
+        <v>2878</v>
       </c>
       <c r="B958" t="s">
         <v>9</v>
       </c>
       <c r="C958" t="s">
-        <v>10</v>
+        <v>263</v>
       </c>
       <c r="D958" t="s">
-        <v>2857</v>
+        <v>2713</v>
       </c>
       <c r="E958" t="s">
-        <v>2858</v>
+        <v>2714</v>
+      </c>
+      <c r="F958" t="s">
+        <v>25</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>2859</v>
+        <v>14</v>
       </c>
       <c r="H958" t="s">
-        <v>2860</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
-        <v>2861</v>
+        <v>2880</v>
       </c>
       <c r="B959" t="s">
         <v>9</v>
       </c>
       <c r="C959" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="D959" t="s">
-        <v>2862</v>
+        <v>2713</v>
       </c>
       <c r="E959" t="s">
-        <v>2863</v>
+        <v>2714</v>
+      </c>
+      <c r="F959" t="s">
+        <v>25</v>
       </c>
       <c r="G959" s="1" t="s">
-        <v>2864</v>
+        <v>14</v>
       </c>
       <c r="H959" t="s">
-        <v>2865</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
-        <v>2866</v>
+        <v>2882</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
+        <v>269</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E960" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F960" t="s">
+        <v>25</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H960" t="s">
+        <v>2883</v>
+      </c>
+    </row>
+    <row r="961" spans="1:8">
+      <c r="A961" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>272</v>
+      </c>
+      <c r="D961" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E961" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F961" t="s">
+        <v>108</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H961" t="s">
+        <v>2885</v>
+      </c>
+    </row>
+    <row r="962" spans="1:8">
+      <c r="A962" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B962" t="s">
+        <v>9</v>
+      </c>
+      <c r="C962" t="s">
+        <v>275</v>
+      </c>
+      <c r="D962" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E962" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F962" t="s">
+        <v>88</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H962" t="s">
+        <v>2887</v>
+      </c>
+    </row>
+    <row r="963" spans="1:8">
+      <c r="A963" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B963" t="s">
+        <v>9</v>
+      </c>
+      <c r="C963" t="s">
+        <v>278</v>
+      </c>
+      <c r="D963" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E963" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F963" t="s">
+        <v>25</v>
+      </c>
+      <c r="G963" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H963" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="964" spans="1:8">
+      <c r="A964" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>281</v>
+      </c>
+      <c r="D964" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E964" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F964" t="s">
+        <v>25</v>
+      </c>
+      <c r="G964" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H964" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="965" spans="1:8">
+      <c r="A965" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B965" t="s">
+        <v>9</v>
+      </c>
+      <c r="C965" t="s">
+        <v>284</v>
+      </c>
+      <c r="D965" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E965" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F965" t="s">
+        <v>25</v>
+      </c>
+      <c r="G965" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H965" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="966" spans="1:8">
+      <c r="A966" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B966" t="s">
+        <v>9</v>
+      </c>
+      <c r="C966" t="s">
+        <v>288</v>
+      </c>
+      <c r="D966" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E966" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F966" t="s">
+        <v>25</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H966" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="967" spans="1:8">
+      <c r="A967" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B967" t="s">
+        <v>9</v>
+      </c>
+      <c r="C967" t="s">
+        <v>291</v>
+      </c>
+      <c r="D967" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E967" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F967" t="s">
+        <v>25</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H967" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="968" spans="1:8">
+      <c r="A968" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B968" t="s">
+        <v>9</v>
+      </c>
+      <c r="C968" t="s">
+        <v>294</v>
+      </c>
+      <c r="D968" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E968" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F968" t="s">
+        <v>25</v>
+      </c>
+      <c r="G968" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H968" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="969" spans="1:8">
+      <c r="A969" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B969" t="s">
+        <v>9</v>
+      </c>
+      <c r="C969" t="s">
+        <v>297</v>
+      </c>
+      <c r="D969" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E969" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F969" t="s">
+        <v>25</v>
+      </c>
+      <c r="G969" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H969" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="970" spans="1:8">
+      <c r="A970" t="s">
+        <v>2900</v>
+      </c>
+      <c r="B970" t="s">
+        <v>9</v>
+      </c>
+      <c r="C970" t="s">
+        <v>300</v>
+      </c>
+      <c r="D970" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E970" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F970" t="s">
+        <v>92</v>
+      </c>
+      <c r="G970" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H970" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="971" spans="1:8">
+      <c r="A971" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B971" t="s">
+        <v>9</v>
+      </c>
+      <c r="C971" t="s">
+        <v>303</v>
+      </c>
+      <c r="D971" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E971" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F971" t="s">
+        <v>92</v>
+      </c>
+      <c r="G971" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H971" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="972" spans="1:8">
+      <c r="A972" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B972" t="s">
+        <v>9</v>
+      </c>
+      <c r="C972" t="s">
+        <v>306</v>
+      </c>
+      <c r="D972" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E972" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F972" t="s">
+        <v>25</v>
+      </c>
+      <c r="G972" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H972" t="s">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="973" spans="1:8">
+      <c r="A973" t="s">
+        <v>2906</v>
+      </c>
+      <c r="B973" t="s">
+        <v>9</v>
+      </c>
+      <c r="C973" t="s">
+        <v>309</v>
+      </c>
+      <c r="D973" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E973" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F973" t="s">
+        <v>25</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H973" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="974" spans="1:8">
+      <c r="A974" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B974" t="s">
+        <v>9</v>
+      </c>
+      <c r="C974" t="s">
+        <v>312</v>
+      </c>
+      <c r="D974" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E974" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F974" t="s">
+        <v>25</v>
+      </c>
+      <c r="G974" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H974" t="s">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="975" spans="1:8">
+      <c r="A975" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B975" t="s">
+        <v>9</v>
+      </c>
+      <c r="C975" t="s">
+        <v>315</v>
+      </c>
+      <c r="D975" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E975" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F975" t="s">
+        <v>25</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H975" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="976" spans="1:8">
+      <c r="A976" t="s">
+        <v>2912</v>
+      </c>
+      <c r="B976" t="s">
+        <v>9</v>
+      </c>
+      <c r="C976" t="s">
+        <v>318</v>
+      </c>
+      <c r="D976" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E976" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F976" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H976" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="977" spans="1:8">
+      <c r="A977" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B977" t="s">
+        <v>9</v>
+      </c>
+      <c r="C977" t="s">
+        <v>321</v>
+      </c>
+      <c r="D977" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E977" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F977" t="s">
+        <v>25</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H977" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="978" spans="1:8">
+      <c r="A978" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B978" t="s">
+        <v>9</v>
+      </c>
+      <c r="C978" t="s">
+        <v>324</v>
+      </c>
+      <c r="D978" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E978" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F978" t="s">
+        <v>25</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H978" t="s">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="979" spans="1:8">
+      <c r="A979" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B979" t="s">
+        <v>9</v>
+      </c>
+      <c r="C979" t="s">
         <v>10</v>
       </c>
-      <c r="D960" t="s">
-[...9 lines deleted...]
-        <v>2870</v>
+      <c r="D979" t="s">
+        <v>2919</v>
+      </c>
+      <c r="E979" t="s">
+        <v>2920</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H979" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="980" spans="1:8">
+      <c r="A980" t="s">
+        <v>2923</v>
+      </c>
+      <c r="B980" t="s">
+        <v>9</v>
+      </c>
+      <c r="C980" t="s">
+        <v>17</v>
+      </c>
+      <c r="D980" t="s">
+        <v>2919</v>
+      </c>
+      <c r="E980" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F980" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H980" t="s">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="981" spans="1:8">
+      <c r="A981" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B981" t="s">
+        <v>9</v>
+      </c>
+      <c r="C981" t="s">
+        <v>10</v>
+      </c>
+      <c r="D981" t="s">
+        <v>2927</v>
+      </c>
+      <c r="E981" t="s">
+        <v>2928</v>
+      </c>
+      <c r="G981" s="1" t="s">
+        <v>2929</v>
+      </c>
+      <c r="H981" t="s">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="982" spans="1:8">
+      <c r="A982" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B982" t="s">
+        <v>9</v>
+      </c>
+      <c r="C982" t="s">
+        <v>10</v>
+      </c>
+      <c r="D982" t="s">
+        <v>2932</v>
+      </c>
+      <c r="E982" t="s">
+        <v>2933</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="H982" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="983" spans="1:8">
+      <c r="A983" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B983" t="s">
+        <v>9</v>
+      </c>
+      <c r="C983" t="s">
+        <v>10</v>
+      </c>
+      <c r="D983" t="s">
+        <v>2937</v>
+      </c>
+      <c r="E983" t="s">
+        <v>2938</v>
+      </c>
+      <c r="G983" s="1" t="s">
+        <v>2939</v>
+      </c>
+      <c r="H983" t="s">
+        <v>2940</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -34637,50 +35442,73 @@
     <hyperlink ref="G936" r:id="rId935"/>
     <hyperlink ref="G937" r:id="rId936"/>
     <hyperlink ref="G938" r:id="rId937"/>
     <hyperlink ref="G939" r:id="rId938"/>
     <hyperlink ref="G940" r:id="rId939"/>
     <hyperlink ref="G941" r:id="rId940"/>
     <hyperlink ref="G942" r:id="rId941"/>
     <hyperlink ref="G943" r:id="rId942"/>
     <hyperlink ref="G944" r:id="rId943"/>
     <hyperlink ref="G945" r:id="rId944"/>
     <hyperlink ref="G946" r:id="rId945"/>
     <hyperlink ref="G947" r:id="rId946"/>
     <hyperlink ref="G948" r:id="rId947"/>
     <hyperlink ref="G949" r:id="rId948"/>
     <hyperlink ref="G950" r:id="rId949"/>
     <hyperlink ref="G951" r:id="rId950"/>
     <hyperlink ref="G952" r:id="rId951"/>
     <hyperlink ref="G953" r:id="rId952"/>
     <hyperlink ref="G954" r:id="rId953"/>
     <hyperlink ref="G955" r:id="rId954"/>
     <hyperlink ref="G956" r:id="rId955"/>
     <hyperlink ref="G957" r:id="rId956"/>
     <hyperlink ref="G958" r:id="rId957"/>
     <hyperlink ref="G959" r:id="rId958"/>
     <hyperlink ref="G960" r:id="rId959"/>
+    <hyperlink ref="G961" r:id="rId960"/>
+    <hyperlink ref="G962" r:id="rId961"/>
+    <hyperlink ref="G963" r:id="rId962"/>
+    <hyperlink ref="G964" r:id="rId963"/>
+    <hyperlink ref="G965" r:id="rId964"/>
+    <hyperlink ref="G966" r:id="rId965"/>
+    <hyperlink ref="G967" r:id="rId966"/>
+    <hyperlink ref="G968" r:id="rId967"/>
+    <hyperlink ref="G969" r:id="rId968"/>
+    <hyperlink ref="G970" r:id="rId969"/>
+    <hyperlink ref="G971" r:id="rId970"/>
+    <hyperlink ref="G972" r:id="rId971"/>
+    <hyperlink ref="G973" r:id="rId972"/>
+    <hyperlink ref="G974" r:id="rId973"/>
+    <hyperlink ref="G975" r:id="rId974"/>
+    <hyperlink ref="G976" r:id="rId975"/>
+    <hyperlink ref="G977" r:id="rId976"/>
+    <hyperlink ref="G978" r:id="rId977"/>
+    <hyperlink ref="G979" r:id="rId978"/>
+    <hyperlink ref="G980" r:id="rId979"/>
+    <hyperlink ref="G981" r:id="rId980"/>
+    <hyperlink ref="G982" r:id="rId981"/>
+    <hyperlink ref="G983" r:id="rId982"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>