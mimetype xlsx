--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CEZAR BATATINHA, NATO KFFURI, SELMO FISIOTERAPEUTA, SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/</t>
+    <t>http://sapl.irati.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo o encaminhamento, o mais breve possível, de Projeto de Lei prevendo a concessão de reposição salarial sobre os vencimentos dos funcionários públicos municipais, considerando que, conforme Lei Municipal nº 5.008, desde 2023, o mês de janeiro é a data-base para que o Executivo Municipal realize a revisão geral anual, prevista no art. 37, inciso X da Constituição Federal. Além disso, sugere-se que sejam realizados estudos para verificar e suprir eventuais defasagens nos vencimentos de cada categoria, garantindo uma remuneração justa e compatível com a responsabilidade e o empenho de todos os profissionais que atuam na Administração Pública.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>HELIO DE MELLO</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de esforços e, se necessário encaminhamento de Projeto de Lei, para aquisição de maquinários, como patrola, retroescavadeira, rolo e caminhões, para atenderem às necessidades das comunidades do interior com relação à manutenção das estradas rurais, pois a demanda é grande e, atualmente, a frota é insuficiente para bem atender os nossos agricultores.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado um convite, mediante ofício, ao Excelentíssimo Senhor Prefeito Municipal, Emiliano Augusto Rocha Gomes, a fim de que compareça a esta Casa de Leis para fazer uso da Tribuna Popular, na próxima Sessão Ordinária, a ser realizada no dia 18 de fevereiro, com o intuito de discorrer sobre seu Plano de Governo e as ações já realizadas no primeiro mês de gestão.</t>
   </si>
@@ -6670,1553 +6670,1553 @@
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, TERE</t>
   </si>
   <si>
     <t>Apresentaram Indicação solicitando que seja enviado ofício ao Executivo Municipal, a realização de manutenção urgente na estrada da Fazenda Banestado, próximo à Polícia Federal no Km 246, à esquerda. São cerca de dois quilômetros que necessitam de cascalhamento, pois a via encontra-se em estado precário de conservação. Um abaixo assinado com 90 assinaturas de produtores rurais já foi encaminhado à Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, HELIO DE MELLO, SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 124 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS à Desenhista THAÍS MARIA CROVADOR.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>TERE, HELIO DE MELLO, MARCELO DUDA, PROFESSORA SILVANA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À Professora IDANA CRISTINA MENON.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>HELIO DE MELLO, MARCELO DUDA, SELMO FISIOTERAPEUTA, SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao CLUBE DE TIRO IRATI.</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>SYBIL DIETRICH, HELIO DE MELLO, MARCELO DUDA, SELMO FISIOTERAPEUTA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À INSTITUIÇÃO DE LONGA PERMANÊNCIA PARA IDOSOS SANTA RITA.</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao CAMPUS IRATI DO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA DO PARANÁ.</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À MARIA JÚLLIA DOS SANTOS, CARINHOSAMENTE CONHECIDA COMO “PIPOCA”.</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
     <t>SYBIL DIETRICH, HELIO DE MELLO, MARCELO DUDA, NATO KFFURI</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao GRUPO MUZENZA – IRATI-PR.</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À MARIA GABRIELA LIMA FRITOLA – SENSEI MAGA.</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
     <t>PROFESSORA SILVANA, JOÃO LEUCH, SELMO FISIOTERAPEUTA, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À FANFARRA DA GUARDA MIRIM DE IRATI.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>SYBIL DIETRICH, JOÃO LEUCH, MARCELO DUDA, SELMO FISIOTERAPEUTA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao GRUPO DE SERESTAS IRATI.</t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, JOÃO LEUCH, NEGO JACUMASSO, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À Piloto EMILY VITÓRIA MARTINS PINTO.</t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, MARCELO DUDA, SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: À Atleta do Tiro Esportivo VANESSA MARTINS DE CASTRO.</t>
   </si>
   <si>
     <t>5488</t>
   </si>
   <si>
     <t>MARCELO DUDA, CEZAR BATATINHA, SELMO FISIOTERAPEUTA, SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao grupo ANTIGOS IRATI.</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
     <t>TERE, JOÃO LEUCH, PROFESSORA SILVANA, SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao Maestro WELLINGTON DA COSTA GONÇALVES.</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
     <t>TERE, CEZAR BATATINHA, NATO KFFURI, SELMO FISIOTERAPEUTA</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao Coral GAUDEAMUS IN DOMINO.</t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
     <t>CEZAR BATATINHA, DR. JOÃO HENRIQUE, MARCELO DUDA, NEGO JACUMASSO</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no art. 164 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS: Ao Atleta ANDRÉ STROPARO DYNIEWICZ.</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
     <t>OFD</t>
   </si>
   <si>
     <t>Ofício recebido de Diversos</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf</t>
   </si>
   <si>
     <t>O Sr. Jeff Reinholds encaminha denúncia formal com narrativa investigativa sobre irregularidades graves no uso de veículos públicos de Irati.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>OFE</t>
   </si>
   <si>
     <t>Ofício Recebido do  Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf</t>
   </si>
   <si>
     <t>Ofício nº 131/2025 – Encaminha resposta referente a solicitação de informações sobre Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf</t>
   </si>
   <si>
     <t>Ofício nº 132/2025 – Encaminha resposta a respeito da licitação para fins de pavimentação das Ruas Jamaica, Panamá e Nacarágua.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf</t>
   </si>
   <si>
     <t>Ofício nº 133/2025 – Encaminha resposta com a relação de imóveis não edificados pertencentes ao patrimônio público municipal.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf</t>
   </si>
   <si>
     <t>Ofício nº 134/2025 – Encaminha resposta com a relação dos medicamentos disponibilizados à população pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf</t>
   </si>
   <si>
     <t>Ofício nº 014/2025 – A Controladoria Interna encaminha o relatório de controle interno referente a prestação de contas anual.</t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>SELMO FISIOTERAPEUTA, NATO KFFURI, SYBIL DIETRICH, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_decreto_legislativo_-_001-2025_-_licenca_prefeito.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_decreto_legislativo_-_001-2025_-_licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Sr. Prefeito Municipal Emiliano Augusto Rocha Gomes a licenciar-se de seu cargo no período de 25 de dezembro de 2025 a 10 de janeiro de 2026.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial no Orçamento do Município de Irati, para o exercício de 2025</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf</t>
   </si>
   <si>
     <t>Concede revisão sobre os vencimentos dos servidores públicos municipais estatutários, remanescentes do regime CLT, empregados públicos não vinculados à legislação federal, conselheiros tutelares, cargos em comissão, fixa o piso mínimo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO - Altera a Lei n° 4.614/2018, que dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, para promover a reorganização dos Cargos em Comissão; para criar o regime temporário de suplementação de carga horária, e dá outras providências.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de bem público de Irati para o Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 5.168/2024, que dispõe sobre o parcelamento de débitos do Município de Irati relativos ao aporte financeiro anual de 2024 com seu Regime Próprio de Previdência, e dá outras providências</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO - Altera dispositivos da Lei nº 5.167/2024, que dispõe sobre a forma de amortização do déficit técnico atuarial, e dá outras providências</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos em comissão no âmbito da autarquia municipal CAPSIRATI e dá outras providências.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Trânsito de Irati - CMUTRAN, órgão que se reúnem para fiscalizar, deliberar, discutir, analisar, planejar e acompanhar as políticas de trânsito e transporte do município, assim como estreitar laços de entendimento e cooperação entre as várias lideranças locais, cria o Conselho Municipal de Trânsito de Irati – CMUTRAN, através de chamamento público e o Fundo Municipal. e dá outras providências.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO - Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do Município de Irati-PR e dá outras providências.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder a subvenção social à PROVOPAR DE IRATI, no valor de até R$ 315.000,00 (trezentos e quinze mil reais).</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder a subvenção social à ASSOCIAÇÃO DE SANTOS INOCENTES – A.S.I à quantia de R$ 151.200,00 (cento e cinquenta e um mil e duzentos reais).</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 1.913.286,25 (hum milhão, novecentos e treze mil, duzentos e oitenta seis reais e vinte e cinco centavos), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Suplementar, no valor de até R$ 2.945.000,00 (dois milhões, novecentos e quarenta e cinco mil reais), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 7.651.000,00 (sete milhões, seiscentos e cinquenta e um mil reais), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 3º-A à Lei nº 4.291/2021, a qual dispõe sobre a implantação de estacionamento regulamentado - denominado ESTAR, nas vias e _x000D_
 logradouros públicos do Município de Irati e dá outras providências.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Turismo (FUMTUR) no Município de Irati – PR, e dá outras providências.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 3.755/2013, que dispõe sobre a concessão de benefícios eventuais no Município de Irati, Estado do Paraná, de _x000D_
 conformidade com a Lei Federal n9 8.742 de 07 de  dezembro de 1993 e alterações constantes na Lei Federal n9 12.435 de 06 de julho de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder a subvenção social à GUARDA MIRIM DE IRATI, e a abrir crédito adicional suplementar no valor de até R$ 126.000,00 (cento e vinte seis mil reais).</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 462.385,68 (quatrocentos e sessenta e dois mil, trezentos e oitenta e cinco mil reais e sessenta e oito centavos), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 4.614/2018, que dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, promover a criação de cargos públicos de provimento efetivo, e dá outras providências.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limpeza de terrenos baldios, de terrenos sem construção, terrenos com construções e/ou desabitados, e os terrenos que embora habitados permanecem sujos, colocando em risco a integridade física dos munícipes e dá outras providências</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de premiação do 7º Festival de Bandas de Rock de Irati – IRAROCK e dá outras providências.</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa de Compliance e Integridade no âmbito da Administração Pública Direta e Indireta do Poder Executivo do Munícipio de Irati-PR.</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de imóvel urbano com área de 892,50 m2 (oitocentos e noventa e dois metros e cinquenta decímetros quadrados) e dá outras providências.</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Programa De Recuperação Fiscal – REFIS, no município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa municipal de auxílio moradia temporário, sob gestão exclusiva da Secretaria Municipal De Habitação, para pessoas em situação de vulnerabilidade decorrente de sinistros habitacionais no município de Irati/Pr, e dá outras providências.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Prorroga o Plano Municipal de Educação regulamentado pela Lei nº 3.993 de 16 de junho de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela IV, item IV, da Lei Municipal nº 1.796/01 e dá outras providências.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Altera e acresce dispositivos da Lei nº 4.336/2017, que institui o Conselho Municipal de Desenvolvimento Rural Sustentável (CMDRS) e dá outras providências.</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 1.922 de 23 de dezembro de 2002 para ser adequada à Emenda Constitucional nº 132, de 20 de dezembro de 2023, e para revisão da unidade de valor para custeio – UVC e dá outras providências.</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 1.449.339,21 (um milhão, quatrocentos e quarenta e nove mil, trezentos e trinta e nove reais e vinte e um), no Orçamento do Município de Irati, para o exercício de 2025</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder a subvenção social à COMUNIDADE BETHÂNIA - RECANTO IRATI-PR, no valor de até R$ 37.800,00 (trinta e sete mil e oitocentos reais) e dá outras providências.</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 5.211/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), e a abrir crédito adicional suplementar no valor de até R$ 390.178,36 (trezentos e noventa mil, cento e setenta e oito reais e trinta e seis centavos).</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio à APAE (Associação de Pais e Amigos dos Excepcionais de Irati), e a abrir crédito adicional suplementar no valor de até R$ 296.846,47 (duzentos e noventa e seis mil, oitocentos e quarenta e seis reais e quarenta e sete centavos).</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 109.332,58 (cento e nove mil, trezentos e trinta e dois reais e cinquenta e oito centavos), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir imóvel registrado na matrícula nº 11.240, com a área de 1.736,907 m², por desapropriação amigável.</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir imóvel registrado na matrícula nº 9.675, 1º Ofício – Comarca de Irati, com a área de 989,00 m², por desapropriação amigável.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir imóvel registrado na matrícula nº 958, 1º Ofício – Comarca de Irati, com a área de 800,00 m², por desapropriação amigável.</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ceder imóvel público, mediante cessão de uso de forma gratuita para a ASSOCIACAO DOS GRUPOS DE AGRICULTURA ECOLOGICA SAO FRANCISCO DE ASSIS.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir parte ideal de 3.000 m² do imóvel registrado na matrícula nº 25.192 do Serviço de Registro de Imóveis da Comarca de Irati,  por desapropriação amigável ou judicial.</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder a subvenção social à Associação do Núcleo de Apoio aos Portadores de Câncer de Irati – ANAPCI, e a abrir crédito adicional suplementar no valor de até R$ 12.000,00 (doze mil reais).</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 247.576,12 (duzentos e quarenta e sete mil, quinhentos e setenta e seis reais e doze centavos), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio à ASSOCIAÇÃO SANTOS INOCENTES – Cidade da Criança, e a abrir crédito adicional especial no valor de até R$ 7.102,43 (sete mil e cento e dois reais e quarenta e três centavos).</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.614/2018, que dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, para o fim de promover a criação de cargos públicos de provimento efetivo.</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal do Transporte Público (FUMTRAP), com a finalidade de custear o transporte público coletivo gratuito (Tarifa Zero) no Município de Irati/PR, estabelece suas fontes de financiamento, cria o Comitê Gestor e dá outras providências.</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf</t>
   </si>
   <si>
     <t>Altera o art. 7º da Lei nº 2.785, de 19 de agosto de 2008, que institui o Conselho Municipal de Educação do Município de Irati, com redação dada pela Lei nº 4.782/2020, para ampliar a representação no colegiado.</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Segurança Alimentar e Nutricional de Irati–PR para o período de 2025 a 2028, conforme elaborado pelo Conselho Municipal de Segurança Alimentar e Nutricional – COMSEA, e dá outras providências.</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Irati, o Programa de Regularização de Autos de Infração, Multas e Créditos Não Tributários – PRAIMC.</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Financeira, no Município de Irati-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.796/2001, dispondo sobre a criação do programa municipal de estímulo à adimplência denominado “Contribuinte Legal”, com premiação a contribuintes regulares, e dá outras providências.</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa: “PRÁTICAS PEDAGÓGICAS INOVADORAS”, a ser desenvolvido por professores e gestores da rede municipal de ensino, no âmbito do Município de Irati – Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 1.682.146,87 (um milhão, seiscentos e oitenta e dois mil, cento e quarenta e seis reais e oitenta e sete centavos), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf</t>
   </si>
   <si>
     <t>Estende às demais empresas que utilizam os postes, além da concessionária de energia elétrica, a obrigação de regularização da fiação aérea em vias públicas no Município de Irati, altera a Lei Municipal nº 4919/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 6º da Lei Municipal nº 4.906, de 21 de julho de 2021, que institui o Programa “Bolsa Atleta” no Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa “Irati Imagens”, a ser promovido pela Secretaria Municipal de Cultura e Turismo, no âmbito do Município de Irati – Paraná.</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal nº 4.614, de 20 de dezembro de 2018, para incluir, entre as atribuições do cargo de Auditor Fiscal 1, a competência de constituir o crédito tributário e desempenhar demais funções correlatas de fiscalização e controle tributário.</t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO - Altera a Lei Municipal nº 4.657, de 17 de abril de 2019 (Institui a Corregedoria da Guarda Municipal de Irati e dá outras providências), e a Lei Municipal nº 4.762, de 18 de dezembro de 2019 (Cria a ouvidoria da Guarda Municipal de Irati), para adequação às normas federais, Lei nº 13.709, de 14 de agosto de 2018 (LGPD) e Lei nº 13.022, de 8 de agosto de 2014 (Estatuto Geral das Guardas Municipais) e Lei nº 12.846, de 1º de agosto de 2013 (Lei Anticorrupção), e dá outras providências.</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 4.956/2022, reorganizando a estrutura administrativa do Município de Irati, transformando a Secretaria da Mulher, da Criança e do Idoso em Secretaria Municipal de Políticas para as Mulheres e a Secretaria de Assistência Social em Secretaria Municipal de Assistência Social e Direitos Humanos, e dá outras providências.</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio à ILPI – Instituição de Longa Permanência para Idosos Santa Rita, e a abrir crédito adicional especial no valor de até R$ 80.000,00 (oitenta mil reais).</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf</t>
   </si>
   <si>
     <t>Ratifica a redação do Contrato de Consórcio Público e do Estatuto Social do Consórcio Intermunicipal de Saneamento do Paraná (CISPAR) e autoriza o ingresso do Município no referido Consórcio.</t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de IRATI – PR, para o Exercício Financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de IRATI – PR para o período de 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.614/2018, que dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, para o fim de promover a criação de cargo público de provimento efetivo.</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Direitos Humanos- CMDH, a Conferência Municipal dos Direitos Humanos e o Fundo Municipal de Direitos Humanos de Irati-Paraná.</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal do Cuidado no Município de Irati, cria o Sistema Municipal do Cuidado e dá outras providências.</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.513, de 13 de junho de 2018, para incluir a prestação de serviço extraordinário e o regime de sobreaviso aplicáveis aos(às) Conselheiros(as) Tutelares do Município de Irati.</t>
   </si>
   <si>
     <t>5414</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 5.187, de 19 de março de 2025 para incluir a Secretaria Municipal de Educação também como representante do Poder Público no Conselho Municipal de Trânsito de Irati – CMUTRAN.</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf</t>
   </si>
   <si>
     <t>Revoga as Leis Municipais nº 1.191/1993 e nº 1.246/1994 e autoriza o Município de Irati a receber, em doação, o Lote de Terreno nº 01 da Quadra 23 da Planta São Francisco I, de propriedade da Sra. Maria Lúcia Araújo de Matos.</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saneamento Básico e Ambiental (CMSBA), e o Fundo Municipal de Saneamento Básico e Ambiental (FUMSBA), e dá outras providências.</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 3.564.344,02 (três milhões, quinhentos e sessenta e quatro mil, trezentos e quarenta e quatro reais e dois centavos), no Orçamento do Município de Irati, para o exercício de 2025</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social à Irmandade do Hospital de Caridade de Irati - Santa Casa de Irati no valor de até R$ 1.380.000,00 (um milhão e trezentos e oitenta mil reais).</t>
   </si>
   <si>
     <t>5484</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar a abertura de Crédito Adicional Especial, no valor de até R$ 6.000,00 (seis mil reais), no Orçamento do Município de Irati, para o exercício de 2025.</t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Casa da Mulher Paranaense do Município de Irati, que passa a se chamar “Casa da Mulher Paranaense – Avany Caggiano Santos”.</t>
   </si>
   <si>
     <t>5491</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover, em caráter anual, o Concurso Rainha e 1ª e 2ª Princesas da Festa do Pêssego e a conceder premiações às vencedoras.</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover premiações anuais para residências e estabelecimentos comerciais em virtude das festividades de Natal, valorizando criatividade, iluminação e sustentabilidade.</t>
   </si>
   <si>
     <t>5495</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas complementares ao Código de Posturas do Município de Irati e altera dispositivo na Lei Municipal nº 1.432/1997, no tocante à realização de feiras itinerantes e eventos comerciais temporários.</t>
   </si>
   <si>
     <t>5496</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf</t>
   </si>
   <si>
     <t>Altera a alínea “b” do parágrafo único do art. 45 da Lei Municipal nº 3.552, de 04 de julho de 2012 e a alínea “c” do inciso I do art. 14 da Lei Municipal nº 4.430, de 20 de dezembro de 2017, reduzindo o valor do ISSQN fixo anual devido pelos profissionais autônomos que exploram o serviço de transporte municipal de pessoas por meio de táxi.</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o adicional de periculosidade aos integrantes da Guarda Municipal de Irati (GUARDATI) e dá outras providências.</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de Fomento ao Esporte de Alto Rendimento no Município de Irati.</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Irati a doar ao Estado do Paraná o imóvel público municipal ocupado pelo Colégio Estadual Cívico-Militar Duque de Caxias – Ensino Fundamental e Médio, e dá outras providências.</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Irati a doar ao Estado do Paraná os imóveis públicos municipais ocupados pelo Colégio Estadual João de Mattos Pessoa – Ensino Fundamental e Médio, e dá outras providências.</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial, conforme Relatório de Avaliação Atuarial do RPPS Irati 2025.</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de Irati com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Creche do Programa Estadual “Criança Feliz Paraná” a ser construída no Município de Irati, que passa a se chamar “Creche – Clarice dos Santos Goy.</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 4.614/2018, que dispõe sobre a Estrutura do Sistema de Classificação de Cargos, e o Plano de Carreira dos Servidores Públicos Civis do Poder Executivo Municipal de Irati, para o fim de instituir novos cargos de provimento em comissão para a área da Saúde, em complementação ao Disposto na Lei n° 5.198/2025.</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5630/pl091_-_alteracao_do_valor_do_subsidio_da_familia_acolhedora_lei_4.545-2018.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5630/pl091_-_alteracao_do_valor_do_subsidio_da_familia_acolhedora_lei_4.545-2018.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 21 da Lei Municipal nº 4.545, de 22 de agosto de 2018, que institui o Serviço de Acolhimento em Família Acolhedora no Município de Irati-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf</t>
   </si>
   <si>
     <t>Institui a "Campanha Março Roxo", no âmbito do Município de Irati.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e o artigo 1º da Lei Municipal nº 4.783/2020 de 27 de março de 2020, que "Dispõe sobre a proibição do manuseio, utilização, queima e soltura de fogos de estampido e de artifício e artefatos pirotécnicos de alto impacto ou com efeito sonoro ruidoso no Município de Irati – PR”.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR o “Clube de Desbravadores e Aventureiros Sul”.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>HELIO DE MELLO, NATO KFFURI, SELMO FISIOTERAPEUTA, SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial aos servidores da Câmara Municipal de Irati – PR.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR o “Centro Cultural Clube do Comércio”.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR o “Lions Clube de Irati”.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução do Hino Nacional Brasileiro e do Hino de Irati nas escolas da rede pública municipal de ensino, na forma que indica, e dá outras providências</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “E”, no bairro Riozinho, de RUA JOSÉ AUGUSTO ANCIUTTI.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça Pública, localizada no bairro Vila São Pedro, de “PRAÇA PEDRO BETEZEK”.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf</t>
   </si>
   <si>
     <t>Institui o Selo Amigo da Pessoa Idosa no âmbito do Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf</t>
   </si>
   <si>
     <t>Institui o Selo Amigo da Criança e Adolescente no âmbito do Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Mario Augusto Cray da Costa.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor José Carlos Trindade Ferreira.</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Prevenção e Combate ao Abuso e à Exploração Sexual de Crianças e Adolescentes, no âmbito do Município de Irati.</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Maria da Penha nas Escolas” no âmbito do Município de Irati, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “H”, no bairro Riozinho, de RUA MATEUS DA SILVA PEREIRA.</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Revelando Talentos no Esporte” no âmbito do Município de Irati, Estado do Paraná.</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Enfrentamento à     Violência contra a Pessoa Idosa no Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Joas Marcos Carneiro Lins.</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa “Procuradoria Especial da Mulher Mirim” no âmbito da Câmara Municipal de Irati-PR e dá outras providências.</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Marcio Verner Nogueira.</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Irati ao Senhor Luiz Thiago Carli.</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “5” do Loteamento Aurora, no bairro Vila São João, de RUA PEDRO MARINHO DE ASSIS.</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “C” do Loteamento Nazle Mansur, de RUA DOGIO GAURON.</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf</t>
   </si>
   <si>
     <t>Estabelece a implantação de normas para abertura, funcionamento e fiscalização de pessoas físicas ou jurídicas que exercem atividade de Cuidador, bem como dos Centros de Recreação privados, e dá outras providências.</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf</t>
   </si>
   <si>
     <t>Amplia a extensão da RUA FRANCISCO FERREIRA PIRES e da RUA VENEZUELA, localizadas no Loteamento Rebesco, bairro Lagoa.</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf</t>
   </si>
   <si>
     <t>Institui, em âmbito municipal, o Agosto Lilás como mês de proteção à mulher, destinado à conscientização para o fim da violência contra a mulher.</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Enfrentamento à     Violência contra as Mulheres e Meninas no Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Sinal Vermelho no Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “4” do Loteamento Residencial Aurora Park, no bairro Vila São João, de RUA ADÃO JONSON.</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR o “Associação de Agricultores de Arroio Grande”.</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua “Sem Denominação” no bairro Engenheiro Gutierrez, de RUA ANTONIO ARI PEREIRA DA LUZ.</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf</t>
   </si>
   <si>
     <t>Institui o Selo "Empresa Amiga da Mulher Iratiense", no âmbito do Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação Cultural Ítalo-Brasileira Chiaro di Luna”.</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no Município de Irati-PR a “Associação de Basquetebol de Irati – ABASKI”.</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento Vila Universitária, localizado no bairro Engenheiro Gutierrez, como se indica.</t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento São Paulo, localizado no bairro Vila São João, como se indica.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf</t>
   </si>
   <si>
     <t>: Institui o Censo Populacional de Cães e Gatos no Município de Irati, e dá outras providências.</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
     <t>SELMO FISIOTERAPEUTA, PROFESSORA SILVANA, SYBIL DIETRICH, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição, orientação e combate ao uso de cigarros eletrônicos e/ou similares em locais públicos no âmbito do município de Irati/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>5499</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf</t>
   </si>
   <si>
     <t>Institui o Selo “Empresa Amiga dos Animais” no âmbito do Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Sem Denominação do bairro Engenheiro Gutierrez, de RUA SILVIO MASSUQUETO.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária sobre as diárias pagas a vereadores e servidores do Poder Legislativo de Municipal Iratiense.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf</t>
   </si>
   <si>
     <t>Regulamenta a política de proteção de dados pessoais no âmbito da Câmara Municipal de Irati - PR, bem como institui regras específicas complementares às normas gerais estabelecidas pela Lei Federal nº 13.709, de 14 de agosto de 2018 – Lei de Proteção de Dados Pessoais (LGPD), e dá outras providências.</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria Comunitária da Mulher no âmbito da Câmara Municipal de Irati-PR e dá outras providências.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Propostas de Emendas</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CEZAR BATATINHA, DR. JOÃO HENRIQUE, MARCELO DUDA, NEGO JACUMASSO, PROFESSORA SILVANA, SELMO FISIOTERAPEUTA, SYBIL DIETRICH, TERE</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf</t>
   </si>
   <si>
     <t>“Acrescenta o art. 123-A e altera o inciso XV, do artigo 68 da lei Orgânica do Município de Irati – Paraná.”</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>HELIO DE MELLO, CEZAR BATATINHA, DR. JOÃO HENRIQUE, MARCELO DUDA, NATO KFFURI, NEGO JACUMASSO, PROFESSORA SILVANA, SELMO FISIOTERAPEUTA, SYBIL DIETRICH, TERE</t>
   </si>
   <si>
     <t>Apresentaram Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Quais providências foram tomadas em relação à situação do transporte coletivo, que está interrompido devido à greve dos funcionários da empresa Transiratiense, desde o dia 27 de janeiro de 2025? - Havendo possibilidade de determinação judicial para retorno imediato de porcentagem da frota, por qual motivo não foi ajuizada, até então, nenhuma ação neste sentido? - Qual razão para, até o momento, não ter sido realizada contratação de transporte emergencial, visando restabelecer, ainda que minimamente, o serviço?</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>NEGO JACUMASSO, DR. JOÃO HENRIQUE, HELIO DE MELLO, MARCELO DUDA</t>
   </si>
@@ -8806,105 +8806,105 @@
   <si>
     <t>Requerimento nº 098/2025 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual a previsão para atendimento da Indicação nº 554/2025, pela qual é solicitada "a implantação de um redutor de velocidade na Rua Polônia, bairro Ouro Verde, entre os números nº 200 e 300, tendo em vista que esta via possui um grande fluxo de veículos, e, embora, seja bem sinalizada, com placas de 40km/h, muitos veículos transitam em alta velocidade, tornando o referido trecho bastante perigoso para os moradores"?</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
     <t>Requerimento nº 099/2025 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Existe prazo ou previsão para pavimentação das Ruas Virginio Trevisan (aproximadamente 42 metros), João Grechinski (aproximadamente 39 metros) e José Chamy (aproximadamente 46 metros), todas localizadas no bairro Rio Bonito?</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
     <t>Requerimento nº 100/2025 (Pedido de Informações) - Apresentou Requerimento solicitando que seja enviado ofício ao Executivo Municipal, requerendo que sejam prestadas as seguintes informações, as quais devem ser encaminhadas a esta Casa de Leis no prazo legal disposto na Lei Orgânica: - Qual o prazo previsto para a realização da manutenção da quadra de esportes localizada no bairro Jardim Virgínia, considerando que o espaço necessita de manutenção geral, inclusive substituição de telhas de eternit na cobertura, visando garantir segurança, adequadas condições de uso e preservação do patrimônio público?</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>MOCA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no artigo 164 de seu Regimento Interno, vem, pelo presente expediente, registrar Moção de Apoio à Educação Especial no Estado do Paraná, especialmente às APAES – Associações de Pais e Amigos dos Excepcionais, manifestando sua contrariedade à Ação Direta de Inconstitucionalidade (ADI) nº 7796, que questiona a constitucionalidade das Leis Estaduais nº 17.656/2013 e nº 18.419/2015.</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Irati, com fundamento no artigo 164 de seu Regimento Interno, vem, pelo presente expediente, registrar Moção de Apoio aos Fumicultores de Irati e Região.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Veta parcialmente o PL n9 024, o qual "Autoriza aquisição de imóvel urbano com área de 892,50 m2 (oitocentos e noventa e dois metros e cinquenta decímetros quadrados) e dá outras providências", por motivo de interesse social.</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>PEE</t>
   </si>
   <si>
     <t>Projeto de Emenda do Executivo à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso no § 3º do artigo 50, do Capítulo I, da Sessão VII e acrescenta inciso no artigo 51, do Capítulo I, da Sessão VIII, ambos da Lei Orgânica do Município de Irati - Paraná, a fim de diferenciar as espécies normativas, especialmente para inclusão de Lei Complementar, nos termos do artigo 59, parágrafo único, da Constituição Federal.</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf</t>
+    <t>http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf</t>
   </si>
   <si>
     <t>Institui, em lei complementar, a Reforma da Previdência no Regime Próprio de Previdência Social dos Servidores do Município de Irati e consolida a _x000D_
 legislação previdenciária municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -9212,67 +9212,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_decreto_legislativo_-_001-2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5630/pl091_-_alteracao_do_valor_do_subsidio_da_familia_acolhedora_lei_4.545-2018.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/mocao_de_aplausos_-_thais_crovador_desenhista.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/mocao_de_aplausos_002_-_professora_idana_cristina_menon.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/mocao_de_aplausos_003_-_clube_de_tiro.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao_de_aplausos_004_-_ilpi_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5267/mocao_de_aplausos_005_-_ifpr.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5268/mocao_de_aplausos_006_-_pipoquinha.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5269/mocao_de_aplausos_007_-_grupo_muzenza.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_de_aplausos_008_-_prof._de_karate_maria_gabriela_lima_fritola.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5466/mocao_de_aplausos_010_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5467/mocao_de_aplausos_011_-_grupo_de_serestas.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5482/mocao_de_aplausos_012_-_piloto_emily_vitoria_martins_pinto.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5483/mocao_de_aplausos_013_-_atleta_tiro_esportivo_vanessa_castro.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5488/mocao_de_aplausos_014_-_antigos_irati.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5489/mocao_de_aplausos_015_-_maestro_wellington_costa.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5490/mocao_de_aplausos_016_-_coral_gaudeamus_in_domino.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5498/mocao_de_aplausos_017_-_atleta_andre_stroparo_dyniewicz.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/email_-_denuncia_jeff__irregularidades_graves_no_uso_de_veiculos_publicos_em_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/087_-_resposta_oficio_no_031-2025_-_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/088_-_resposta_oficio_no_030-2025_-_pavimentacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/089_-_resposta_oficio_no_025-2025_-_imoveis.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/090_-_resposta_oficio_no_026-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/081_-_relatorio_controle_interno_ref_2024.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_decreto_legislativo_-_001-2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/pl001_-_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_do_municipio_de_irati_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_002_-_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/pl003_substitutivo_-_dispoe_sobre_a_estrutura_do_sistema_de_classificacao_de_cargos2.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/pl004-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/pl005_-_altera_dispositivos_da_lei_no_5.168-2024.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/pl_006_-_texto_substitutivo_-_integra.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/pl007_-_criacao_de_cargos_em_comissao_capsirati.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/pl008-_dispoe_sobre_o_conselho_municipal_de_transito_de_irati_-_cmutran.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/pl009-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_compdec_texto_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/pl010-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_provopar_de_irati_no_valor_de_ate_r_315.00000_trezentos_e_quinze_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/pl011-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_associacao_de_santos_inocentes__a.s.i_a_quantia_de_r_151.20000.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/pl012-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.913.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/pl013-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_suplementar_no_valor_de_ate_r_2.945.00000_dois_milhoes_novecentos_e_quarenta_e_cinco_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/pl014_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_7.651.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/pl015_-_implantacao_de_estacionamento_estar.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/pl016_-__fundo_municipal_de_turismo_fumtur.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/pl017_-_altera_dispositivos_da_lei_no_3.755-2013.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/pl018-_autoriza_o_poder_executivo_municipal_a_conceder_a_subvencao_social_a_guarda_mirim_de_irati_final.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/pl019-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_462.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/pl_020-_criacao_de_cargos_efetivos.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/pl021-_final_dispoe_sobre_a_limpeza_de_terrenos_baldios_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/pl022-_dispoe_sobre_a_premiacao_do_7o_festival_de_bandas_de_rock_de_irati__irarock_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/pl023-dispoe_sobre_a_instituicao_do_programa_de_compliance_e_integridade_no_ambito_da_administracao_publica_direta_e_indireta_do_poder_executivo_do_municipio_de_irati-pr.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/pl024-autoriza_aquisicao_de_imovel_urbano_com_area_de_89250_m2_oitocentos_e_noventa_e_dois_metros_e_cinquenta_decimetros_quadrados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/pl025-institui_o_programa_de_recuperacao_fiscal__refis_no_municipio_de_irati_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/pl026-_dispoe_sobre_a_criacao_do_programa_municipal_de_auxilio_moradia_temporario.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/pl027-prorroga_o_plano_municipal_de_educacao_regulamentado_pela_lei_no_3.993_de_16_de_junho_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/pl028-altera_a_tabela_iv_item_iv_da_lei_municipal_no_1.796-01_e_da_outras_providencias_final.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/pl029-altera_e_acresce_dispositivos_da_lei_no_4.336-2017_que_institui_o_conselho_municipal_de_desenvolvimento_rural_sustentavel_cmdrs_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/pl_030_-_dispoe_sobre_a_alteracao_da_lei_municipal_no_1.922_de_2002.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/pl032_-_autoriza_o_poder_executivo_municipal_efetuar_a_abertura_de_credito_adicional_especial_no_valor_de_ate_r_1.449.33921.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5130/projeto_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5160/pl035_-_conceder_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5161/pl036_-_conceder_auxilio_a_apae.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5162/pl037_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5163/pl038_-_aquisicao_11240_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5164/pl039_-_aquisicao_9675_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5165/pl040_-_aquisicao_958_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5166/pl041_-_cessao_de_uso_de_forma_gratuita_para_a_associacao_dos_grupos_de_agricultura_ecologica_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5190/pl042_-_aquisicao_pam.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5191/pl043_-_subvencao_anapci.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5192/pl044_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5234/pl_045-2025_-_cidade_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5235/pl_046_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo_.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5236/pl_047_-_fundo_municipal_do_transporte_publico_fumtrap_.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5237/pl_048_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5264/pl049_-_altera_o_art._7o_da_lei_no_2.785_conselho_m._educacao.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5265/pl050_-_plano_municipal_de_seguranca_alimentar_e_nutricional_de_iratipr.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5271/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5272/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5273/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5274/projeto_de_lei_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5275/projeto_de_lei_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5318/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5319/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5320/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5323/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5415/pl060_-_substitutivo_-_adequacao_lgpd_guardas_e_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5326/pl062_-_auxilio_ilpi_santa_rita_r80.00000.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5327/pl063_-_ingresso_municipio_consorcio_cispar.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5372/pl064_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5373/pl065_-_plano_plurianual_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5374/pl066_-_altera_a_lei_4614_-_criacao_de_cargo_publico_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5376/pl067_-_conselho_conferencia_e_fundo_de_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5412/pl068_-_politica_e_sistema_municipal_do_cuidado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5413/pl069_-_servico_extra_e_sobreaviso_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5414/pl070_-_inclusao_secretaria_educacao_no_cmutran.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5440/pl071_-_regulariza_a_titularidade_do_imovel_onde_se_encontra_a_ubs_ademar_vieira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5441/pl072_-_criacao_conselho_e_fundo_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5442/pl073_-_credito_adicional_especial_r3.564.34402.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5464/pl074_-_subvencao_social_santa_casa_de_irati_r1.380.00000.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5484/projeto_de_lei_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5485/pl076_-_denominacao_casa_da_mulher_paranaense_avany_caggiano_santos.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5491/pl077_-_ratifica_protocolo_de_intencoes_consorcio_parana_saude_cips.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5492/pl078_-_concurso_rainha_e_princesas_festa_do_pessego.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5493/pl079_-_criacao_de_cargo_efetivo_de_cirurgiao_dentista_alteracao_lei_4.614-2018.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5494/pl080_-_premiacoes_natalinas_residencias_e_estabelecimentos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5495/pl081_-_normas_complementares_ao_codigo_de_posturas_feiras_itinerantes_e_eventos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5496/pl082_-_altera_leis_no_3.552-2012_e_no_4.430-2017_reducao_do_issqn_para_taxistas.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5497/pl083_-_adicional_de_periculosidade_aos_integrantes_da_guarda_municipal_guardati.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5500/pl084_-_cria_programa_municipal_de_fomento_ao_esporte_de_alto_rendimento.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5573/pl085__doacao_de_imovel_ao_estado_colegio_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5574/pl086__doacao_de_imoveis_ao_estado_colegio_joao_de_mattos_pessoa--.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5575/pl087__amortizacao_do_deficit_tecnico_atuarial_rpps_2025.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5576/pl088__parcelamento_e_reparcelamento_de_debitos_com_o_rpps_ec_1362025.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5589/pl089__denominacao_da_creche_crianca_feliz_parana_clarice_dos_santos_goy.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5607/pl_090_-_altera_a_lei_4614_-_criacao_dos_cargos_no_quadro_efetivo..pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5630/pl091_-_alteracao_do_valor_do_subsidio_da_familia_acolhedora_lei_4.545-2018.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/pll_001_-_marco_roxo.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/pll_002_-_altera_lei_comercializacao_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/pll_003_-_up_desbravadores.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/pll_004_-_reposicao_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/pll_005_-_up_centro_cultural_clube_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/pll_006_-_up_lions_clube_de_irati.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/pll_007_-_execucao_hinos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/pll_008_-_denomina_rua_jose_augusto_anciutti.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/pll_009_-_denomina_praca_publica_pedro_betezek.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/pll_010_-_institui_selo_amigo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/pll_011_-_institui_selo_amigo_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/pll_012_-_cidadao_honorario_mario_augusto_cray_da_costa.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/pll_013_-_cidadao_honorario_jose_carlos_trindade_ferreira.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4993/pll_014_-_semana_municipal_de_prevencao_e_combate_ao_abuso_e_a_exploracao_sexual_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/pll_015_-_institui_o_programa_maria_da_penha_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5133/pll_016_-_denomina_rua_mateus_da_silva_pereira.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5132/pll_017_-_programa_revelando_talentos_no_esporte.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5134/pll_018_-_politica_municipal_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5167/pll_019_-_cidadao_honorario_joas_marcos_carneiro_lins.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5193/pll_020_-_procuradoria_da_mulher_mirim.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5194/pll_021_-_cidadao_honorario_marcio_verner_nogueira.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5195/pll_022_-_cidadao_honorario_luiz_thiago_carli.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5196/pll_023_-_denomina_rua_pedro_marinho_de_assis.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5238/pll_024_-_denomina_rua_dogio_gauron.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5276/pll_025_-_normas_cuidadores_e_centros_de_recreacao_privados.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5277/pll_026_-_extensao_ruas_francisco_ferreira_pires_e_venezuela.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5278/pll_027_-_institui_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5279/pll_028_-_politica_municipal_de_enfrentamento_a_violencia_contra_as_mulheres_e_meninas.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5280/pll_029_-_institui_o_programa_sinal_vermelho.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5321/pll_030_-_denomina_rua_adao_jonson.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5322/pll_031_-_up_associacao_de_agricultores_do_arroio_grande.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5328/pll_032_-_denomina_rua_antonio_ari_pereira_da_luz.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5329/pll_033_-_institui_o_selo_empresa_amiga_da_mulher_iratiense.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5378/pll_034_-_up_associacao_cultural_chiaro_de_luna.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_035_-_up_associacao_de_basquetebol_de_irati_-_abaski.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5443/pll_036_-_denomina_ruas_do_loteamento_vila_universitaria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5465/pll_037_-_denomina_ruas_do_loteamento_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5486/pll_038_-_institui_o_censo_populacional_de_caes_e_gatos_no_municipio_de_irati.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5487/pll_039_-_proibicao_orientacao_e_combate_ao_uso_de_cigarros_eletronicos_e_ou_similares_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5499/pll_040_-_institui_selo_empresa_amiga_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5590/pll_041_-_denomina_rua_silvio_massuqueto.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/pr_001_-_atualizacao_diarias.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/pr_002_-_lgpd_camara.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/pr_003_-_procuradoria_comunitaria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/proposta_de_emenda_lom_001-2025_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5159/mocao_de_apoio_001_-_apaes.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao_de_apoio_002_-_fumicultores.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5158/veto_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5270/projeto_de_emenda_a_lei_organica_municipal_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.irati.pr.leg.br/media/sapl/public/materialegislativa/2025/5377/plc_001-2025_-_institui_em_lei_complementar_a_reforma_da_previdencia_no_regime_proprio_de_previdencia_social_dos_servidores_do_municipio_de_irati_e_consolida_a_legislacao_previdenciaria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H983"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="158.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="249.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="248.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>