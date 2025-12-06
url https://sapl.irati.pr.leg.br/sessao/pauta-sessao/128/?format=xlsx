--- v0 (2025-10-08)
+++ v1 (2025-12-06)
@@ -141,51 +141,51 @@
   <si>
     <t>Denomina a Praça Pública, localizada no bairro Vila São Pedro, de “PRAÇA PEDRO BETEZEK”.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 10 de 2025</t>
   </si>
   <si>
     <t>SYBIL DIETRICH</t>
   </si>
   <si>
     <t>Institui o Selo Amigo da Pessoa Idosa no âmbito do Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 11 de 2025</t>
   </si>
   <si>
     <t>Institui o Selo Amigo da Criança e Adolescente no âmbito do Município de Irati, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>Moção de Aplausos nº 1 de 2025</t>
   </si>
   <si>
     <t>CEZAR BATATINHA,DR. JOÃO HENRIQUE,HELIO DE MELLO,SYBIL DIETRICH</t>
   </si>
   <si>
-    <t>A Câmara Municipal de Irati, com fundamento no art. 124 de seu Regimento Interno, registra e concede, pelo presente, MOÇÃO DE APLAUSOS à Desenhista THAÍS MARIA CROVADOR.</t>
+    <t>A Câmara Municipal de Irati, com fundamento no art. 124 de seu Regimento Interno, registra e concede, MOÇÃO DE APLAUSOS à Desenhista THAÍS MARIA CROVADOR.</t>
   </si>
   <si>
     <t>Indicação nº 174 de 2025</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo que sejam envidados esforços para a criação de escolinhas de futebol nas comunidades de Guamirim e Gonçalves Junior, considerando que ambas localidades já possuem estrutura adequada, com campo de futebol disponível, o que facilita a implementação do projeto. Além disso, a região apresenta uma demanda significativa, com um número considerável de crianças e adolescentes que poderão ser beneficiados com a prática esportiva, que além de oportunizar o desenvolvimento físico, trabalha na promoção da inclusão social e da cidadania.</t>
   </si>
   <si>
     <t>Indicação nº 175 de 2025</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a substituição da iluminação da quadra do Distrito do Itapará por lâmpadas de LED, tendo em vista que se trata de um importante espaço para lazer, prática esportiva e convivência dos moradores e o sistema atual apresenta vários refletores queimados e deficiência na iluminação, comprometendo o uso adequado do espaço pela comunidade.</t>
   </si>
   <si>
     <t>Indicação nº 176 de 2025</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização, com urgência, de melhorias com patrolamento, cascalhamento e alargamento, nas estradas da Linha E de Gonçalves Junior e do Itapará. Os moradores dessas localidades têm relatado dificuldades diárias para se deslocar, especialmente em períodos chuvosos, devido às más condições das estradas, que comprometem a segurança e a trafegabilidade, além de prejudicar e tornar arriscado o transporte escolar. O pedido é uma solicitação das famílias Corelo, Dvoranen, Novakoski e Ginko.</t>
   </si>
   <si>
     <t>Indicação nº 177 de 2025</t>
   </si>
   <si>
     <t>Apresentou Indicação solicitando que seja enviado ofício ao Executivo Municipal, sugerindo a realização de melhorias nas estradas da comunidade de Mato Queimado, onde a falta de manutenção adequada tem causado transtornos aos moradores, produtores rurais e transportadores, impactando diretamente no escoamento da produção agrícola e no acesso a serviços essenciais, como saúde e educação.</t>
   </si>